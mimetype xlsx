--- v1 (2025-11-06)
+++ v2 (2025-12-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Books" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2325">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2344">
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Series</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Author(s)</t>
   </si>
   <si>
     <t>Editor(s)</t>
   </si>
   <si>
     <t>Date of publication</t>
   </si>
   <si>
     <t>Product code</t>
   </si>
   <si>
@@ -68,1109 +68,1172 @@
   <si>
     <t>Media type</t>
   </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Topic</t>
   </si>
   <si>
     <t>Subtitle</t>
   </si>
   <si>
     <t>Short description</t>
   </si>
   <si>
     <t>Extended description</t>
   </si>
   <si>
+    <t>EU Tax Law – Direct Taxation 2025</t>
+  </si>
+  <si>
+    <t>https://www.ibfd.org/shop/book/eu-tax-law-direct-taxation-2025</t>
+  </si>
+  <si>
+    <t>Marjaana Helminen</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
+    <t>06PETL_2025</t>
+  </si>
+  <si>
+    <t>€ 130,00</t>
+  </si>
+  <si>
+    <t>$ 145,00</t>
+  </si>
+  <si>
+    <t>PDF</t>
+  </si>
+  <si>
+    <t>This book investigates in detail the EU law norms that are relevant from the perspective of direct taxes.Why This Book?EU tax law substantially impacts the domestic tax laws of the EU Member States and the way in which those laws should be interpreted and applied. The effect of EU tax law on national legislation is becoming increasingly complex. Today, anyone working with or interested in tax law or tax planning is confronted with EU tax law issues.The 2025 edition of EU Tax Law – Direct Taxation provides a clear picture of the EU law norms that are relevant from the perspective of direct taxes. It explains how these norms are, and should be, interpreted and how they affect national tax laws and the tax treatment in EU Member States. The book describes the legal remedies available against tax treatment that is in conflict with EU law.The study begins with a comprehensive overview of the basic principles and concepts of EU tax law and relevant articles of the Treaty on the Functioning of the European Union, analysing them in the light of direct tax case law. A discussion follows covering relevant EU directives and recommendations and other soft law material on direct taxes. Reference is made to all relevant judgments of the EU Court on direct taxes. The book includes a chapter on the tax treatment of the different EU entity forms and the future of corporate taxation. A separate chapter is dedicated to the EU law issues related to transfer pricing and to the EU law norms on administrative cooperation in tax matters. An extensive bibliography is included that directs the reader to further material on the topic.The book is a handy reference tool for tax practitioners, judiciaries, tax administrations and university students alike. Its structure allows quick and easy access to essential information and facilitates a better understanding of the direct tax issues of EU tax law.</t>
+  </si>
+  <si>
+    <t>06EETL_2025</t>
+  </si>
+  <si>
+    <t>€ 160,00</t>
+  </si>
+  <si>
+    <t>$ 175,00</t>
+  </si>
+  <si>
+    <t>Online</t>
+  </si>
+  <si>
+    <t>The Directive on Global Minimum Taxation in Light of the Fundamental Freedoms</t>
+  </si>
+  <si>
+    <t>https://www.ibfd.org/shop/book/directive-global-minimum-taxation-light-fundamental-freedoms</t>
+  </si>
+  <si>
+    <t>IBFD Doctoral Series</t>
+  </si>
+  <si>
+    <t>Federico Bertocchi</t>
+  </si>
+  <si>
+    <t>030DGM</t>
+  </si>
+  <si>
+    <t>€ 125,00</t>
+  </si>
+  <si>
+    <t>$ 138,00</t>
+  </si>
+  <si>
+    <t>Print</t>
+  </si>
+  <si>
+    <t>Corporate Taxation</t>
+  </si>
+  <si>
+    <t>The book analyses the compatibility of the EU Directive on a global minimum tax with the fundamental freedoms, focusing on intra-EU and third-country situations.Why This Book?This book analyses the EU Directive 2022/2523 on a global minimum tax in light of the fundamental freedoms. Following the introductory chapter, the monograph examines the Income Inclusion Rule (IIR), the Undertaxed Profits Rule (UTPR), and the Qualified Domestic Top-Up Tax (QDTT), as outlined in the Directive.Chapter 3 then explores the role of the internal market and the fundamental freedoms, with particular focus on the freedom of establishment and the free movement of capital, as these are the provisions most relevant to the investigation.The core analysis is conducted in Chapter 4. The investigation focuses solely on situations within the in-scope groups, thus excluding those involving third parties. Then, the separate entity approach is employed, as this perspective appears to be adopted by the Directive as well.Against this background, the book examines the relevant taxing rules in light of the aforementioned fundamental freedoms, considering both intra-EU and, where possible, third-country situations. Moreover, the study assesses whether the taxes in question are consistent with the taxpayers' right to property, as guaranteed by article 17 of the Charter of Fundamental Rights. Reflections are also offered from the perspective of the national implementing rules, assuming these are almost identical to the provisions of the Directive.Once potential breaches of primary law have been identified and thoroughly analysed, also considering the case law of the European Court of Justice, the final chapter assesses whether a solution capable of preventing the identified conflicts may already exist within the Directive.Despite a prima facie positive conclusion, several violations appear to persist. Therefore, the analysis concludes by examining the potential legal instruments available to taxpayers to safeguard their rights. Accordingly, the book explores the annulment procedure (primarily from a theoretical perspective) as well as the preliminary reference to the European Court of Justice, to assess whether these procedures can offer any protection against the remaining violations of EU primary law brought about by the taxing rules in question.</t>
+  </si>
+  <si>
+    <t>06DDGM</t>
+  </si>
+  <si>
+    <t>€ 100,00</t>
+  </si>
+  <si>
+    <t>$ 110,00</t>
+  </si>
+  <si>
+    <t>ePub</t>
+  </si>
+  <si>
+    <t>06EDGM</t>
+  </si>
+  <si>
+    <t>06PDGM</t>
+  </si>
+  <si>
+    <t>030ETL_2025</t>
+  </si>
+  <si>
+    <t>06DETL_2025</t>
+  </si>
+  <si>
     <t>The Involvement of Intermediaries in the Collection of European VAT</t>
   </si>
   <si>
     <t>https://www.ibfd.org/shop/book/involvement-intermediaries-collection-european-vat</t>
   </si>
   <si>
     <t>WU - Tax Law and Policy Series</t>
   </si>
   <si>
     <t>Nevia Kallay ČiČin-Šain</t>
   </si>
   <si>
     <t>October 2025</t>
   </si>
   <si>
+    <t>06DIICE</t>
+  </si>
+  <si>
+    <t>€ 120,00</t>
+  </si>
+  <si>
+    <t>$ 132,00</t>
+  </si>
+  <si>
+    <t>This book analyses the Intermediary Collection Model (ICM) in the EU VAT system by exploring the existing EU VAT system and the higher-ranking primary EU law framework.Why This Book?Value added tax in the European Union, a broad-based tax on final consumption, is an indirect tax. While it is intended to tax final consumption of goods and services, VAT is collected from vendors rather than directly from consumers. Yet recently, within the EU VAT system, a deviation from the traditional vendor collection model to an intermediary collection model (ICM) has been witnessed. Further academic research is needed on the principles and justifications underlying the imposition of these rather burdensome VAT related obligations on intermediaries who remain, in essence, external to the contractual relationship between the vendor and the consumer.Therefore, this book provides an in-depth study of the involvement of various intermediaries in the EU VAT collection process. The main aim of the book is to explore the underlying principles behind third party involvement in this alternative VAT collection model, as well as its scope and limits based on the identified principles and higher-ranking norms. The book investigates the parameters that the EU legislature must consider when designing the ICM in order to achieve policy goals and remain compliant with the legal framework governing any VAT collection model within the EU.</t>
+  </si>
+  <si>
+    <t>Transfer Pricing of Intangibles</t>
+  </si>
+  <si>
+    <t>https://www.ibfd.org/shop/book/transfer-pricing-intangibles</t>
+  </si>
+  <si>
+    <t>Federico Lo Bianco</t>
+  </si>
+  <si>
+    <t>06PTPIN</t>
+  </si>
+  <si>
+    <t>€ 104,00</t>
+  </si>
+  <si>
+    <t>$ 114,00</t>
+  </si>
+  <si>
+    <t>The book analyses the nature, aim, applicability, shortcomings and possible improvement of the OECD DEMPE model for the transfer pricing of intangible assets.Why This Book?Transfer prices are the prices applied to controlled transactions involving the exchange of goods or the provision of services between related parties of the same multinational group but located in different tax jurisdictions.In recent years, transfer prices have caused controversy not only at a doctrinal level but also at a court level, given the many disputes over their determination.The technical difficulties of this discipline, typically highly independent of the good or service being transferred, increase when the related parties transfer intangible assets. The increase of complexity derives from the dematerialized nature of such assets, as they are easily transferable from one tax jurisdiction to another through sales or license contracts.The OECD dedicates an entire chapter of the Transfer Pricing Guidelines for Multinational Enterprises and Tax Administrations to the controlled transactions of intangible assets.In chapter VI of the guidelines, the OECD develops a specific approach to be used for intangibles: the DEMPE model. The acronym stands for development, enhancement, maintenance, protection and exploitation, referring to the to five categories of functions, assets and risks connected to the entire life cycle of intangible assets, typically considered to have high added value for transfer pricing purposes.The present work clarifies the crucial aspects of the DEMPE model, such as the regulatory framework that preceded DEMPE and that led to its introduction, its nature and possible uses, and the possibility of applying the concept retroactively.Having analysed these aspects, the author develops an analytical analysis of the main limitations of the model, namely the definition of its scope of application, the lack of categories of potentially important functions, assets and risks, the presence of divergent applications of the model among the various OECD member countries, and the application of the model to organizations characterized by a high level of fragmentation.In the final section, the author presents some proposals aimed at improving the current regulatory framework applicable to controlled transactions of intangible assets.</t>
+  </si>
+  <si>
+    <t>The General Anti-Abuse Rule of Article 6 of the EU Anti-Tax Avoidance Directive</t>
+  </si>
+  <si>
+    <t>https://www.ibfd.org/shop/book/general-anti-abuse-rule-article-6-eu-anti-tax-avoidance-directive</t>
+  </si>
+  <si>
+    <t>Max Velthoven</t>
+  </si>
+  <si>
+    <t>06EGARA</t>
+  </si>
+  <si>
+    <t>$ 143,00</t>
+  </si>
+  <si>
+    <t>This book examines the historical, legal and philosophical dimensions of the general anti-abuse rule of article 6 of the EU Anti-Tax Avoidance Directive.Why This Book?This book is a thorough study of an important new phenomenon in EU tax law: the general anti-abuse rule of article 6 of the EU Anti-Tax Avoidance Directive (ATAD GAAR). The book provides a historical account of the evolution of the directive, situating its emergence in the context of the financial crisis and subsequent tax reform initiatives. It explores how the ATAD GAAR was developed as part of these initiatives.The ATAD GAAR aims to address tax avoidance practices that, while legally compliant based on the wording of corporate tax law, ultimately undermine the object and purpose of the law. Member States are required to incorporate the ATAD GAAR into their national tax systems. This book evaluates these requirements and explores the wider impacts on Member States’ tax systems.Thie book spans issues associated with the ATAD GAAR, such as legal interpretation, national sovereignty and practicalities around enforcement. It discusses how the ATAD GAAR is the codification and expansion of existing anti-abuse concepts in EU law and considers future developments in this area. Specific attention is paid to the Dutch implementation of the provision. All of this makes this comprehensive work a valuable resource for scholars, legal practitioners and policymakers.A key novelty of this study is its approach to legal research, which builds on the philosophies of Karl Popper and the physicist David Deutsch, often referred to as “critical rationalism”. This school of thought strongly upholds Socrates’ motto of “I know that I know nothing” and seeks to apply it to all of modern science. The innovative approach of this book is most clearly employed in its later parts but can be felt throughout. A pleasant result of the book’s no-nonsense philosophy is that many readers find it a surprisingly accessible read on a topic which may seem rather tax-technical at first glance.</t>
+  </si>
+  <si>
     <t>06PIICE</t>
   </si>
   <si>
-    <t>€ 120,00</t>
-[...20 lines deleted...]
-    <t>Federico Lo Bianco</t>
+    <t>06ETPIN</t>
+  </si>
+  <si>
+    <t>The Non-Discrimination Provision in the OECD Model</t>
+  </si>
+  <si>
+    <t>https://www.ibfd.org/shop/book/non-discrimination-provision-oecd-model</t>
+  </si>
+  <si>
+    <t>EC and International Tax Law Series</t>
+  </si>
+  <si>
+    <t>Guglielmo Maisto</t>
+  </si>
+  <si>
+    <t>030NDP</t>
+  </si>
+  <si>
+    <t>€ 200,00</t>
+  </si>
+  <si>
+    <t>$ 220,00</t>
+  </si>
+  <si>
+    <t>The Non-Discrimination Provision in the OECD Model is a detailed and comprehensive study on the non-discrimination principle in international tax law, with a specific focus on article 24 of the OECD Model.Why This Book?The Non-Discrimination Provision in the OECD Model, comprising the proceedings and working documents of the annual seminar held in Milan in November 2024, is a detailed and comprehensive study on the non-discrimination principle in international tax law, with a specific focus on article 24 of the OECD Model.First, the book examines the history of article 24 of the OECD Model and its policy rationale.Then, the book analyses article 24(1) of the OECD Model, addressing questions surrounding the application of the nationality non-discrimination clause in light of recent developments in treaty practice, case law and doctrinal analysis, and also taking into consideration the practical relevance of a combined application of non-discrimination rules for instances of complex discrimination.The book also considers the relationship between tax treaty non-discrimination and other non-discrimination provisions included in, for instance investment treaties and other non-tax agreements, as well as the interplay between tax treaty non-discrimination and EU Law.Next, the book moves to analyse the other non-discrimination cases covered by article 24 of the OECD Model, addressing the application of the non-discrimination clause with respect to non-profit and public entities, the permanent establishment non-discrimination provision under article 24(3) of the OECD Model, the deduction non-discrimination provision under article 24(4) of the OECD Model and the ownership non-discrimination provision under article 24(5) of the OECD Model.The book also addresses the non-discrimination provision in the UN Model and the tax sparing effect that may be triggered in this context.Finally, the book examines the non-discrimination provision in the context of the Global Minimum Tax under the OECD Pillar Two, addressing the question whether the UTPR violates the ownership non-discrimination provision under article 24(5) of the OECD Model.Individual country reports complete the book, providing an in-depth analysis of the specific domestic tax regimes and tax treaty practice of several EU and non-EU Member States, namely Australia, Austria, Belgium, Brazil, Canada, Denmark, Finland, France, Germany, India, Italy, the Netherlands, New Zealand, Norway, Spain, South Africa, Sweden, Switzerland, the United Kingdom and the United States.This book provides a unique and detailed analysis of some of the most important issues concerning the non-discrimination principle, with a special focus on article 24 of the OECD Model. As such, it is an essential reference for international tax students, practitioners, and academics.</t>
+  </si>
+  <si>
+    <t>06EIICE</t>
+  </si>
+  <si>
+    <t>€ 150,00</t>
+  </si>
+  <si>
+    <t>$ 165,00</t>
+  </si>
+  <si>
+    <t>06DNDP</t>
+  </si>
+  <si>
+    <t>$ 176,00</t>
+  </si>
+  <si>
+    <t>06PNDP</t>
+  </si>
+  <si>
+    <t>030GARA</t>
+  </si>
+  <si>
+    <t>06ENDP</t>
+  </si>
+  <si>
+    <t>030TPIN</t>
+  </si>
+  <si>
+    <t>06DGARA</t>
+  </si>
+  <si>
+    <t>030IICE</t>
   </si>
   <si>
     <t>06DTPIN</t>
   </si>
   <si>
-    <t>€ 104,00</t>
-[...19 lines deleted...]
-  <si>
     <t>06PGARA</t>
   </si>
   <si>
-    <t>This book examines the historical, legal and philosophical dimensions of the general anti-abuse rule of article 6 of the EU Anti-Tax Avoidance Directive.Why This Book?This book is a thorough study of an important new phenomenon in EU tax law: the general anti-abuse rule of article 6 of the EU Anti-Tax Avoidance Directive (ATAD GAAR). The book provides a historical account of the evolution of the directive, situating its emergence in the context of the financial crisis and subsequent tax reform initiatives. It explores how the ATAD GAAR was developed as part of these initiatives.The ATAD GAAR aims to address tax avoidance practices that, while legally compliant based on the wording of corporate tax law, ultimately undermine the object and purpose of the law. Member States are required to incorporate the ATAD GAAR into their national tax systems. This book evaluates these requirements and explores the wider impacts on Member States’ tax systems.Thie book spans issues associated with the ATAD GAAR, such as legal interpretation, national sovereignty and practicalities around enforcement. It discusses how the ATAD GAAR is the codification and expansion of existing anti-abuse concepts in EU law and considers future developments in this area. Specific attention is paid to the Dutch implementation of the provision. All of this makes this comprehensive work a valuable resource for scholars, legal practitioners and policymakers.A key novelty of this study is its approach to legal research, which builds on the philosophies of Karl Popper and the physicist David Deutsch, often referred to as “critical rationalism”. This school of thought strongly upholds Socrates’ motto of “I know that I know nothing” and seeks to apply it to all of modern science. The innovative approach of this book is most clearly employed in its later parts but can be felt throughout. A pleasant result of the book’s no-nonsense philosophy is that many readers find it a surprisingly accessible read on a topic which may seem rather tax-technical at first glance.</t>
-[...74 lines deleted...]
-    <t>06DGARA</t>
+    <t>Fundamentals of Corporate Income Taxation</t>
+  </si>
+  <si>
+    <t>https://www.ibfd.org/shop/book/fundamentals-corporate-income-taxation</t>
+  </si>
+  <si>
+    <t>Fundamentals of Taxation Series</t>
+  </si>
+  <si>
+    <t>Pasquale Pistone et al.</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>030FCIT</t>
+  </si>
+  <si>
+    <t>This book provides a comprehensive overview of corporate income taxation, offering a global perspective on corporate income tax law and policy. It systematically presents the core concepts and features of corporate income taxation. This book is the third volume of the “Fundamentals of Taxation” series, following the Fundamentals of Taxation (2019) and Fundamentals of Personal Income Taxation (2025), and focuses specifically on corporate income tax systems. The fifteen chapters cover topics including historical context, taxable persons, territorial scope, timing issues, taxable income and taxable events, tax rates, procedural aspects, international aspects, treatment of groups, restructuring and liquidation, tax evasion, avoidance and planning, special types of entities, investment taxation, taxation of special types of activities and the global minimum taxation. This primer is an essential resource for students, professionals and curious learners, fostering a common understanding of corporate income taxation's legal principles and broader implications in a globalized world.</t>
+  </si>
+  <si>
+    <t>06DFCIT</t>
+  </si>
+  <si>
+    <t>€ 96,00</t>
+  </si>
+  <si>
+    <t>$ 105,00</t>
+  </si>
+  <si>
+    <t>EU VAT Compass 2025/2026</t>
+  </si>
+  <si>
+    <t>https://www.ibfd.org/shop/book/eu-vat-compass-20252026</t>
+  </si>
+  <si>
+    <t>Fabiola Annacondia</t>
+  </si>
+  <si>
+    <t>030EUVC_2025</t>
+  </si>
+  <si>
+    <t>€ 170,00</t>
+  </si>
+  <si>
+    <t>$ 185,00</t>
+  </si>
+  <si>
+    <t>The EU VAT Compass 2025/2026 is an essential source of reference on the VAT system of the European Union.Why this book?Encompassing the most important features of the European Union’s VAT system, the EU VAT Compass 2025/2026 is an essential source of reference for all those actively working or interested in EU VAT. The book consists of three parts, each comprising a vital element of the EU VAT system.Part One presents the consolidated text of the current EU VAT Directive (No. 2006/112), as most recently amended by Directive 2025/516; it also contains the texts of several other Directives in the field of VAT. The text of Implementing Regulation 282/2011 is included, incorporating the articles already entered into effect of Implementing Regulation 2025/518, as most recently amended.For the interpretation of the EU VAT legislation, the case law of the Court of Justice of the European Union (ECJ) is an indispensable element. Part Two provides an overview of both the operative parts of the more than 1,200 ECJ judgments in VAT cases and the pending cases that are expected to lead to judgments in the course of 2025 and 2026.The book concludes with an overview of the options laid down by the VAT Directive that have been taken up by the individual Member States. This edition includes an overview of the current electronic invoicing and digital reporting requirements applicable in each Member State as of 1 January 2025. This comprehensive analysis covers all EU Member States and Northern Ireland (United Kingdom).</t>
+  </si>
+  <si>
+    <t>06PFCIT</t>
   </si>
   <si>
     <t>Tax Treaty Case Law Around The Globe 2024</t>
   </si>
   <si>
     <t>https://www.ibfd.org/shop/book/tax-treaty-case-law-around-globe-2024</t>
   </si>
   <si>
     <t>TTCL Series</t>
   </si>
   <si>
     <t>Cihat Öner, Eric Kemmeren &amp; Mart van Hulten</t>
   </si>
   <si>
-    <t>August 2025</t>
+    <t>030TTCL_2024</t>
+  </si>
+  <si>
+    <t>€ 115,00</t>
+  </si>
+  <si>
+    <t>$ 126,00</t>
+  </si>
+  <si>
+    <t>This book covers the 36 most important tax treaty cases that were decided around the world in 2023.Why this book?This book is a unique publication that gives a global overview of international tax disputes in respect of double tax conventions and thereby fills a gap in the area of tax treaty case law. It covers the 36 most important tax treaty cases that were decided around the world in 2023. The systematic structure of each chapter allows for the easy and efficient study and comparison of the various methods adopted for applying and interpreting tax treaties in different cases.With the continuously increasing importance of tax treaties, Tax Treaty Case Law around the Globe 2024 is a valuable reference tool for anyone interested in tax treaty case law, including tax practitioners, multinational businesses, policymakers, tax administrators, judges and academics.</t>
+  </si>
+  <si>
+    <t>06DEUVC_2025</t>
+  </si>
+  <si>
+    <t>$ 140,00</t>
+  </si>
+  <si>
+    <t>06EFCIT</t>
+  </si>
+  <si>
+    <t>06DTTCL_2024</t>
+  </si>
+  <si>
+    <t>€ 92,00</t>
+  </si>
+  <si>
+    <t>$ 101,00</t>
+  </si>
+  <si>
+    <t>06PEUVC_2025</t>
+  </si>
+  <si>
+    <t>06PTTCL_2024</t>
   </si>
   <si>
     <t>06ETTCL_2024</t>
   </si>
   <si>
-    <t>€ 115,00</t>
-[...88 lines deleted...]
-  <si>
     <t>Fundamentals of Personal Income Taxation</t>
   </si>
   <si>
     <t>https://www.ibfd.org/shop/book/fundamentals-personal-income-taxation</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
+    <t>06PFPI</t>
+  </si>
+  <si>
+    <t>€ 80,00</t>
+  </si>
+  <si>
+    <t>$ 88,00</t>
+  </si>
+  <si>
+    <t>A comprehensive guide to personal income taxation, offering global insights into its core issues and broader implications.Why this book?This comprehensive primer delves into the legal intricacies of personal income taxation, offering a globally relevant perspective on a subject central to modern tax law and policy. With the same rigorous methodology as its predecessor, Fundamentals of Taxation: An Introduction to Tax Policy, Tax Law and Tax Administration, this book unpacks the complexities of personal income tax without anchoring itself to the specifics of any single tax system.Designed for a diverse audience – including university students, legal professionals and curious learners – it provides a thorough and systematic analysis of the core issues and challenges surrounding personal income taxation. From understanding who is taxed and what is taxed to exploring cross-border implications and special tax regimes, each chapter builds upon the last to create a cohesive and logical journey through the subject.The twelve chapters explore: the historical context and principles of personal income taxation (Chapter 1), identifying taxable persons (Chapter 2), residence and source-based taxation (Chapter 3), timing issues (Chapter 4), determining the taxable base and income categories (Chapter 5), tax rates (Chapter 6), procedural aspects (Chapter 7), cross-border taxation dynamics (Chapter 8), taxes on capital (Chapter 9), social security contributions (Chapter 10), tax planning, avoidance and evasion (Chapter 11) and special tax regimes for individuals (Chapter 12).In today’s globalized world where tax systems influence individual mobility and international cooperation, this book fosters a common understanding of the legal principles of personal income taxation. Whether used in the classroom, by professionals seeking a deeper foundation or by non-experts curious about the field, this primer is an essential resource.Engage with this primer to unravel the legal framework of personal income taxation and gain insights into its broader implications in an interconnected world.</t>
+  </si>
+  <si>
+    <t>06EFPI</t>
+  </si>
+  <si>
+    <t>030FPI</t>
+  </si>
+  <si>
     <t>06DFPI</t>
   </si>
   <si>
-    <t>€ 80,00</t>
-[...22 lines deleted...]
-  <si>
     <t>Taxation and Inequalities</t>
   </si>
   <si>
     <t>https://www.ibfd.org/shop/book/taxation-and-inequalities</t>
   </si>
   <si>
     <t>EATLP International Tax Series</t>
   </si>
   <si>
     <t>Rita de La Feria</t>
   </si>
   <si>
     <t>June 2025</t>
   </si>
   <si>
+    <t>06DTI</t>
+  </si>
+  <si>
+    <t>€ 88,00</t>
+  </si>
+  <si>
+    <t>$ 97,00</t>
+  </si>
+  <si>
+    <t>Everyone wants fair taxation, but what do we mean by it? What impact can taxation have on inequalities? To what extent should the tax system be used to redress them? And do we (truly) want it to do so? Based on extensive new tax law data, and informed by multidisciplinary insights, this book offers answers to what are arguably some of the most challenging questions of our times.Why this book?Over the last two decades, the term “fair taxation” has become ubiquitous in public debate. This is undoubtedly linked to both the growing social concerns about income and wealth inequalities, and the increased awareness of other inequalities, such as in gender and race, and their intersections. Yet, there is also a political economy dimension to this increased popular awareness of “fairness” in tax policy; the term is sufficiently elastic to cover different taxation preferences, simple enough to be intuitively understood by voters, and suitably pro-social to convey a compelling story. From a normative perspective, however, it is precisely this conceptual elasticity that renders the term problematic.Everyone wants fair taxation, but what do we mean by it? What impact can taxation have on inequalities? To what extent should the tax system be used to redress them? And do we (truly) want it to do so?This book offers an answer to these questions. Based on extensive new tax law data – spanning the whole tax system, from tax policy to tax administration, and collated by over 60 academics located in over 30 countries – it presents a novel analytical and conceptual framework of taxation and inequalities, one that is informed not solely by tax law, but also by legal theory, human rights, constitutional and administrative law, as well as by a variety of other disciplines, including public economics, political economy, political science, moral philosophy, sociology, and moral and social psychology. The aim is both to fill a critical scholarship gap and to inform policy, contributing to what is perhaps the most challenging question faced by tax policymakers of our times: How can we build a fair tax system?</t>
+  </si>
+  <si>
+    <t>06PTI</t>
+  </si>
+  <si>
+    <t>Taxation of International Partnerships - 2nd edition</t>
+  </si>
+  <si>
+    <t>https://www.ibfd.org/shop/book/taxation-international-partnerships-2nd-edition</t>
+  </si>
+  <si>
+    <t>Florian Haase</t>
+  </si>
+  <si>
+    <t>030TIP2</t>
+  </si>
+  <si>
+    <t>€ 180,00</t>
+  </si>
+  <si>
+    <t>$ 198,00</t>
+  </si>
+  <si>
+    <t>25 years OECD Partnership Report - A comparative study of 15 countries and what has changed since 1999, including new developments like hybrids, multilateralism and national amendments.Why this book?The taxation of partnerships in an international context is undoubtedly one of the most complex areas of (international) tax law. It is also of great importance from a practical point of view. This is particularly due to two conflicting principles: Some countries treat partnerships as taxable entities, while others treat them as opaque or transparent and only see the partners as taxpayers for tax purposes. This difference in approach can lead to double taxation as well as double non-taxation. In addition, specific problems can arise in the case of triangular situations.The tax treatment of partnerships is so difficult and so important from both a practical and academic/theoretical point of view that, in 1999, the OECD published an extensive report on this subject, the so-called “OECD Partnership Report”. This document set forth in great detail the view of the OECD with respect to the taxation of international partnerships from the perspective of the state of source as well as the state of residence. The Report contained some general remarks on the taxation of partnerships but was mainly built on examples of specific cases and their tax treatment.In 2024, the OECD Partnership Report celebrated its 25th anniversary. Consequently, it is time again to investigate if and how the ideas of the OECD have been adopted and – in light of BEPS and the discussion on hybrids in particular – further developed by various jurisdictions, just as the 1st edition of this book did 10 years ago. As in that 1st edition, this book aims first to give a short introduction on the taxation of international partnerships in individual jurisdictions and then, second, to answer the problems posed in the examples in the Partnership Report from each jurisdiction’s perspective and in light of new developments. To get the full picture, the jurisdictions covered include the economically most important EU Member States and other European countries like Switzerland and the United Kingdom, as well as Australia, Brazil, Canada, China and the United States.</t>
+  </si>
+  <si>
+    <t>06DTIP2</t>
+  </si>
+  <si>
+    <t>€ 144,00</t>
+  </si>
+  <si>
+    <t>$ 158,00</t>
+  </si>
+  <si>
+    <t>Tax Treaty Policy and Practice in West Africa</t>
+  </si>
+  <si>
+    <t>https://www.ibfd.org/shop/book/tax-treaty-policy-and-practice-west-africa</t>
+  </si>
+  <si>
+    <t>Mamadou Saliou Bah, Aisha Aize Isa, Tarynn Isaacs, Sabrine Marsit, John W. Mpoha, Violet Nakakaawa, Aziz Son, Yvette N. Wakabi</t>
+  </si>
+  <si>
+    <t>Aisha Aize Isa</t>
+  </si>
+  <si>
+    <t>06PTTWA</t>
+  </si>
+  <si>
+    <t>€ 0,00</t>
+  </si>
+  <si>
+    <t>$ 0,00</t>
+  </si>
+  <si>
+    <t>Africa</t>
+  </si>
+  <si>
+    <t>Treaties</t>
+  </si>
+  <si>
+    <t>This book analyses West Africa’s tax treaty network, highlighting its evolution, identifying and examining policy trends, and providing recommendations to strengthen and secure national economic interests.Why this book?This book examines the evolution of tax treaties in West Africa, tracing their development from colonial times to present day. It explores how shifting economic priorities and global tax rules have influenced treaty negotiations, reshaped tax revenue allocation rules and impacted domestic tax systems. Through a detailed analysis of bilateral and multilateral agreements, it highlights key provisions that safeguard source taxing rights, policy trends in newer treaties and addresses tax treaty abuse issues.The book contains eight chapters, each focusing on a specific aspect of the study, including the evolution of tax treaties, the impact of international tax standards on the tax treaty network, and the emerging features of tax treaties signed across the West African region. Special attention is paid to strategies that West African countries could adopt to reinforce source state taxation rights and hedge against riskier treaties while ensuring fair and sustainable agreements with international partners.This study provides clear insights for tax policymakers, tax professionals, tax treaty negotiators and researchers. It offers a practical framework for understanding tax treaty policy, treaty negotiations, evaluating existing treaties, and aligning tax policies with national economic priorities. Readers will gain a deeper understanding of the challenges and opportunities in international taxation and how West African countries could use tax treaties to secure their economic interests.</t>
+  </si>
+  <si>
+    <t>06PTIP2</t>
+  </si>
+  <si>
+    <t>06ETIP2</t>
+  </si>
+  <si>
     <t>030TI</t>
   </si>
   <si>
     <t>€ 110,00</t>
   </si>
   <si>
     <t>$ 121,00</t>
   </si>
   <si>
-    <t>Everyone wants fair taxation, but what do we mean by it? What impact can taxation have on inequalities? To what extent should the tax system be used to redress them? And do we (truly) want it to do so? Based on extensive new tax law data, and informed by multidisciplinary insights, this book offers answers to what are arguably some of the most challenging questions of our times.Why this book?Over the last two decades, the term “fair taxation” has become ubiquitous in public debate. This is undoubtedly linked to both the growing social concerns about income and wealth inequalities, and the increased awareness of other inequalities, such as in gender and race, and their intersections. Yet, there is also a political economy dimension to this increased popular awareness of “fairness” in tax policy; the term is sufficiently elastic to cover different taxation preferences, simple enough to be intuitively understood by voters, and suitably pro-social to convey a compelling story. From a normative perspective, however, it is precisely this conceptual elasticity that renders the term problematic.Everyone wants fair taxation, but what do we mean by it? What impact can taxation have on inequalities? To what extent should the tax system be used to redress them? And do we (truly) want it to do so?This book offers an answer to these questions. Based on extensive new tax law data – spanning the whole tax system, from tax policy to tax administration, and collated by over 60 academics located in over 30 countries – it presents a novel analytical and conceptual framework of taxation and inequalities, one that is informed not solely by tax law, but also by legal theory, human rights, constitutional and administrative law, as well as by a variety of other disciplines, including public economics, political economy, political science, moral philosophy, sociology, and moral and social psychology. The aim is both to fill a critical scholarship gap and to inform policy, contributing to what is perhaps the most challenging question faced by tax policymakers of our times: How can we build a fair tax system?</t>
-[...79 lines deleted...]
-  <si>
     <t>European Tax Handbook 2025</t>
   </si>
   <si>
     <t>https://www.ibfd.org/shop/book/european-tax-handbook-2025</t>
   </si>
   <si>
     <t>Global Tax Series</t>
   </si>
   <si>
     <t>IBFD Tax Knowledge Centre</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
+    <t>06PETH_2025</t>
+  </si>
+  <si>
+    <t>€ 355,00</t>
+  </si>
+  <si>
+    <t>$ 400,00</t>
+  </si>
+  <si>
+    <t>Covering 49 jurisdictions, the European Tax Handbook is the single most authoritative and complete survey of tax systems in Europe.Why this book?The 2025 European Tax Handbook includes surveys on 49 countries and jurisdictions. The surveys have been updated to reflect the laws applicable in 2025. A chapter on the European Union (together with the most important tax directives) and descriptions of seven of the most important Swiss cantons are included.</t>
+  </si>
+  <si>
+    <t>Global Individual Tax Handbook 2025</t>
+  </si>
+  <si>
+    <t>https://www.ibfd.org/shop/book/global-individual-tax-handbook-2025</t>
+  </si>
+  <si>
+    <t>06PGITH_2025</t>
+  </si>
+  <si>
+    <t>€ 285,00</t>
+  </si>
+  <si>
+    <t>$ 325,00</t>
+  </si>
+  <si>
+    <t>Covering 101 tax jurisdictions worldwide, this book provides a comprehensive overview of the taxation of individuals in those countries.Why this book?Covering 101 tax jurisdictions worldwide, these books provide the largest most authoritative survey of tax systems throughout the world. The Global Individual Tax Handbook and the Global Corporate Tax Handbook are designed to be used as a set – buy these two books as a set. The titles complement each other to provide the reader with a complete overview of the tax system in each country.Similar to the other titles in the Global Tax Series, the country chapters follow a common layout that allows rapid and accurate access to precise information and enables direct comparison between countries. The country chapters have been updated to reflect the laws applicable in 2025.</t>
+  </si>
+  <si>
+    <t>A Guide to the European VAT Directives - 2025</t>
+  </si>
+  <si>
+    <t>https://www.ibfd.org/shop/book/guide-european-vat-directives-2025</t>
+  </si>
+  <si>
+    <t>Ben Terra/Julie Kajus</t>
+  </si>
+  <si>
+    <t>030EVD_2025</t>
+  </si>
+  <si>
+    <t>€ 555,00</t>
+  </si>
+  <si>
+    <t>$ 605,00</t>
+  </si>
+  <si>
+    <t>9789087229627/9789087229634</t>
+  </si>
+  <si>
+    <t>This book offers a systematic survey of the implications of the EU legal principles on indirect tax matters and of the EU VAT rules in force, and it provides a discussion of the case law of the Court of Justice of the European Union in indirect tax matters, especially in VAT.Why this book?Volume 1 is divided into two parts:I) General Subjects; andII) European VAT.Part I “General Subjects” deals with six subjects:1) Sources of EU Tax Law;2) Legal Principles;3) Legal Acts;4) Judicial Remedies and Judicial Protection;5) Effectiveness of EU (Indirect Tax) Law; and6) Methods of Interpretation.In Part II, after a general introduction on VAT as fiscal phenomenon, the European VAT is discussed as provided for in the VAT Directive (i.e. Directive 2006/112/EC replacing the First and Sixth VAT Directives) and Implementing Regulation (EU) No. 282/2011 (recast) as amended. VAT issues are illustrated by excerpts of decisions of the Court of Justice of the European Union.</t>
+  </si>
+  <si>
+    <t>06DEVD_2025</t>
+  </si>
+  <si>
+    <t>€ 365,00</t>
+  </si>
+  <si>
+    <t>$ 410,00</t>
+  </si>
+  <si>
+    <t>06PEVD_2025</t>
+  </si>
+  <si>
+    <t>Global Corporate Tax Handbook 2025</t>
+  </si>
+  <si>
+    <t>https://www.ibfd.org/shop/book/global-corporate-tax-handbook-2025</t>
+  </si>
+  <si>
+    <t>06DGCTH_2025</t>
+  </si>
+  <si>
+    <t>€ 480,00</t>
+  </si>
+  <si>
+    <t>$ 535,00</t>
+  </si>
+  <si>
+    <t>Covering 101 tax jurisdictions worldwide, this book provides a comprehensive overview of the corporate taxation in those countries.Why this book?Covering 101 tax jurisdictions worldwide, these books provide the largest, most authoritative survey of tax systems throughout the world. The Global Corporate Tax Handbook and the Global Individual Tax Handbook are designed to be used as a set – buy these two books as a set. The titles complement each other to provide the reader with a complete overview of the tax system in each country.Similar to the other titles in the Global Tax Series, the country chapters follow a common layout that allows rapid and accurate access to precise information and enables direct comparison between countries. The country chapters have been updated to reflect the laws applicable in 2025.</t>
+  </si>
+  <si>
+    <t>030ETH_2025</t>
+  </si>
+  <si>
+    <t>€ 530,00</t>
+  </si>
+  <si>
+    <t>$ 600,00</t>
+  </si>
+  <si>
+    <t>06PGCTH_2025</t>
+  </si>
+  <si>
     <t>06DETH_2025</t>
   </si>
   <si>
-    <t>€ 355,00</t>
-[...13 lines deleted...]
-  <si>
     <t>06DGITH_2025</t>
   </si>
   <si>
-    <t>€ 285,00</t>
-[...79 lines deleted...]
-  <si>
     <t>The Taxing Powers of the European Union</t>
   </si>
   <si>
     <t>https://www.ibfd.org/shop/book/taxing-powers-european-union</t>
   </si>
   <si>
     <t>Martha Caziero</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>030TPEU</t>
   </si>
   <si>
     <t>This book discusses the taxing powers of the European Union and their policy and legal limitations.Why this book?This book discusses the question of whether the European Union (EU) can introduce its own taxes and examines the policy and legal limitations it faces when doing so. “EU tax” is intended as unrequited, mandatory pecuniary contribution to the government, levied on individuals, companies or products - not on the Member States; whose essential elements are designed at EU level; and whose goal is, at least in part, to raise revenues, which go, at least in part, to the EU budget. In Chapter 2, the book investigates the existence of a legal basis in the EU Treaties by using historical and teleological interpretation techniques. It concludes that for an EU tax with a predominant revenue raising goal the legal basis should be article 311 of the Treaty on the Functioning of the European Union (TFEU). However, if the EU tax has multiple equally relevant goals, there needs to be a supporting legal basis. The book then shifts to discussing the policy considerations the EU legislator should take into account when transforming certain revenue streams into EU own resources. Each type of revenue is tested against three criteria: proportionality, allocation and efficiency. Performing positively from the perspective of one criterion does not necessarily entail similar results for the other criteria, highlighting the complex policy trade-offs involved in designing a coherent system of EU own resources. Shifting from the choice of revenue streams to tax design, the book then uses the principle of equality as the primary benchmark. It concludes that the EU general principle of equality constrains the design of an EU tax differently depending on whether the tax has the main goal of raising revenues or other, parallel goals. Whereas in the first case there needs to be an objective justification for treating products or producers in competition with each other differently, in the second case comparability is assessed considering the wider objectives of the provision, thereby granting more leeway to the EU legislator for discrimination. This book provides a foundational analysis of the EU’s taxing powers for both legal scholars and policymakers, offering a deep dive into the complex intersection of EU law, taxation and public finance concepts.</t>
   </si>
   <si>
     <t>06DTPEU</t>
   </si>
   <si>
     <t>06PTPEU</t>
   </si>
   <si>
     <t>06ETPEU</t>
   </si>
   <si>
     <t>Rethinking Tax Sovereignty in the European Union</t>
   </si>
   <si>
     <t>https://www.ibfd.org/shop/book/rethinking-tax-sovereignty-european-union</t>
   </si>
   <si>
     <t>Sam van der Vlugt</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
+    <t>06PRTS</t>
+  </si>
+  <si>
+    <t>This book discovers the constitutional room for European tax integration within the EU Treaties with respect for national sensitivities and based on fundamental tax principlesWhy this book?This book presents a structuring of the argumentation in the debate on European integration, sovereignty and taxation in the European Union. In the search for an integrative agenda that closely aligns with the Treaties themselves, the book dismisses political arguments cloaked as legal arguments that do not find any legal grounding in the European Treaties or national constitutional law, thereby also respecting the distinct features of the national legal setting. A first descriptive theoretical chapter delves deeper into the historical context of the sovereignty concept in continental Europe and argues that the material form of sovereignty is different for each jurisdiction. The subsequent chapter grounds these different national traditions in the project of European integration, with specific attention paid to the role of taxation within that integrative project. Thereafter, a new integrative path is proposed that aligns more closely with the fundamental principles that guide the exercise of the governmental function of taxation in the Member States, and is transposed to the EU setting as European legal principles and common constitutional principles. This common constitutional core has not materialized in the tax setting, but could greatly enhance the legitimacy of the European integrative endeavours. Whether this is currently the case with the harmonization initiatives currently tabled or underway, is assessed in the final chapter. The conclusion presents a synthesis of the above, concluding that there is a principled way forward in terms of European tax integration that would legitimize the overall project and that would sufficiently respect national sensitivities surrounding tax integration.</t>
+  </si>
+  <si>
+    <t>06ERTS</t>
+  </si>
+  <si>
+    <t>030RTS</t>
+  </si>
+  <si>
     <t>06DRTS</t>
   </si>
   <si>
-    <t>This book discovers the constitutional room for European tax integration within the EU Treaties with respect for national sensitivities and based on fundamental tax principlesWhy this book?This book presents a structuring of the argumentation in the debate on European integration, sovereignty and taxation in the European Union. In the search for an integrative agenda that closely aligns with the Treaties themselves, the book dismisses political arguments cloaked as legal arguments that do not find any legal grounding in the European Treaties or national constitutional law, thereby also respecting the distinct features of the national legal setting. A first descriptive theoretical chapter delves deeper into the historical context of the sovereignty concept in continental Europe and argues that the material form of sovereignty is different for each jurisdiction. The subsequent chapter grounds these different national traditions in the project of European integration, with specific attention paid to the role of taxation within that integrative project. Thereafter, a new integrative path is proposed that aligns more closely with the fundamental principles that guide the exercise of the governmental function of taxation in the Member States, and is transposed to the EU setting as European legal principles and common constitutional principles. This common constitutional core has not materialized in the tax setting, but could greatly enhance the legitimacy of the European integrative endeavours. Whether this is currently the case with the harmonization initiatives currently tabled or underway, is assessed in the final chapter. The conclusion presents a synthesis of the above, concluding that there is a principled way forward in terms of European tax integration that would legitimize the overall project and that would sufficiently respect national sensitivities surrounding tax integration.</t>
-[...10 lines deleted...]
-  <si>
     <t>Blueprint for Individual Income Taxation Reform in a Globalized World</t>
   </si>
   <si>
     <t>https://www.ibfd.org/shop/book/blueprint-individual-income-taxation-reform-globalized-world</t>
   </si>
   <si>
     <t>Academic Tax Conference Series</t>
   </si>
   <si>
     <t>Ivan Lazarov &amp; Sam van der Vlugt</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
+    <t>06DBIIT</t>
+  </si>
+  <si>
+    <t>$ 116,00</t>
+  </si>
+  <si>
+    <t>Why this book?This book presents the proceedings from the inaugural Academic Tax Conference (ATC), held in Amsterdam on 16-17 May 2024. The conference, centred on the theme “Blueprint for Individual Taxation Reform in a Globalized World,” brings together leading scholars and practitioners to explore critical issues in personal income taxation.While corporate income taxation has long dominated international tax discussions, individual taxation remains underexplored in the global policy arena. Recent developments, including the United Nations’ focus on high-net-worth individuals, signal a shift towards prioritizing personal income taxation on the international stage. However, comprehensive reform addressing the fundamental aspects of individual taxation is still absent. This book seeks to address this gap by examining the pressing need to include personal income taxation in global tax discussions, particularly in light of increased labour mobility, digital work models and growing tax competition between jurisdictions.The book is structured into six parts, grouping chapters by related themes, while offering diverse perspectives and conclusions. Part I examines tax nexus criteria, exploring how globalization and digitization challenge traditional principles of residence, source and citizenship, while considering redistributive tax policies. Part II focuses on differentiated tax liabilities for mobile individuals, using game theory to analyse jurisdictional competition and proposing a framework for assessing harmful tax regimes, similar to corporate tax standards. Part III delves into tax treaties, addressing the complexities of determining tax residence and proposing new taxing rights for employment and service income through withholding taxes. Part IV discusses the potential justification and design of an EU personal income tax based on citizenship, exploring possible models and their challenges. Part V tackles cross-border philanthropic giving, suggesting reforms to overcome its national limitations. Finally, part VI investigates the taxation of pension income in cross-border situations, including EU efforts to harmonize pension tax policies.This book not only provides a theoretical foundation for understanding the current landscape but also serves as a practical guide for shaping future reforms in personal income taxation in an increasingly interconnected world.This book explores the need for comprehensive individual taxation reform in a globalized world, addressing key challenges such as labour mobility, digital work and tax competition.</t>
+  </si>
+  <si>
+    <t>06PBIIT</t>
+  </si>
+  <si>
+    <t>06EBIIT</t>
+  </si>
+  <si>
+    <t>The Justification and Structure of the GloBE Model Rules</t>
+  </si>
+  <si>
+    <t>https://www.ibfd.org/shop/book/justification-and-structure-globe-model-rules</t>
+  </si>
+  <si>
+    <t>Ricardo André Galendi Júnior</t>
+  </si>
+  <si>
+    <t>030JS</t>
+  </si>
+  <si>
+    <t>$ 135,00</t>
+  </si>
+  <si>
+    <t>This book critically examines the GloBE Rules, providing an introduction to the content of the rules and in-depth discussions on their structural elements and impacts.Why this book?This book critically examines the GloBE Model Rules, focusing on their justification and structural expressions. By employing a legal dogmatic/doctrinal methodology, it identifies that the primary aim of these rules is to establish a floor to tax competition, a goal that overrides other potential justifications and significantly influences their design. The analysis reveals that while these rules align with the objective of minimizing tax competition, they present challenges in harmonizing with traditional nexus rules and tax policy principles. The eclectic and pragmatic structure of these rules demands uniform adoption to ensure their effectiveness, and any deviation in their application by states can lead to controversy. Besides investigating the justification of the rules (why?), the book also includes a descriptive chapter that elucidates their operational mechanisms (how?), offering valuable insights for readers seeking an introductory understanding. This analysis is followed by an in-depth investigation into the subjective (who?), objective (what?), territorial (where?), and temporal (when?) elements of the rules, not only underscoring their complexity but also highlighting the critical need for a systematic approach to international taxation. The original thesis received the 2024 EATLP Tax Thesis Award and an “honourable mention” in IFA’s 2024 Mitchell B. Carroll Prize. The book is recommended both for international tax law practitioners seeking an introduction to the content of the GloBE Model Rules, as well as for experts interested in in-depth discussions of their structural elements and potential impacts.</t>
+  </si>
+  <si>
+    <t>06DJS</t>
+  </si>
+  <si>
+    <t>$ 108,00</t>
+  </si>
+  <si>
+    <t>06PJS</t>
+  </si>
+  <si>
     <t>030BIIT</t>
   </si>
   <si>
-    <t>$ 145,00</t>
-[...13 lines deleted...]
-  <si>
     <t>06EJS</t>
   </si>
   <si>
-    <t>$ 135,00</t>
-[...28 lines deleted...]
-  <si>
     <t>The Spirit of International Tax Law and International Corporate Tax Reform</t>
   </si>
   <si>
     <t>https://www.ibfd.org/shop/book/spirit-international-tax-law-and-international-corporate-tax-reform</t>
   </si>
   <si>
     <t>Jeroen Lammers</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
+    <t>06DSI</t>
+  </si>
+  <si>
+    <t> 9789087229276</t>
+  </si>
+  <si>
+    <t>Why this book?The premise of this book is the Babylonian confusion around the spirit of international tax law and the lack of comprehensive research on the topic. While most appear to believe that the spirit should be equated with the intent or purpose of the law, there are many examples of corporate taxpayers who act within the object and purpose of positive law but not in line with the broadly shared expectation of what is fair in society.This study defines the spirit of international tax law and proposes how it can contribute to making the international corporate tax system more robust through a multidisciplinary approach. The book examines the role of morality in legal philosophy, as well as how morality may affect the interpretation of legal rules. Furthermore, it considers how the OECD/G20 Inclusive Framework’s work relates to the development of political morality vis-à-vis international tax. Moreover, a comprehensive longitudinal discourse analysis substantiates the analysis.It is identified that, in the public debate, the spirit of international tax law takes on three distinct meanings: (i) the purpose of the law or intention of the legislator; (ii) the evolving political morality that may not yet have crystalized in positive law; and (iii) personal moral preferences. The second meaning is deemed the best way to define the spirit of international tax law.These findings raise awareness regarding the type of arguments used in the public debate and help to assign a certain objective weight to them. Moreover, the study demonstrates that efficiency and tax revenue effects are currently the dominant policy concerns regarding changes in international tax standards, while concerns about fairness are routinely placed in the background. It is contended that this fundamental hierarchy in policy concerns effectively blocks fundamental tax reform. A repurposing of the spirit of international tax law that transforms it from an implicit and abstract notion of fairness and fiscal virtuous behaviour into explicit, concrete and ambitious policy goals of the international tax system could lift such a blockade.This book demystifies the spirit of international tax law by offering a workable definition and suggests that repurposing it from an abstract notion of fairness to concrete policy goals will strengthen the international corporate tax system.</t>
+  </si>
+  <si>
+    <t>Multilateralism in Tax Treaty Law</t>
+  </si>
+  <si>
+    <t>https://www.ibfd.org/shop/book/multilateralism-tax-treaty-law</t>
+  </si>
+  <si>
+    <t>Stefanie Gombotz</t>
+  </si>
+  <si>
+    <t>06EMUTA</t>
+  </si>
+  <si>
+    <t>Why this book?It is generally agreed that treaties for the avoidance of double taxation are usually international agreements between two countries, i.e., bilateral international treaties. This is also how the major international treaty models of the OECD and the UN are structured. With its roots deep in the early 1920s, “bilateralism” shapes the structure of today's international tax framework, the backbone of which is formed by around 3,000 bilateral tax treaties. In fact, there are very few historical or current examples of multilateral tax treaties. Skepticism prevailed, due to the lack of consensus on the allocation of taxing rights in situations involving many states. However, the last decade has seen a surge in multilateralism in international tax law.It is against this background that this book explores the topic of multilateralism in tax treaty law. The book investigates one broad research question: “How has multilateralism in international tax treaty law been used in the past, what are the advantages of a multilateral approach and how could a multilateral tax treaty be used as a tool for inclusive cooperation?” It establishes a historical basis and conceptual framework to argue for increased multilateralism, which, drawing from past and present examples of multilateral tax treaties, offers many advantages over bilateral approaches that may outweigh the difficulties of a multilateral approach. The book concludes with a proposal for a “Draft Multilateral Tax Treaty” that draws on the most common model treaties, existing multilateral agreements and research findings.To put it in the author’s words:“The advantages of a comprehensive MTC both in aspects of concrete distributive issues as well as underlying principles are significant and should be used as a new starting point for discussions on the matter”.This book analyses the re-emergence of multilateralism in international tax law and explores potential advantages (and disadvantages) of a multilateral approach to tax treaty law.</t>
+  </si>
+  <si>
+    <t>National Tax Autonomy and the European Union</t>
+  </si>
+  <si>
+    <t>https://www.ibfd.org/shop/book/national-tax-autonomy-and-european-union</t>
+  </si>
+  <si>
+    <t>GREIT Series</t>
+  </si>
+  <si>
+    <t>Raymond Luja et al.</t>
+  </si>
+  <si>
+    <t>06ENTA</t>
+  </si>
+  <si>
+    <t>$ 127,00</t>
+  </si>
+  <si>
+    <t>Why this book?This book contains a selection of contributions presented at the 17th Conference of the Group for Research on European and International Taxation entitled “National (Tax) Autonomy and the European Union: Revival or Demise?”. It was held in Maastricht, the Netherlands on 5 and 6 October 2023.The future of national tax autonomy is a recurring issue, which is at the heart of choosing the way forward for the European Union (EU). While in direct taxation taxing rights have long been retained by Member States to the extent compatible with the EU’s fundamental freedoms, the unanimity requirement as part of setting new EU tax directives has long been the subject of debate. In this volume, we look into what is left of national tax autonomy in an EU context and how the interaction between designing European (tax) directives and national prerogatives with respect to tax law can be improved.This volume starts by setting the scene with a discussion of the future of national tax autonomy and how it balances with EU interests from a Member State and a European perspective. We first focus on the legislative procedures and (a potential deficit in) democratic representation in the context of EU tax legislation and then look at the tension between national competence and the discipline of the EU’s internal market. The second part further addresses issues of national tax competence and (legislative) autonomy. The final part concentrates on competition law and tax autonomy, with a focus on State aid and foreign subsidies in particular.This book examines the future of national tax autonomy within the EU, addressing the balance between Member States' taxing rights and EU interests. It compiles contributions from the 17th Conference of the Group for Research on European and International Taxation (GREIT), titled “National (Tax) Autonomy and the European Union: Revival or Demise?”, held in Maastricht in October 2023.</t>
+  </si>
+  <si>
+    <t>030NTA</t>
+  </si>
+  <si>
+    <t>06PSI</t>
+  </si>
+  <si>
+    <t>Sovereignty and Tax Treaty Dispute Settlement</t>
+  </si>
+  <si>
+    <t>https://www.ibfd.org/shop/book/sovereignty-and-tax-treaty-dispute-settlement</t>
+  </si>
+  <si>
+    <t>Gerrit Groen</t>
+  </si>
+  <si>
+    <t>030STTD</t>
+  </si>
+  <si>
+    <t>Why this book?States have been reluctant to accept arbitration as a complement to the mutual agreement procedure (MAP) to settle tax treaty disputes. They fear that arbitration will result in an undesirable loss of fiscal sovereignty. Whether such loss in fact occurs – and why this would be undesirable – has not been studied in much detail in international tax literature. This book fills this gap by providing in Part II an analysis of the actual loss of sovereignty suffered by the disputing states in the recently introduced MAP/arbitration procedures of the Multilateral Instrument (MLI) and the EU Dispute Resolution Directive (DRD) on the basis of the criteria of access, independence and enforceability. The outcome of this analysis is used to develop the view that these procedures do not strike the right balance between the affected taxpayer’s right to have double taxation eliminated and a state’s right to maintain a certain freedom to regulate in the general interest, including the possibility to mitigate the abuse of tax treaties.Part IV of this book contains a proposal for a new mandatory MAP/arbitration procedure. The proposal takes into consideration the not always positive experience of states with the long-established practice of arbitration in international investment agreements to settle disputes between an investor and a host state as described in Part III of this book. The newly proposed mandatory MAP/arbitration procedure is based on the notion of “selective judicialization”, which implies that cases which are sensitive from the perspective of democratic self-determination may be excluded from its scope. This notion, however, equally implies that cases that are validly made and fall within its scope must be resolved in a fair and transparent way that provides the affected taxpayer relief from double taxation. The proposal, in particular, focuses on the role of the affected taxpayer in the procedure, the required limitations in the material scope of the arbitration procedure and the required level of institutionalization and judicialization of the arbitration procedure in order to improve its effectiveness.This study analyses the loss of sovereignty suffered in the MAP/arbitration procedure of the OECD Multilateral Instrument and the EU Dispute Resolution Directive and proposes a new MAP/arbitration procedure that better balances the taxpayer’s right to an effective resolution and the state’s right to maintain a certain regulatory space in taxation matters.</t>
+  </si>
+  <si>
+    <t>06DNTA</t>
+  </si>
+  <si>
+    <t>$ 102,00</t>
+  </si>
+  <si>
+    <t>06ESI</t>
+  </si>
+  <si>
+    <t>06DSTTD</t>
+  </si>
+  <si>
+    <t> 9789087229337</t>
+  </si>
+  <si>
+    <t>06PNTA</t>
+  </si>
+  <si>
+    <t>Hybrid Mismatches in International Transactions</t>
+  </si>
+  <si>
+    <t>https://www.ibfd.org/shop/book/hybrid-mismatches-international-transactions</t>
+  </si>
+  <si>
+    <t>Autilia Arfwidsson</t>
+  </si>
+  <si>
+    <t>030HMI</t>
+  </si>
+  <si>
+    <t>Why this book?Hybrid mismatches, where differences in income characterization across jurisdictions lead to double non-taxation, can be exploited by multinational enterprises to reduce their overall tax burden. Common hybrid mismatch rules addressing this issue have recently been introduced within the European Union and the OECD. The adoption of these rules is unprecedented and poses a novelty for many states’ national tax systems. Beyond being technically complex, the operation of these rules necessitates interactions with other anti-avoidance rules, tax treaty provisions, EU law, OECD guidelines and national rules in foreign jurisdictions.This book makes a significant contribution through its extensive structural examination of hybrid mismatches and their rules, covering both EU and tax treaty law. The examination primarily focuses on the hybrid mismatch rules in EU secondary law and their interactions with other aspects of EU and tax treaty law in preventing such mismatches. The analysis is conducted within the context of the rules’ underlying objectives.The study highlights five formal objectives of the rules: preventing tax avoidance, neutrality, equity, administrability and legal certainty. However, a critical examination reveals that these objectives often lack substance or resemble political slogans. Several structural premises contributing to the occurrence of hybrid mismatches are identified, including the general trend of reducing or eliminating withholding taxes within EU and tax treaty law. While the hybrid mismatch rules play a crucial role in preventing mismatches, their complex design and technical limitations render them vulnerable to circumvention. Another issue is that they often risk resulting in unresolved double taxation when interacting with other parts of EU and tax treaty law. Ultimately, the rules are primarily focused on preventing tax avoidance but tend to overlook other objectives. The study particularly advocates for improved administrability and legal certainty.This book undertakes a comprehensive analysis of how hybrid mismatches in international transactions are addressed within EU and tax treaty law.</t>
+  </si>
+  <si>
+    <t>06PSTTD</t>
+  </si>
+  <si>
+    <t>030MUTA</t>
+  </si>
+  <si>
+    <t>06DHMI</t>
+  </si>
+  <si>
+    <t>06ESTTD</t>
+  </si>
+  <si>
+    <t>06DMUTA</t>
+  </si>
+  <si>
+    <t>06PHMI</t>
+  </si>
+  <si>
     <t>030SI</t>
   </si>
   <si>
-    <t>Why this book?The premise of this book is the Babylonian confusion around the spirit of international tax law and the lack of comprehensive research on the topic. While most appear to believe that the spirit should be equated with the intent or purpose of the law, there are many examples of corporate taxpayers who act within the object and purpose of positive law but not in line with the broadly shared expectation of what is fair in society.This study defines the spirit of international tax law and proposes how it can contribute to making the international corporate tax system more robust through a multidisciplinary approach. The book examines the role of morality in legal philosophy, as well as how morality may affect the interpretation of legal rules. Furthermore, it considers how the OECD/G20 Inclusive Framework’s work relates to the development of political morality vis-à-vis international tax. Moreover, a comprehensive longitudinal discourse analysis substantiates the analysis.It is identified that, in the public debate, the spirit of international tax law takes on three distinct meanings: (i) the purpose of the law or intention of the legislator; (ii) the evolving political morality that may not yet have crystalized in positive law; and (iii) personal moral preferences. The second meaning is deemed the best way to define the spirit of international tax law.These findings raise awareness regarding the type of arguments used in the public debate and help to assign a certain objective weight to them. Moreover, the study demonstrates that efficiency and tax revenue effects are currently the dominant policy concerns regarding changes in international tax standards, while concerns about fairness are routinely placed in the background. It is contended that this fundamental hierarchy in policy concerns effectively blocks fundamental tax reform. A repurposing of the spirit of international tax law that transforms it from an implicit and abstract notion of fairness and fiscal virtuous behaviour into explicit, concrete and ambitious policy goals of the international tax system could lift such a blockade.This book demystifies the spirit of international tax law by offering a workable definition and suggests that repurposing it from an abstract notion of fairness to concrete policy goals will strengthen the international corporate tax system.</t>
-[...10 lines deleted...]
-  <si>
     <t>06PMUTA</t>
   </si>
   <si>
-    <t>Why this book?It is generally agreed that treaties for the avoidance of double taxation are usually international agreements between two countries, i.e., bilateral international treaties. This is also how the major international treaty models of the OECD and the UN are structured. With its roots deep in the early 1920s, “bilateralism” shapes the structure of today's international tax framework, the backbone of which is formed by around 3,000 bilateral tax treaties. In fact, there are very few historical or current examples of multilateral tax treaties. Skepticism prevailed, due to the lack of consensus on the allocation of taxing rights in situations involving many states. However, the last decade has seen a surge in multilateralism in international tax law.It is against this background that this book explores the topic of multilateralism in tax treaty law. The book investigates one broad research question: “How has multilateralism in international tax treaty law been used in the past, what are the advantages of a multilateral approach and how could a multilateral tax treaty be used as a tool for inclusive cooperation?” It establishes a historical basis and conceptual framework to argue for increased multilateralism, which, drawing from past and present examples of multilateral tax treaties, offers many advantages over bilateral approaches that may outweigh the difficulties of a multilateral approach. The book concludes with a proposal for a “Draft Multilateral Tax Treaty” that draws on the most common model treaties, existing multilateral agreements and research findings.To put it in the author’s words:“The advantages of a comprehensive MTC both in aspects of concrete distributive issues as well as underlying principles are significant and should be used as a new starting point for discussions on the matter”.This book analyses the re-emergence of multilateralism in international tax law and explores potential advantages (and disadvantages) of a multilateral approach to tax treaty law.</t>
-[...10 lines deleted...]
-  <si>
     <t>06EHMI</t>
   </si>
   <si>
-    <t>Why this book?Hybrid mismatches, where differences in income characterization across jurisdictions lead to double non-taxation, can be exploited by multinational enterprises to reduce their overall tax burden. Common hybrid mismatch rules addressing this issue have recently been introduced within the European Union and the OECD. The adoption of these rules is unprecedented and poses a novelty for many states’ national tax systems. Beyond being technically complex, the operation of these rules necessitates interactions with other anti-avoidance rules, tax treaty provisions, EU law, OECD guidelines and national rules in foreign jurisdictions.This book makes a significant contribution through its extensive structural examination of hybrid mismatches and their rules, covering both EU and tax treaty law. The examination primarily focuses on the hybrid mismatch rules in EU secondary law and their interactions with other aspects of EU and tax treaty law in preventing such mismatches. The analysis is conducted within the context of the rules’ underlying objectives.The study highlights five formal objectives of the rules: preventing tax avoidance, neutrality, equity, administrability and legal certainty. However, a critical examination reveals that these objectives often lack substance or resemble political slogans. Several structural premises contributing to the occurrence of hybrid mismatches are identified, including the general trend of reducing or eliminating withholding taxes within EU and tax treaty law. While the hybrid mismatch rules play a crucial role in preventing mismatches, their complex design and technical limitations render them vulnerable to circumvention. Another issue is that they often risk resulting in unresolved double taxation when interacting with other parts of EU and tax treaty law. Ultimately, the rules are primarily focused on preventing tax avoidance but tend to overlook other objectives. The study particularly advocates for improved administrability and legal certainty.This book undertakes a comprehensive analysis of how hybrid mismatches in international transactions are addressed within EU and tax treaty law.</t>
-[...91 lines deleted...]
-  <si>
     <t>The Compatibility of Turnover-Based Business Taxes with EU Law and WTO Law</t>
   </si>
   <si>
     <t>https://www.ibfd.org/shop/book/compatibility-turnover-based-business-taxes-eu-law-and-wto-law</t>
   </si>
   <si>
     <t>Balázs Karolyi</t>
   </si>
   <si>
     <t>November 2024</t>
   </si>
   <si>
+    <t>06ECTB</t>
+  </si>
+  <si>
+    <t>Why this book?The book provides a comprehensive analysis of the compatibility of turnover-based business taxes with various legal regimes that include primary EU law (specifically, State aid rules and the fundamental freedoms), secondary EU law (the VAT directive) and WTO law. Both the examined primary EU law and WTO law provisions essentially prohibit discrimination in the field of taxation; therefore, their similarities and divergences in terms of scope of application, methodological approaches and grounds for potential justifications are thoroughly analysed through the prism of turnover-based business taxes.The author argues that a system of taxation that spreads the tax burden disproportionately potentially faces conflicts with the non-discrimination regimes under EU and WTO laws. It is particularly dubious whether such differential treatment can be justified by equity considerations such as the objective of taxation in accordance with the ability-to-pay principle when it comes to turnover-based taxes. Furthermore, the book highlights those interferences between the common VAT system and other turnover tax systems that are undesirable and pose a threat to the proper functioning of the VAT system of the European Union.Also highlighted are the complications resulting from the coexistence of EU law and WTO law. On the one hand, such complications make it challenging for Member States to devise their tax systems in a manner that is both EU and WTO law-proof; on the other hand, they entail limitations on the effect of WTO law within the EU.The book provides a comprehensive analysis of the compatibility of turnover-based business taxes with various legal regimes, including primary and secondary EU and WTO law.</t>
+  </si>
+  <si>
+    <t>An Answer to Aggressive Tax Planning with Intangibles</t>
+  </si>
+  <si>
+    <t>https://www.ibfd.org/shop/book/answer-aggressive-tax-planning-intangibles</t>
+  </si>
+  <si>
+    <t>Gustavo Weiss de Resende</t>
+  </si>
+  <si>
+    <t>030AATP</t>
+  </si>
+  <si>
+    <t>Why this book?In contemporary business landscapes, the paradigm of success has shifted from traditional metrics of scale, such as extensive infrastructure and large workforces, to the strategic exploitation of intangible assets. This transformative trend, evident in multinational enterprises, underscores the pivotal role played by intellectual property in value creation and international tax optimization. In this context, the OECD and other international actors have on multiple occasions tried to address the alarming phenomenon of base erosion and profit shifting facilitated by multinational enterprises reallocating ownership of intangibles to low-tax jurisdictions.This book critically dives into one such aspect – namely, cross-border intra-group royalty payments – as an integral component of aggressive tax planning structures. While international organizations and public outcry have drawn attention to tax scandals involving major corporations, the author demonstrates how the response from international tax law has been largely insufficient, particularly concerning the use of intangible assets. This void has prompted some nations to enact multi- and unilateral measures to counter this specific pathway for profit shifting.Filling a significant gap in scholarly literature, this book pioneers a monographic study focused specifically on royalty payments and their role in base erosion and profit shifting. Employing a deductive-analytical methodology, it meticulously dissects legislative measures that might aid in the fight against base erosion and profit shifting in the context of intellectual property. The analysis spans a range of instruments, including  controlled foreign company rules, general anti-avoidance rules and transfer pricing regulations, as well as withholding taxes and royalty deductibility barriers, also in the context of the OECD Pillar Two minimum tax. These measures are then tested against the background of their effectiveness and, more importantly, their compatibility with higher-ranking law.The author particularly endeavours to provide a normative best-practice approach for realistically resolving this issue, offering a balanced, technical solution in the ever-evolving landscape of international tax law. This comprehensive analysis contributes to ongoing discussions on global tax reform, urging a nuanced and context-sensitive approach to address the challenges posed by aggressive tax planning structures in the post-BEPS era.This book thoroughly covers tax planning structures (ab)using intangibles and the compatibility of current and future measures against such structures in relation to higher-ranking law.</t>
+  </si>
+  <si>
+    <t>06DAATP</t>
+  </si>
+  <si>
+    <t>06PAATP</t>
+  </si>
+  <si>
+    <t>030CTB</t>
+  </si>
+  <si>
+    <t>06EAATP</t>
+  </si>
+  <si>
+    <t>06DCTB</t>
+  </si>
+  <si>
     <t>06PCTB</t>
   </si>
   <si>
-    <t>Why this book?The book provides a comprehensive analysis of the compatibility of turnover-based business taxes with various legal regimes that include primary EU law (specifically, State aid rules and the fundamental freedoms), secondary EU law (the VAT directive) and WTO law. Both the examined primary EU law and WTO law provisions essentially prohibit discrimination in the field of taxation; therefore, their similarities and divergences in terms of scope of application, methodological approaches and grounds for potential justifications are thoroughly analysed through the prism of turnover-based business taxes.The author argues that a system of taxation that spreads the tax burden disproportionately potentially faces conflicts with the non-discrimination regimes under EU and WTO laws. It is particularly dubious whether such differential treatment can be justified by equity considerations such as the objective of taxation in accordance with the ability-to-pay principle when it comes to turnover-based taxes. Furthermore, the book highlights those interferences between the common VAT system and other turnover tax systems that are undesirable and pose a threat to the proper functioning of the VAT system of the European Union.Also highlighted are the complications resulting from the coexistence of EU law and WTO law. On the one hand, such complications make it challenging for Member States to devise their tax systems in a manner that is both EU and WTO law-proof; on the other hand, they entail limitations on the effect of WTO law within the EU.The book provides a comprehensive analysis of the compatibility of turnover-based business taxes with various legal regimes, including primary and secondary EU and WTO law.</t>
-[...32 lines deleted...]
-    <t>06DCTB</t>
+    <t>Exit Taxation and Value Creation</t>
+  </si>
+  <si>
+    <t>https://www.ibfd.org/shop/book/exit-taxation-and-value-creation</t>
+  </si>
+  <si>
+    <t>Cristóbal Pérez Jarpa</t>
+  </si>
+  <si>
+    <t>October 2024</t>
+  </si>
+  <si>
+    <t>030ETV</t>
+  </si>
+  <si>
+    <t>Why this book?The introduction of exit taxes into domestic tax systems is never free of scrutiny and criticism. On the one hand, the arguments for the introduction of exit taxes centre on (i) ensuring taxation, as it is the last chance to tax, (ii) achieving fairness between countries and between taxpayers, and (iii) combatting tax avoidance. It is also argued that this type of taxation aims to (re)align taxation with the country where the value was created. On the other hand, criticism revolves around the risk of double taxation, taxation without real income, cash flow disadvantages, restricted mobility of persons and inefficient resource allocation. Current solutions to these problems are primarily a conditioned fragmentation of the payment, a step-up method and/or dispute resolution mechanisms.This book examines and constructively challenges these arguments, criticisms and solutions in three ways: Firstly, through analysing selected countries’ experiences (Part II); secondly, from an EU law perspective – from the CJEU’s interpretations, and certain projects’ experiences, e.g. the ATAD and CCCTB – (Part III); and thirdly, through a tax treaty analysis based on the OECD Model and selected countries’ DTA networks (Part IV). The starting point is a conceptualization of the term “exit taxes” based on their nature, elements, and characteristics and through analysis of their goals, functions and justifications, considering particularly the idea of “taxation where the value was created” in connection with Action 6 of the BEPS Project (Part I). After exploring, discussing and understanding the main issues arising from the introduction of exit taxes, a reasoned solution is proposed.This book examines the main issues arising from exit taxation and constructively challenges the main arguments with special focus on the idea of aligning “taxation where the value was created”, considering selected countries’ experiences and EU law and from a tax treaty perspective. An alternative international solution is proposed.</t>
+  </si>
+  <si>
+    <t>06DETV</t>
+  </si>
+  <si>
+    <t>EU Tax Law – Direct Taxation 2024</t>
+  </si>
+  <si>
+    <t>https://www.ibfd.org/shop/book/eu-tax-law-direct-taxation-2024</t>
+  </si>
+  <si>
+    <t>030ETL_2024</t>
+  </si>
+  <si>
+    <t>€ 135,00</t>
+  </si>
+  <si>
+    <t>$ 155,00</t>
+  </si>
+  <si>
+    <t>Why this book?EU tax law substantially impacts the domestic tax laws of the EU Member States and the way in which those laws should be interpreted and applied. The effect of EU tax law on national legislation is becoming increasingly complex. Today, anyone working with or interested in tax law or tax planning is confronted with EU tax law issues.The 2024 edition of EU Tax Law – Direct Taxation provides a clear picture of the EU law norms that are relevant from the perspective of direct taxes. It explains how these norms are, and should be, interpreted and how they affect national tax laws and the tax treatment in EU Member States. The book describes the legal remedies available against tax treatment that is in conflict with EU law.The study begins with a comprehensive overview of the basic principles and concepts of EU tax law and relevant articles of the Treaty on the Functioning of the European Union, analysing them in the light of direct tax case law. A discussion follows covering relevant EU directives and recommendations and other soft law material on direct taxes. Reference is made to all relevant judgments of the EU Court on direct taxes. The book includes a chapter on the tax treatment of the different EU entity forms and the future of corporate taxation. A separate chapter is dedicated to the EU law issues related to transfer pricing and to the EU law norms on administrative cooperation in tax matters. An extensive bibliography is included that directs the reader to further material on the topic.The book is a handy reference tool for tax practitioners, judiciaries, tax administrations and university students alike. Its structure allows quick and easy access to essential information and facilitates a better understanding of the direct tax issues of EU tax law.This book investigates in detail the EU law norms that are relevant from the perspective of direct taxes.</t>
+  </si>
+  <si>
+    <t>06PETV</t>
+  </si>
+  <si>
+    <t>06EETL_2024</t>
+  </si>
+  <si>
+    <t>06DETL_2024</t>
+  </si>
+  <si>
+    <t>$ 125,00</t>
+  </si>
+  <si>
+    <t>06EETV</t>
   </si>
   <si>
     <t>Revisiting Article 21 (Other Income) of the OECD Model</t>
   </si>
   <si>
     <t>https://www.ibfd.org/shop/book/revisiting-article-21-other-income-oecd-model</t>
   </si>
   <si>
-    <t>October 2024</t>
+    <t>030RA</t>
+  </si>
+  <si>
+    <t>€ 185,00</t>
+  </si>
+  <si>
+    <t>$ 204,00</t>
+  </si>
+  <si>
+    <t>Why this book?Revisiting Article 21 (Other Income) of the OECD Model is a detailed and comprehensive study on article 21 of the OECD Model and includes the reports presented at the annual conference held in Milan in November 2023, together with individual country reports.First, the book examines the history of article 21 of the OECD Model and its policy rationale, also discussing whether the residence exclusive right to tax is (still) justified. Next, the book moves to analyse the income covered by article 21 of the OECD Model and the way in which this article operates in relation to the other distributive rules of the OECD Model and tax treaties. In more detail, the book addresses the relationship between the “other income” provision and the following items of income: fictitious income, business income, investment income, capital gains and income derived from trusts, as well as income from government services. Furthermore, the book addresses the role and operation of article 21 of the OECD Model in relation to income from third states. Then, the book considers the “other income” provision in the UN Model and other treaty models, focusing on notable deviations in tax treaties. Finally, the book considers possible improvements to article 21 of the OECD Model and its Commentary. As mentioned earlier, individual country reports complete the book, providing an in-depth analysis of the specific domestic tax regimes and tax treaty practice of several EU and non-EU Member States, namely Austria, Belgium, Brazil, Finland, France, Germany, India, Italy, Luxembourg, Mexico, the Netherlands, New Zealand, Norway, Spain, Sweden, Switzerland, the United Kingdom and the United States.This book provides a unique and detailed analysis of some of the most important issues concerning article 21 of the OECD Model. As such, it is an essential reference for international tax students, practitioners and academics.Revisiting Article 21 (Other Income) of the OECD Model is a detailed and comprehensive study on the “other income” provision under tax treaties.</t>
+  </si>
+  <si>
+    <t>06PETL_2024</t>
+  </si>
+  <si>
+    <t>06DRA</t>
+  </si>
+  <si>
+    <t>€ 148,00</t>
+  </si>
+  <si>
+    <t>$ 163,00</t>
   </si>
   <si>
     <t>06PRA</t>
   </si>
   <si>
-    <t>€ 148,00</t>
-[...76 lines deleted...]
-  <si>
     <t>Crypto Assets: Tax Law and Policy</t>
   </si>
   <si>
     <t>https://www.ibfd.org/shop/book/crypto-assets-tax-law-and-policy</t>
   </si>
   <si>
     <t>Rosa Maria Rodrigues de Abreu et al.</t>
   </si>
   <si>
     <t>Georg Kofler et al.</t>
   </si>
   <si>
     <t>September 2024</t>
   </si>
   <si>
+    <t>06PCAT</t>
+  </si>
+  <si>
+    <t>€ 128,00</t>
+  </si>
+  <si>
+    <t>Why this book?The emergence of crypto assets, particularly virtual currencies, and their implications for taxation puts a bright spotlight on existing tax measures and, perhaps, the need to develop new tax policies. The decentralized nature of crypto assets has given rise to several overarching issues that need to be addressed at a supranational level. Key issues discussed in this publication include those relating to the regulatory and governance framework, the transparency and reporting framework and the emergence of central bank digital currencies. From a national perspective, many jurisdictions have issued specific guidance or created targeted legislation to deal with certain crypto-asset transactions.However, the way in which these new challenges are addressed varies widely from country to country. The aim of this book is to provide tax authorities, policymakers, courts and practitioners with an overview of tax measures implemented in different jurisdictions. Therefore, the income and capital gains tax implications of crypto-asset origination and extinction events, as well as the implications of using of crypto assets in investment and business transactions, are discussed from both a domestic and international perspective. The treatment of crypto assets in terms of VAT and other taxes, such as inheritance and gift taxes, is also discussed, and each author concludes by offering an outlook on the future of crypto-asset policy in their respective jurisdiction.The book comprises 36 national reports from countries across the globe, as well as three special reports on current developments in the field of crypto assets and is the outcome of the conference “Crypto Assets: Tax Law and Policy” that took place from 29 June 2023 to 1 July 2023 in Rust, Austria. More than 100 experts, including the authors of the national reports, were brought together to discuss recent developments in the field of crypto assets, with a special focus on the current tax challenges in this field. The general report highlights the most important findings of the conference.</t>
+  </si>
+  <si>
+    <t>06ECAT</t>
+  </si>
+  <si>
+    <t>030CAT</t>
+  </si>
+  <si>
     <t>06DCAT</t>
   </si>
   <si>
-    <t>€ 128,00</t>
-[...16 lines deleted...]
-  <si>
     <t>Mobility of Work</t>
   </si>
   <si>
     <t>https://www.ibfd.org/shop/book/mobility-work</t>
   </si>
   <si>
     <t>August 2024</t>
   </si>
   <si>
+    <t>06DMB</t>
+  </si>
+  <si>
+    <t>Why this book?Cross-border activities of enterprises and individuals alike relate to the essence of international taxation. Thus, it is hardly surprising that mobility of work has long been a subject of discussion in international tax law. The outbreak of the COVID-19 pandemic constituted an accelerator of this phenomenon, with many more employers, employees and tax authorities suddenly forced to deal with the tax consequences of cross-border remote work. The aim of this book is to provide tax authorities, policymakers, courts and practitioners with an overview of the characteristics of employment income (article 15 of the OECD Model) in the context of work mobility, with particular consideration to the frontier worker provisions in some bilateral tax treaties and the establishment of permanent establishments in connection with mobility-related constellations such as home offices. This book also contains a systematic legal comparison on the taxation of work-related income under domestic law and a compilation of pandemic-related consultations of national tax authorities and governments. In the final section of each report, the authors strive to give an outlook on the future of mobility of work in international tax law.The book comprises 33 national reports from countries across the globe and is the outcome of a conference on mobility of work that took place from 7-10 July 2022 in Rust (Austria). More than 100 experts, including the authors of the national reports, were brought together to discuss recent developments in the field of mobility of work with special regard to the developments during the COVID-19 pandemic. The general report highlights the most important findings of the conference.</t>
+  </si>
+  <si>
+    <t>International Taxation of Global Value Networks</t>
+  </si>
+  <si>
+    <t>https://www.ibfd.org/shop/book/international-taxation-global-value-networks</t>
+  </si>
+  <si>
+    <t>Svitlana Buriak</t>
+  </si>
+  <si>
+    <t>06PITBI</t>
+  </si>
+  <si>
+    <t>Why this book?Among the main challenges of the digitalized and globalized economy that have made the current international tax architecture for taxation of business profits obsolete is the ability of multinationals to achieve cross-jurisdictional scale without physical mass in the host state. The recent OECD and UN responses to this challenge, the OECD’s Pillar One proposal and article 12B of the UN Model, aimed at “fixing” the system. Yet, so far, neither of these solutions has gained sufficient support to be enforced globally.One of the reasons for this is that, currently, tax policy discussions are dominated by narrow-scope topics like the inadequacy of the physical permanent establishment concept or the role of the consumer market in profit generation for multinationals. Constructive changes in the forms of global business governance of today’s most successful multinationals are not in scope. These changes include novel modes of internationalization, the ability to employ labour in source countries non-conventionally, such as using platform labour and controlling its performance through algorithms and using intellectual property as a market entry barrier and a monopolization strategy.In this contribution, the author seeks to understand the business configurations and modes of governance of scale-without-mass businesses. How can multinationals achieve scale without mass, and so economically control resources, people and assets, without legally employing or owning them?Multinationals can achieve cross-jurisdictional scale without mass by relying on new ways of expanding business abroad through non-equity forms of internationalization, mainly facilitated by intellectual property and technology solutions. Non-equity modes are a newly predominant form of the global organization of multinational enterprises which do not demand that businesses maintain a physical presence in the source state. Yet the lack of a physical presence does not mean that a multinational requires no substance in the host state to carry on business there. A multinational’s economic boundaries are much broader than its legal boundaries: they are defined by the substance of the business assets that are under its control.This book questions how international tax law can address non-equity modes of internationalization, including the rationale of allocating business profit of scale-without-mass multinational enterprises to the host country, as well as the effectiveness of the arm’s length principle-based profit allocation rules, the OECD’s Pillar One, article 12B of the UN Model and cash flow taxes to deal with the relevant challenges.This book received an honourable mention for the Mitchell B. Carroll Prize 2022https://www.ifa.nl/research-awards/mitchell-b-carroll-prizeThis contribution questions how international tax law can address the allocation of the business profits of scale-without-mass multinational enterprises to the host country and includes analyses of the effectiveness of the arm’s length principle-based system, the OECD’s Pillar One, article 12B of the UN Model and cash flow taxes.</t>
+  </si>
+  <si>
+    <t>06PMB</t>
+  </si>
+  <si>
+    <t>06EMB</t>
+  </si>
+  <si>
+    <t>06EITBI</t>
+  </si>
+  <si>
+    <t>Taxpayers’ Right to Defence in the EU Law and European Convention on Human Rights Regimes</t>
+  </si>
+  <si>
+    <t>https://www.ibfd.org/shop/book/taxpayers-right-defence-eu-law-and-european-convention-human-rights-regimes</t>
+  </si>
+  <si>
+    <t>Mirugia Richardson</t>
+  </si>
+  <si>
+    <t>06DTRD</t>
+  </si>
+  <si>
+    <t>$ 106,00</t>
+  </si>
+  <si>
+    <t>Why this book?Within the regimes of EU law and the European Convention on Human Rights (ECHR), this book examines taxpayers’ right to defence and the right to a fair trial in tax matters. The reach and content of the EU and the ECHR rights of the defence principles provide the basis for this examination. In criminal proceedings, these rights are the minimum guarantees of the accused, and they ensure fair trial rights as well as procedural fairness. Procedural fairness requires a coherent and predictable legal framework in national law in order to provide legal certainty to the interfering authority and the individual affected by the public interest interference. In administrative law proceedings, including in the area of tax and taxation, the rights of the defence principle similarly provides minimum guarantees that apply as rights of the defence.Since EU Member States are party to the European Union as well as the ECHR, this book adopts a broad, European law, approach, by debating the application of the EU and the ECHR rights of the defence principles in tax matters. Exploring this issue supports the academic debate on taxpayers’ right to defence in EU Member States. The practical contribution of the book aims to support both the taxpayers’ knowledge of taxpayers’ right to defence in European law and the actual implementation of the right to a fair trial in tax matters in EU Member States’ national legal systems. The book clarifies various issues, including how article 6 of the ECHR on the right to a fair trial can support fairness in tax matters.Within the context of the regimes of EU law and the ECHR, this book thoroughly explores taxpayers’ right to defence and the right to a fair trial in tax matters.</t>
+  </si>
+  <si>
+    <t>030TRD</t>
+  </si>
+  <si>
+    <t>06PTRD</t>
+  </si>
+  <si>
+    <t>030ITBI</t>
+  </si>
+  <si>
     <t>030MB</t>
   </si>
   <si>
-    <t>Why this book?Cross-border activities of enterprises and individuals alike relate to the essence of international taxation. Thus, it is hardly surprising that mobility of work has long been a subject of discussion in international tax law. The outbreak of the COVID-19 pandemic constituted an accelerator of this phenomenon, with many more employers, employees and tax authorities suddenly forced to deal with the tax consequences of cross-border remote work. The aim of this book is to provide tax authorities, policymakers, courts and practitioners with an overview of the characteristics of employment income (article 15 of the OECD Model) in the context of work mobility, with particular consideration to the frontier worker provisions in some bilateral tax treaties and the establishment of permanent establishments in connection with mobility-related constellations such as home offices. This book also contains a systematic legal comparison on the taxation of work-related income under domestic law and a compilation of pandemic-related consultations of national tax authorities and governments. In the final section of each report, the authors strive to give an outlook on the future of mobility of work in international tax law.The book comprises 33 national reports from countries across the globe and is the outcome of a conference on mobility of work that took place from 7-10 July 2022 in Rust (Austria). More than 100 experts, including the authors of the national reports, were brought together to discuss recent developments in the field of mobility of work with special regard to the developments during the COVID-19 pandemic. The general report highlights the most important findings of the conference.</t>
-[...10 lines deleted...]
-  <si>
     <t>06DITBI</t>
   </si>
   <si>
-    <t>Why this book?Among the main challenges of the digitalized and globalized economy that have made the current international tax architecture for taxation of business profits obsolete is the ability of multinationals to achieve cross-jurisdictional scale without physical mass in the host state. The recent OECD and UN responses to this challenge, the OECD’s Pillar One proposal and article 12B of the UN Model, aimed at “fixing” the system. Yet, so far, neither of these solutions has gained sufficient support to be enforced globally.One of the reasons for this is that, currently, tax policy discussions are dominated by narrow-scope topics like the inadequacy of the physical permanent establishment concept or the role of the consumer market in profit generation for multinationals. Constructive changes in the forms of global business governance of today’s most successful multinationals are not in scope. These changes include novel modes of internationalization, the ability to employ labour in source countries non-conventionally, such as using platform labour and controlling its performance through algorithms and using intellectual property as a market entry barrier and a monopolization strategy.In this contribution, the author seeks to understand the business configurations and modes of governance of scale-without-mass businesses. How can multinationals achieve scale without mass, and so economically control resources, people and assets, without legally employing or owning them?Multinationals can achieve cross-jurisdictional scale without mass by relying on new ways of expanding business abroad through non-equity forms of internationalization, mainly facilitated by intellectual property and technology solutions. Non-equity modes are a newly predominant form of the global organization of multinational enterprises which do not demand that businesses maintain a physical presence in the source state. Yet the lack of a physical presence does not mean that a multinational requires no substance in the host state to carry on business there. A multinational’s economic boundaries are much broader than its legal boundaries: they are defined by the substance of the business assets that are under its control.This book questions how international tax law can address non-equity modes of internationalization, including the rationale of allocating business profit of scale-without-mass multinational enterprises to the host country, as well as the effectiveness of the arm’s length principle-based profit allocation rules, the OECD’s Pillar One, article 12B of the UN Model and cash flow taxes to deal with the relevant challenges.This book received an honourable mention for the Mitchell B. Carroll Prize 2022https://www.ifa.nl/research-awards/mitchell-b-carroll-prizeThis contribution questions how international tax law can address the allocation of the business profits of scale-without-mass multinational enterprises to the host country and includes analyses of the effectiveness of the arm’s length principle-based system, the OECD’s Pillar One, article 12B of the UN Model and cash flow taxes.</t>
-[...43 lines deleted...]
-  <si>
     <t>The Dependent Services Clause in Tax Treaties</t>
   </si>
   <si>
     <t>https://www.ibfd.org/shop/book/dependent-services-clause-tax-treaties</t>
   </si>
   <si>
     <t>Arvid Aage Skaar</t>
   </si>
   <si>
     <t>July 2024</t>
   </si>
   <si>
+    <t>06DTTDS</t>
+  </si>
+  <si>
+    <t>€ 124,00</t>
+  </si>
+  <si>
+    <t>$ 136,00</t>
+  </si>
+  <si>
+    <t>Why this book?This book is a study of court practice dealing with tax treaty provisions concerning cross-border dependent personal services. Which country has the right to tax employees’ cross-border earnings such as salaries and similar remuneration for work? Hopefully, the book will be useful for practitioners and for further research.The author analyses more than 280 court decisions from 24 countries, all dealing in some way with cross-border earnings from employment work. The aim is to support the needs of practitioners and to facilitate further research on these topics.The court decisions deal with salaries and similar benefits and remuneration from dependent personal services, pensions, savings schemes, severance payments, sickness payments, stock options, government services, frontier workers, hiring out of labour, services aboard ships and aircraft, trucks and trains, sportspersons, artists, musicians, professors and teachers, and more.In the analysis of these topics, a number of other important tax treaty issues are visited, such as treaty interpretation in good faith under the Vienna Convention on the Law of Treaties, the limits of the tax treaty mutual agreement clause, static vs dynamic interpretation of tax treaties, subject-to-tax provisions, the tax treaty renvoi clause, the other income clause of the tax treaties, the status of the OECD Commentary as a legal source, and exit tax on certain benefits.This analysis of more than 280 court decisions from 24 countries deals with tax treaty provisions concerning remuneration for cross-border employment.</t>
+  </si>
+  <si>
+    <t>06PTTDS</t>
+  </si>
+  <si>
+    <t>06ETTDS</t>
+  </si>
+  <si>
+    <t>€ 155,00</t>
+  </si>
+  <si>
+    <t>$ 170,00</t>
+  </si>
+  <si>
     <t>030TTDS</t>
   </si>
   <si>
-    <t>€ 155,00</t>
-[...22 lines deleted...]
-  <si>
     <t>Tax Treaty Case Law Around The Globe 2023</t>
   </si>
   <si>
     <t>https://www.ibfd.org/shop/book/tax-treaty-case-law-around-globe-2023</t>
   </si>
   <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>030TTCL_2023</t>
   </si>
   <si>
     <t>€ 105,00</t>
   </si>
   <si>
     <t>Why this book?ThiThis book is a unique publication that provides a global overview of international tax disputes in respect of double tax conventions and thereby fills a gap in the area of tax treaty case law. It covers the 32 most important tax treaty cases that were decided around the world in 2022. The systematic structure of each chapter allows for the easy and efficient study and comparison of the various methods adopted for applying and interpreting tax treaties in different cases.With the continuously increasing importance of tax treaties, Tax Treaty Case Law around the Globe 2023 is a valuable reference tool for anyone interested in tax treaty case law, including tax practitioners, multinational businesses, policymakers, tax administrators, judges and academics.s book covers the 32 most important tax treaty cases that were decided around the world in 2022.</t>
   </si>
   <si>
     <t>06DTTCL_2023</t>
   </si>
   <si>
     <t>€ 84,00</t>
   </si>
   <si>
     <t>$ 92,00</t>
@@ -1457,53 +1520,50 @@
   <si>
     <t>Indirect Taxation, Treaties, VAT</t>
   </si>
   <si>
     <t>This book analyses VAT double taxation from the viewpoint of primary EU law and proposes mechanisms for the resolution of this issue.Winner of the Maurice Lauré Award 2023 awarded by IFA.Why this book?Double taxation is a well-renowned problem in the area of direct taxation, and multiple mechanisms for its resolution based in EU and international law have been implemented over the past decades. In contrast, there is little awareness of the issue of double taxation in the VAT area and currently, there are no cross-border mechanisms for the resolution of VAT double taxation. Considering the ever-increasing globalization and the fact that the majority of states worldwide levy a kind of VAT/goods and services tax, this constitutes a significant problem for businesses. VAT double taxation can arise both in constellations involving exclusively EU Member States and in constellations involving both EU Member States and non-EU Member States and has several implications under primary EU law.This book analyses the status quo of literature and jurisprudence on VAT double taxation. It describes the phenomenon, the various causes triggering it and constellations in which it might arise in practice, all of which are illustrated by a multitude of examples. It fathoms the consequences resulting from the various subtypes of VAT double taxation under the EU fundamental freedoms and the EU fundamental rights. In its last part, potential mechanisms to resolve VAT double taxation are analysed, reaching from the introduction of a mutual agreement procedure provision in the VAT Directive to the conclusion of bilateral VAT double taxation treaties. The book sheds light on the distribution of the necessary competences to implement the potential VAT dispute resolution mechanisms between the European Union and its Member States and the distribution of competences between the Court of Justice of the European Union and alternative dispute resolution bodies. After having read the book, the reader will have gained a comprehensive overview of the relevant primary EU law aspects of VAT double taxation.</t>
   </si>
   <si>
     <t>06DCJV</t>
   </si>
   <si>
     <t>Mandatory Disclosure Rules</t>
   </si>
   <si>
     <t>https://www.ibfd.org/shop/book/mandatory-disclosure-rules</t>
   </si>
   <si>
     <t>06PMDR</t>
   </si>
   <si>
     <t>$ 149,00</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
-    <t>Corporate Taxation</t>
-[...1 lines deleted...]
-  <si>
     <t>This book aims to provide tax authorities, policymakers, courts and practitioners with a systematic legal comparison of domestic mandatory disclosure regimes or comparable rules, which are either based on BEPS Action 12/DAC6 or were in force prior to these instruments.Why this book?The OECD Action 12 Final Report on mandatory disclosure rules, published in 2015, provides a modular framework for countries to design a disclosure regime to elicit early information relating to aggressive or abusive international tax schemes and the promoters and users of such schemes. The recommendations give countries the flexibility to balance their interest in obtaining information with the compliance costs on taxpayers. The uptake of Action 12 has received significant impetus within the European Union, owing to Council Directive (EU) 2018/822 of 25 May 2018 amending Directive 2011/16/EU regarding mandatory automatic exchange of information in the field of taxation in relation to reportable cross-border arrangements (known as DAC6). DAC6 obligates EU Member States to implement mandatory reporting of cross-border arrangements affecting at least one EU Member State that falls within one of the “hallmarks”. The aim of this book is to provide tax authorities, policymakers, courts and practitioners with a systematic legal comparison of domestic mandatory disclosure regimes or comparable rules, which are either based on BEPS Action 12/DAC6 or were in force prior to these instruments. The comparison also considers issues arising from implementation with respect to legal professional privilege, interaction with other domestic procedural rules and fundamental rights.The book comprises 39 national reports from countries across the globe and is the outcome of an online conference that facilitated scientific exchange among the national reporters. This was due to the continuing special circumstances on account of the COVID-19 situation during 2021 that obligated switching the mode of the conference, which should have taken place from 1 to 3 July 2021 in Rust, Burgenland, Austria, to an online format. A general report highlights the most important findings.</t>
   </si>
   <si>
     <t>06DMDR</t>
   </si>
   <si>
     <t>Taxation of Companies in Economic and Financial Distress</t>
   </si>
   <si>
     <t>https://www.ibfd.org/shop/book/taxation-companies-economic-and-financial-distress</t>
   </si>
   <si>
     <t>Eleonor Kristofferson</t>
   </si>
   <si>
     <t>06PTCEF</t>
   </si>
   <si>
     <t>Corporate Taxation, Transfer Pricing, VAT</t>
   </si>
   <si>
     <t>This book investigates the taxation of companies under economic and financial distress. A company in economic distress has no or low profitability and a low going-concern value. On the other hand, a company in financial distress is a viable entity with current, but not necessarily long-term, debt-paying problems. This book provides an overview of how European domestic tax systems deal with tax issues in distress, focusing on the impairment of loans and other commercial receivables, corporate tax treatment of losses, capital injections, tax deferrals and liability to pay taxes.Why this book?The European economy has flourished over the last decade. However, in 2020, the COVID-19 pandemic hit the world, forcing many societies to enter a total lockdown. In February 2022, Russia invaded Ukraine. Many European countries still had COVID-19 restrictions in place when their economies were struck by inflation, an energy crisis and high fuel prices. This is the context in which Taxation of Companies in Economic and Financial Distress was written.This book focuses on the impairment of loans and other commercial receivables, the corporate tax treatment of losses, capital injections, tax deferrals and the liability to pay taxes. The analysis is based on the assumption that changes to what normally applies in the tax system to support companies in distress must be justified with good reasons in order to be legitimate. An example is the ability-to-pay principle. However, the ability-to-pay principle must be balanced with the goal of an efficient and fair tax system.Against this background, this book examines how current European tax systems deal with companies in distress. It is divided into the following three parts. Part 1 is the General Report, which provides a broad overview and reviews the findings of the national reports. Part 2 contains three Topical Reports, which relate the overarching theme of the book to transfer pricing, VAT and State aid. Part 3 contains the national reports of 16 EU Member States and four non-EU Member States (Russia, Serbia, Ukraine and the United Kingdom). These contributions were written by distinguished European tax experts.</t>
   </si>
   <si>
     <t>06ECJV</t>
@@ -2708,86 +2768,86 @@
   <si>
     <t>030CFCL</t>
   </si>
   <si>
     <t>Case Law, Corporate Taxation, Treaties, Permanent Establishments</t>
   </si>
   <si>
     <t>This book provides an overview of the effectiveness of CFC rules and the approach towards recent amendments in the participating countries introducing or changing such rules.Why this book?Controlled foreign company legislation is an international tax topic that has become increasingly important in recent years. Both the OECD and the European Union have taken initiatives to introduce controlled foreign company rules as anti-avoidance tax provisions that are applicable by a large number of states. The OECD released its recommendations on strengthening controlled foreign company rules in the Base Erosion and Profit Shifting Project Action 3 Final Report. The European Union consequently adopted Council Directive 2016/1164, laying down rules against tax avoidance practices that directly affect the functioning of the internal market and introducing the obligation for Member States to implement controlled foreign company rules in their domestic legislation. The aim of this book is to provide tax authorities, policymakers, courts and practitioners with an overview of the effectiveness of controlled foreign company rules and the approach towards recent amendments in the participating countries introducing or changing such rules.The book comprises 41 national reports from countries across the globe and is the outcome of a conference on controlled foreign company legislation that took place from 4-7 July 2019 in Rust (Austria). More than 100 experts, including the authors of the national reports, were brought together to discuss recent developments in the field of controlled foreign company legislation. A general report highlights the most important findings of the conference.</t>
   </si>
   <si>
     <t>Tax Treaties and Procedural Law</t>
   </si>
   <si>
     <t>https://www.ibfd.org/shop/book/tax-treaties-and-procedural-law</t>
   </si>
   <si>
     <t>Volume 18</t>
   </si>
   <si>
     <t>06PTTP</t>
   </si>
   <si>
     <t>Written by experts in the field, this book provides an in-depth analysis of several crucial areas concerning the procedural aspects of tax treaty law.Why this book?The application of tax treaties relies, to a large extent, on procedural law. While procedural provisions in tax treaties exist, the implementation of tax treaty law generally lies within the procedural autonomy of the contracting states. Domestic procedural law, therefore, is imperative for the implementation of tax treaty benefits.This book analyses several crucial areas concerning the procedural aspects of tax treaty law. The topics covered include:domestic procedural law and EU law;domestic procedural law and tax treaty law;domestic procedural law and non-discrimination;the implementation of the methods to avoid double taxation in domestic law;the implementation of mutual agreements in domestic law;the implementation of arbitration awards in domestic law;mutual assistance procedures and domestic law;the role of the competent authorities under the new tiebreaker rule (article 4(3) of the OECD Model Tax Convention);the "mode of application" for withholding tax limitations (articles 10(2) and 11(2) of the OECD Model Tax Convention);procedural aspects of the grace clause for potentially abusive triangular structures (article 29(8)(c) of the OECD Model Tax Convention); andprocedural aspects of the principal purpose test (article 29(9) of the OECD Model Tax Convention).</t>
   </si>
   <si>
+    <t>Investing in U.S. Securities - An Introduction to U.S. Withholding Taxes, QI and FATCA</t>
+  </si>
+  <si>
+    <t>https://www.ibfd.org/shop/book/investing-us-securities-introduction-us-withholding-taxes-qi-and-fatca</t>
+  </si>
+  <si>
+    <t>Ton Daniels, Toine Gorissen</t>
+  </si>
+  <si>
+    <t>06DIUS</t>
+  </si>
+  <si>
+    <t>Investment Funds, Tax Management</t>
+  </si>
+  <si>
+    <t>This book provides an in-depth reference on US withholding and information reporting for non-US financial institutions.Why this book?The sheer complexity of the framework that the United States has created to levy US withholding tax on income from US securities owned by foreigners makes it difficult to obtain insight into the key relevant items, the logic behind the framework and the decision points and consequences for the tax operations of a non-US financial institution. Yet, since the US stock market is nearly one half of the global market by market capitalization, there is no escape for internationally diversified investors from investing in the US equity market and for their non-US banks or asset managers to help them in doing so. For the US government, there is an incentive to create a framework that both encourages foreign capital to be invested in the United States and ensures that the proper taxes are paid within a framework that is understandable and reasonable, from a cost perspective, to comply with.In clarifying this framework in the context of the tax operations of a non-US financial institution, this book intends to provide a general overview and a mix of high-level insights into the logic behind the framework (including for FATCA, qualified intermediaries, dividend equivalent payments under 871m and qualified derivatives dealers) and, where appropriate, takes a deeper dive into detailed compliance rules.The book addresses issues relevant for the tax operations departments of non-US financial institutions, qualified intermediaries and their tax advisers.</t>
+  </si>
+  <si>
     <t>Tax Accounting: Unravelling the Mystery of Income Taxes (Second Revised Edition)</t>
   </si>
   <si>
     <t>https://www.ibfd.org/shop/book/tax-accounting-unravelling-mystery-income-taxes-second-revised-edition</t>
   </si>
   <si>
     <t>Anuschka Bakker, Tjeerd van den Berg</t>
   </si>
   <si>
     <t>030TAUM2</t>
   </si>
   <si>
     <t>Corporate Taxation, Individual Taxation, Tax Management</t>
   </si>
   <si>
     <t>Explaining the essence of tax accounting, this book provides a detailed methodology to compute, determine and disclose the tax consequences in the financial statements of a company.Why this book?Since the publication of the first edition of the book in 2015, numerous changes have taken place in the world of tax accounting. In addition to compressed close cycles and new reporting considerations and standards, companies are facing challenges due to increased regulatory scrutiny over income tax disclosures and account balances. At the same time, today’s complex business and tax environment has resulted in ever-increasing demands for transparency and tax reporting standards at all levels. Public deficits due to COVID-19 support packages will only trigger more public attention to tax affairs. Moreover, guidance has been issued on good tax governance and/or tax risk management, and tax reporting and compliance by the UN Principles for Responsible Investment and the newly developed GRI 207: Tax 2019, which is the first public global standard for comprehensive tax disclosures.As with the previous edition, the basis of the book remains a ten-step methodology for accounting for income taxes, which can be applied in jurisdictions across the globe. The methodology presented is primarily based on the global accounting standard, namely the International Financial Reporting Standards (IFRS), with specific attention to US GAAP and some local standards. This methodology is comprehensive and complete. This updated edition covers the latest IFRS and IFRIC guidance for income taxes. Essentially, all chapters have been rewritten to cover new developments such as (i) digital services taxes; (ii) IFRIC 23 Uncertainty over Income Tax Treatments; (iii) tax accounting and tax risk management checklists; (iv) the impact of technology and new transparency initiatives; and (v) the impact of COVID-19 on companies.The impact of COVID-19 on the results of companies’ operations is discussed, consideration being given to the challenges the current market volatility may present for companies closing their financial statements. Other issues addressed include deferred tax assets recognition, impairment, increased need of cash by a group and distribution of dividends, and government grants and reliefs. Finally, a case study gives the reader a better understanding on how to arrive at the correct tax figures and disclosure notes, and in doing so truly unravels the mystery of how the reported income taxes can be explained.Benefitting from the extensive insight and experience of the authors, the book will serve as a valuable reference tool to assist tax accountants, (tax) auditors, tax authorities, legislators, tax practitioners, and tax managers and directors in their daily practice, as well as a guideline for newcomers to the tax accounting environment.</t>
   </si>
   <si>
-    <t>Investing in U.S. Securities - An Introduction to U.S. Withholding Taxes, QI and FATCA</t>
-[...16 lines deleted...]
-  <si>
     <t>030IUS</t>
   </si>
   <si>
     <t>06ECFCL</t>
   </si>
   <si>
     <t>06EIUS</t>
   </si>
   <si>
     <t>030TTP</t>
   </si>
   <si>
     <t>06DTAUM2</t>
   </si>
   <si>
     <t>06DCFCL</t>
   </si>
   <si>
     <t>06ETTP</t>
   </si>
   <si>
     <t>06ETAUM2</t>
   </si>
   <si>
     <t>06PIUS</t>
@@ -3941,125 +4001,125 @@
   <si>
     <t>https://www.ibfd.org/shop/book/improving-tax-compliance-globalized-world</t>
   </si>
   <si>
     <t>Volume 9</t>
   </si>
   <si>
     <t>Chris Evans et al.</t>
   </si>
   <si>
     <t>July 2018</t>
   </si>
   <si>
     <t>06EITCG</t>
   </si>
   <si>
     <t>This book examines policies that can contribute to increasing domestic revenues by enhancing tax compliance, curbing tax evasion and improving relationships between taxpayers and tax administrations.Why this book?In the aftermath of a global financial crisis, the past decade has been characterized by increased fiscal pressure. Against this backdrop, it is no surprise that many have called for strengthened efforts in domestic resource mobilization. Domestic resources are the largest untapped source of development financing, but the effective mobilization thereof poses significant challenges in terms of revenue policy and administration strategies.This book provides an overview of various policies that can significantly contribute to increasing domestic revenues by enhancing tax compliance, curbing tax evasion and improving the relationship between taxpayers and tax administrations. It consists of national reports from 33 countries around the globe, initially discussed at the conference “Improving Tax Compliance in a Globalized World” in Rust (Austria) from 30 June to 2 July 2016.The book explores various approaches to improving tax compliance. Access to tax information is at the centre of the debate, including the collection of third-party information, information obtained as a result of cooperation between tax administrations and as a result of inter-agency cooperation between tax administrations, financial intelligence units and law enforcement agencies. Moreover, the book sheds some light on alternatives to improve tax collection and suggests potential measures to enhance voluntary tax compliance. Finally, it looks forward to potential challenges that may be faced by tax administrations in the future.Taken as a whole, this study contributes to the challenging task of making tax administrations more effective and more efficient.</t>
   </si>
   <si>
     <t>06DITCG</t>
   </si>
   <si>
     <t>030ITCG</t>
   </si>
   <si>
+    <t>Nexus Requirements for Taxation of Non-residents' Business Income: A Normative Evaluation in the Context of the Global Economy</t>
+  </si>
+  <si>
+    <t>https://www.ibfd.org/shop/book/nexus-requirements-taxation-non-residents-business-income-normative-evaluation-context</t>
+  </si>
+  <si>
+    <t>Volume 41</t>
+  </si>
+  <si>
+    <t>Stjepan Gadzo</t>
+  </si>
+  <si>
+    <t>June 2018</t>
+  </si>
+  <si>
+    <t>06DNRT</t>
+  </si>
+  <si>
+    <t>Case Law, Corporate Taxation, Individual Taxation, Permanent Establishments, Tax Management, Transfer Pricing, Treaties</t>
+  </si>
+  <si>
+    <t>The book aims to find a global dimension of the non-discrimination principle in tax law through the analysis of issues with theoretical and practical importance.Why this book?The principle of non-discrimination is an evergreen of international tax law. While the principle’s core concept remains stable, its importance in tax matters keeps growing. As its implications, regional dimensions and topical applications very frequently change around the world, constant monitoring and updating is essential to seize its current essence.Non-Discrimination in Tax Treaties: Selected Issues from a Global Perspective aims to find a global dimension of the non-discrimination principle in tax law through the analysis of issues with theoretical and practical importance. The editors have selected the following issues, which nine leading European and international tax law experts address in the framework of related topical studies:Nationality non-discrimination and article 24 of the OECD Model Tax ConventionNon-discrimination on the basis of nationality in international investment agreements from a Latin American tax perspectiveInterest deduction limitations and when to apply articles 9 and 24(4) of the OECD Model Tax ConventionRevisiting the application of the capital ownership non-discrimination provision in tax treatiesNon-discrimination in tax treaties and article 24(4) and (5) of the OECD Model Tax Convention: a Russian approach to tax treaty interpretation in connection with domestic thin capitalization rulesNon-discrimination under WTO law and article 24 of the OECD Model: how policy considerations influence comparability and whether less favourable treatment of tax havens and hybrid mismatch arrangements constitutes unjustified discriminationCan the European Union learn from the OECD Model Tax Convention and vice versa?Non-discrimination à la Cour: the ECJ’s (lack of) comparability analysis in direct tax casesDiscriminatory taxation and the European Convention on Human RightsWith its in-depth analysis of these topical issues, this book provides essential information for practitioners, scholars and others with an interest in international tax matters.</t>
+  </si>
+  <si>
+    <t>030NRT</t>
+  </si>
+  <si>
+    <t>06ENRT</t>
+  </si>
+  <si>
     <t>Corporate Tax Residence and Mobility</t>
   </si>
   <si>
     <t>https://www.ibfd.org/shop/book/corporate-tax-residence-and-mobility</t>
   </si>
   <si>
-    <t>June 2018</t>
+    <t>06ECTRM</t>
+  </si>
+  <si>
+    <t>Comprising contributions from renowned academics from Europe and beyond, this book offers an insightful and multifaceted perspective on a fundamental concept of domestic and international taxation.Why This Book?The concept of residence lies at the core of corporate income taxation. In domestic tax systems, the essential function of the residence concept is to subject resident corporate taxpayers to full tax liability, usually on a worldwide basis. In tax treaties, residence plays a fundamental role in the allocation of taxing powers between states. Moreover, within the European Union, it gives access to the legal protection granted to companies by internal market rules, whether contained in EU treaties (fundamental freedoms) or in tax directives.Today, however, the globalization and the digitalization of the economy are putting residence under heavy pressure. Within multinational enterprises, the geographical dislocation of the functions performed by people and entities within the multinational group makes it harder to identify a central place of decision or management in cases where this place is not the same as the place where the company was incorporated. Moreover, tax planning strategies involving location or the transfer of residence to low-tax jurisdictions have come under the spotlight of international organizations, such as the OECD and the European Union.Against this background, this book examines the notion of residence from a comparative, EU and international law perspective. It is divided into two parts. Part one comprises a general introductory report, as well as five thematic reports on key present and future issues concerning the tax residence of companies. Part two comprises the national reports of 14 EU Member States and 6 non-EU Member States (Norway, Russia, Serbia, Turkey, Ukraine and the United States). Those reports contain an extensive analysis of the definition and function of corporate tax residence on the basis of a questionnaire (which is included as an appendix in this book).With contributions from renowned academics from Europe and beyond, this book offers an insightful and multifaceted perspective on a fundamental concept of domestic and international taxation.</t>
+  </si>
+  <si>
+    <t>Taxation of Intellectual Property under Domestic Law, EU Law and Tax Treaties</t>
+  </si>
+  <si>
+    <t>https://www.ibfd.org/shop/book/taxation-intellectual-property-under-domestic-law-eu-law-and-tax-treaties</t>
+  </si>
+  <si>
+    <t>06ETIPU</t>
+  </si>
+  <si>
+    <t>Asia-Pacific, Europe, European Union, Latin America, North America, Worldwide</t>
+  </si>
+  <si>
+    <t>Case Law, Corporate Taxation, Treaties</t>
+  </si>
+  <si>
+    <t>This book presents a unique and detailed insight into the taxation of intellectual property in an international context.Why this book?Taxation of Intellectual Property under Domestic Law, EU Law and Tax Treaties, comprising the proceedings and working documents of an annual seminar held in Milan in November 2017, is a detailed and comprehensive study on the taxation of intellectual property (IP). It begins with a comparative analysis of the domestic private law aspects of IP and the domestic tax regimes applicable to profits deriving from the utilization of IP. It next examines the taxation of IP under EU law, with a particular emphasis on (i) the EU fundamental freedoms and State aid, and (ii) the open issues in the implementation of the EU Interest and Royalty Directive.The book then moves to selected tax treaty issues. In particular, it analyses (i) the historical background and the policy of article 12 of the OECD Model Convention; (ii) the meaning of “royalties” and overlapping between articles 7, 12 and 13 of the OECD Model Convention; (iii) royalties in the context of the OECD Multilateral Instrument under the limitation on benefits (LOB) provision and the principal purpose test (PPT) clause; and (iv) certain selected issues on cross-border transfers of IP.Individual country surveys provide an in-depth analysis of the domestic tax regimes and actual tax treaty application and practices by various states, including Australia, Austria, Brazil, Canada, China (People’s Rep.), France, Germany, Italy, the Netherlands, Spain, Switzerland, the United Kingdom and the United States.This book presents a unique and detailed insight into the taxation of intellectual property in an international context and is therefore an essential reference source for international tax students, practitioners and academics.</t>
+  </si>
+  <si>
+    <t>06PNRT</t>
+  </si>
+  <si>
+    <t>06DTIPU</t>
+  </si>
+  <si>
+    <t>030TIPU</t>
+  </si>
+  <si>
+    <t>06PTIPU</t>
   </si>
   <si>
     <t>06PCTRM</t>
   </si>
   <si>
-    <t>Comprising contributions from renowned academics from Europe and beyond, this book offers an insightful and multifaceted perspective on a fundamental concept of domestic and international taxation.Why This Book?The concept of residence lies at the core of corporate income taxation. In domestic tax systems, the essential function of the residence concept is to subject resident corporate taxpayers to full tax liability, usually on a worldwide basis. In tax treaties, residence plays a fundamental role in the allocation of taxing powers between states. Moreover, within the European Union, it gives access to the legal protection granted to companies by internal market rules, whether contained in EU treaties (fundamental freedoms) or in tax directives.Today, however, the globalization and the digitalization of the economy are putting residence under heavy pressure. Within multinational enterprises, the geographical dislocation of the functions performed by people and entities within the multinational group makes it harder to identify a central place of decision or management in cases where this place is not the same as the place where the company was incorporated. Moreover, tax planning strategies involving location or the transfer of residence to low-tax jurisdictions have come under the spotlight of international organizations, such as the OECD and the European Union.Against this background, this book examines the notion of residence from a comparative, EU and international law perspective. It is divided into two parts. Part one comprises a general introductory report, as well as five thematic reports on key present and future issues concerning the tax residence of companies. Part two comprises the national reports of 14 EU Member States and 6 non-EU Member States (Norway, Russia, Serbia, Turkey, Ukraine and the United States). Those reports contain an extensive analysis of the definition and function of corporate tax residence on the basis of a questionnaire (which is included as an appendix in this book).With contributions from renowned academics from Europe and beyond, this book offers an insightful and multifaceted perspective on a fundamental concept of domestic and international taxation.</t>
-[...61 lines deleted...]
-  <si>
     <t>The Implementation of Anti-BEPS legislation in the European Union: A Comprehensive Study</t>
   </si>
   <si>
     <t>https://www.ibfd.org/shop/book/implementation-anti-beps-legislation-european-union-comprehensive-study</t>
   </si>
   <si>
     <t>Pasquale Pistone, Dennis Webe</t>
   </si>
   <si>
     <t>April 2018</t>
   </si>
   <si>
     <t>06DIAB</t>
   </si>
   <si>
     <t>Providing a comprehensive technical analysis of the EU Anti-Tax Avoidance Directive, this book also offers insight on selected issues connected with the OECD BEPS Project.Why this book?This book is a joint effort between the Amsterdam Centre for Tax Law (ACTL) of the University of Amsterdam, its partner institutions within the Global Tax Conference Project (New York University, the University of São Paulo and the Central University of Finance and Economics of Beijing) and IBFD, in the framework of well-established bilateral scientific cooperation.Besides providing a comprehensive technical analysis of the EU Anti-Tax Avoidance Directive (ATAD), this book offers insight on selected issues connected with the OECD Base Erosion and Profit Shifting (BEPS) Project that are important for predicting its possible impact, including on relations with non-EU Member States.Subjects discussed in this book are:EU-US relations in the field of direct taxesBEPS and 3D printingPatent boxes before and after BEPS Action 5Tax planning and State aidBEPS Action 6 and the limitation on benefits provisionThe switch-over clauseBEPS Action 12, the lack of certainty and the infringement of taxpayers’ rightsThe interest limitation rule of the ATADExit taxation and the ATADGeneral anti-abuse rules and the ATADControlled foreign company (CFC) rules and the ATADThe ATAD’s CFC rule and third countriesHybrid mismatch rules under ATAD I &amp; IIPermanent establishment mismatches under ATAD IIImported mismatches</t>
   </si>
   <si>
     <t>030IAB</t>
   </si>
   <si>
     <t>06EIAB</t>
   </si>
   <si>
     <t>Tax Incentives in the BEPS Era</t>
@@ -4760,56 +4820,56 @@
   <si>
     <t>06EHTA_2</t>
   </si>
   <si>
     <t>030IATM</t>
   </si>
   <si>
     <t>Corporate Income Tax Subjects</t>
   </si>
   <si>
     <t>https://www.ibfd.org/shop/book/corporate-income-tax-subjects</t>
   </si>
   <si>
     <t>Daniel Gutmann</t>
   </si>
   <si>
     <t>06ECIT</t>
   </si>
   <si>
     <t>$ 95,00</t>
   </si>
   <si>
     <t>How are corporate taxpayers defined? This book provides a comparative survey of legislations in Europe and the United States.Why This Book?Tax harmonization or coordination of corporate taxation in the European Union is usually considered from two complementary points of view: tax base and tax rate. These two perspectives structure the debate on whether EU Member States, and more broadly states belonging to the same economic area, should harmonize or coordinate their policies on tax matters.However, little attention has been paid so far to a more basic question which is at the core of tax theory: who are corporate taxpayers? Are they defined in the same way throughout Europe?Comparative law shows that the conditions that must be met in order to be subject to corporate income tax are very different from one country to another. The way tax systems define foreign entities that fall under their corporate income tax may also vary significantly, which may in practice give rise to interesting tax planning opportunities.Against this background, the 2013 EATLP Congress devoted to corporate income tax subjects was designed to enhance the main similarities and differences that exist between many countries (European countries and the United States). It is the first time that such joint research has been conducted on an international scale on this fundamental topic and it has given rise to an ambitious publication.This book therefore provides a basis for tax policy decisions at a national and European level. It also constitutes a starting point for academic reflection on a core issue affecting the structure of corporate income taxation.</t>
   </si>
   <si>
+    <t>06PCIT</t>
+  </si>
+  <si>
     <t>030CIT</t>
   </si>
   <si>
-    <t>06PCIT</t>
-[...1 lines deleted...]
-  <si>
     <t>06EIATM</t>
   </si>
   <si>
     <t>06DHTA_2</t>
   </si>
   <si>
     <t>European Value-Added Tax in the Digital Era</t>
   </si>
   <si>
     <t>https://www.ibfd.org/shop/book/european-value-added-tax-digital-era</t>
   </si>
   <si>
     <t>Volume 36</t>
   </si>
   <si>
     <t>Marie Lamensch</t>
   </si>
   <si>
     <t>December 2015</t>
   </si>
   <si>
     <t>06DEVAT</t>
   </si>
   <si>
     <t>Case Law, Corporate Taxation, Individual Taxation, Tax Management, Treaties, VAT</t>
@@ -4958,95 +5018,95 @@
   <si>
     <t>Volume 1</t>
   </si>
   <si>
     <t>Elisabeth Pamperl</t>
   </si>
   <si>
     <t>July 2015</t>
   </si>
   <si>
     <t>030A16</t>
   </si>
   <si>
     <t>Volume 1: WU Institute for Austrian and International Tax Law - Tax Law and Policy Series</t>
   </si>
   <si>
     <t>This book combines an in-depth analysis of the scope of application and the legal consequences of Article 16 with suggestions for rethinking the provision.Why This Book?Article 16 is one of the few provisions of the OECD Model that have remained virtually the same since the Model was first published in 1963 and consists of only one sentence: “Directors’ fees and other similar payments derived by a resident of a Contracting State in his capacity as a member of the board of directors of a company which is a resident of the other Contracting State may be taxed in that other State.” OECD member countries as well as a considerable number of non-members accept Article 16 of the Model as a guideline for their bilateral treaty negotiations, often following it to the letter.Nevertheless, the scope of this provision is still vague in many respects. Therefore, this book provides evidence on the interpretation and the legal effects of Article 16 by way of answering the following questions: Who might be a director? What activities are performed by a director? Under what conditions is a company resident in the other contracting state? Which company organs are comprised? What conditions exist for being a member of a board of directors? How to draw a line between Article 16 and other distribution rules for certain types of remuneration. What is the relation between Article 16 and domestic law provisions? How likely is it that double or non-taxation arises in triangular situations?The last part of the book approaches Article 16 from a tax policy point of view. It analyses why Article 16 fulfils an important role within the OECD Model and provides modifications in order to compensate current shortcomings of the provision.</t>
   </si>
   <si>
     <t>06EA16</t>
   </si>
   <si>
     <t>06DA16</t>
   </si>
   <si>
+    <t>Taxation of Charities</t>
+  </si>
+  <si>
+    <t>https://www.ibfd.org/shop/book/taxation-charities</t>
+  </si>
+  <si>
+    <t>Volume 11</t>
+  </si>
+  <si>
+    <t>Frans Vanistendael</t>
+  </si>
+  <si>
+    <t>June 2015</t>
+  </si>
+  <si>
+    <t>06PTOC</t>
+  </si>
+  <si>
+    <t>This book offers interesting suggestions for private non-profit alternatives to government intervention.Why this book?This book comprises the final reports of the annual meeting of the European Association of Tax Law Professors (EATLP) held in Rotterdam, the Netherlands from 31 May – 2 June 2012.This book is divided into two parts. Part One comprises thematic reports that follow the general structure of the tax systems of the Member States: (1) Do non-profit organizations (NPOs) benefit from a special tax status? (2) What is the treatment of various categories of income of the NPOs in the income tax system? (3) Are there incentives for gifts and contributions to NPOs? (4) What is the VAT status of NPO activities and supplies to NPOs? (5) What is the impact of inheritance, estate and gift taxes on contributions to NPOs? (6) How are the problems resolved relating to the increasing cross-border transactions with NPOs and the fundamental freedoms in the European Union? There is a final chapter on the project of a common system for the European Foundation. By way of introduction to these “thematic reports” there is a general introductory report on taxing and regulating NPOs that discusses the policy issues, whether a special tax treatment of NPOs is desirable or necessary and, if so, what the scope of this special tax status should be.In Part Two the national reports of 15 EU Member States and 4 non-EU countries (Norway, Russia, Turkey and Switzerland) are presented. They contain the full documentation on each national tax regime for charities and NPOs that was collected on the basis of a questionnaire. Although the reports are based on the standard questionnaire, some authors have followed their own national tax system, resulting in some variation in the general order of the national reports.As governments tend to retreat from the area of culture, education and social aid because of the persistence of economic and financial stagnation in Europe, this book offers interesting suggestions for private non-profit alternatives to government intervention.</t>
+  </si>
+  <si>
     <t>Multilingual Tax Treaties: Interpretation, Semantic Analysis and Legal Theory</t>
   </si>
   <si>
     <t>https://www.ibfd.org/shop/book/multilingual-tax-treaties-interpretation-semantic-analysis-and-legal-theory</t>
   </si>
   <si>
     <t>Volume 33</t>
   </si>
   <si>
     <t>Paolo Arginelli</t>
   </si>
   <si>
-    <t>June 2015</t>
-[...1 lines deleted...]
-  <si>
     <t>06EMTT</t>
   </si>
   <si>
     <t>European Union, North America, Worldwide</t>
   </si>
   <si>
     <t>Case Law, Corporate Taxation, Permanent Establishments, Treaties</t>
   </si>
   <si>
     <t>This book singles out the most common issues that arise in the interpretation of multilingual tax treaties, and suggests ways for an interpreter to tackle them.Why this book?Tax treaties are generally concluded in multiple authentic languages. This practice adds a factor that is to be taken into account when such treaties are interpreted and, in some cases, increases the complexity of that task.This book aims at identifying and clarifying the most common issues emerging in the interpretation of multilingual tax treaties. It suggests how an interpreter should tackle and disentangle such issues under public international law, with emphasis on the arguments to be used and the elements and items of evidence the interpreter can rely on to support his construction of the treaty.The issues of interpretation of multilingual treaties dealt with in this study may be divided between those of a general nature and those specific to multilingual tax treaties. Particular attention is paid to the interaction between the renvoi to the contracting states’ domestic laws, encompassed in article 3(2) of OECD Model-based tax treaties, and the linguistic aspects of those treaties, including their multilingualism.The study first develops a normative (prescriptive) theory of treaty interpretation based on modern linguistic and, more specifically, semantic theories. It then carries out a positive (descriptive) analysis, which highlights the generally accepted principles and rules of treaty interpretation under public international law. This twofold approach is intended to (i) carve out from the normative legal theory the results potentially conflicting with the generally accepted principles and rules of international law, and (ii) show how the normative legal theory might be applied to resolve cases where no common legal solution has been reached.</t>
   </si>
   <si>
-    <t>Taxation of Charities</t>
-[...16 lines deleted...]
-  <si>
     <t>IBFD International Tax Glossary, Seventh Revised Edition</t>
   </si>
   <si>
     <t>https://www.ibfd.org/shop/book/ibfd-international-tax-glossary-seventh-revised-edition</t>
   </si>
   <si>
     <t>Julie Rogers-Glabush</t>
   </si>
   <si>
     <t>06DITG7</t>
   </si>
   <si>
     <t>€ 52,00</t>
   </si>
   <si>
     <t>$ 64,00</t>
   </si>
   <si>
     <t>Individual Taxation</t>
   </si>
   <si>
     <t>This edition contains hundreds of new and revised terms, a list of tax courts and their location, and additional languages in the multilingual list of tax terms.Why this book?The IBFD International Tax Glossary is regarded as an authoritative resource for defining tax and tax-related terms by its thousands of users all over the world.With the addition of hundreds of completely new and revised definitions, a new appendix outlining the various levels and locations of tax courts in 42 countries, as well as the expansion of the multilingual list to include Chinese, Polish, Portuguese and Russian terms, in addition to the existing Dutch, French, German and Spanish equivalents of English terms, this latest edition continues to provide users with the broadest possible coverage of the language of taxation.Please note that this glossary is also available online, for free, on our Tax Research Platform.</t>
   </si>
   <si>
     <t>030ITG7</t>
@@ -5138,86 +5198,86 @@
   <si>
     <t>06PTTCL_2014</t>
   </si>
   <si>
     <t>This book is a unique publication that discusses the 39 most important tax treaty cases which were decided by judges in 2013 around the globe.Why this book?This book provides a unique and comprehensive global overview of international tax disputes on double tax conventions, thereby filling a gap in the area of tax treaty case law. It covers the 39 most important tax treaty cases that were decided in 2013 around the world. The systematic structure of each case allows easy and efficient comparison of the varying application and interpretation of tax treaties in different regimes.With the continuously increasing importance of tax treaties, Tax Treaty Case Law around the Globe 2014 is a valuable reference tool for anyone interested in tax treaty case law. This book is of interest to tax practitioners, multinational enterprises, policymakers, tax administrators, judges and academics.</t>
   </si>
   <si>
     <t>The Sources of EU Law and Their Relationships: Lessons for the Field of Taxation</t>
   </si>
   <si>
     <t>https://www.ibfd.org/shop/book/sources-eu-law-and-their-relationships-lessons-field-taxation</t>
   </si>
   <si>
     <t>Volume 32</t>
   </si>
   <si>
     <t>Rita Szudoczky</t>
   </si>
   <si>
     <t>06PSEL</t>
   </si>
   <si>
     <t>This book systematically analyses the sources of EU law, proposing rules to govern their interactions and conflicts and applying such rules to the field of taxation.Why this book?In the current state of EU law, basic conceptual and methodological questions – such as the nature and status of the sources of law, their place in the normative hierarchy, the scope of various fundamental norms and the methods of analysis required by their application to national (tax) rules – are still unclear. This is due to the fact that EU law is rarely examined as a legal system. This book aims at bridging this gap by analysing systematically the relationship of the various sources of EU law with a focus on the field of taxation.The interactions between the rules of the founding Treaties, the general principles of EU law, fundamental rights and the legal acts of the EU institutions are examined in both hierarchical and horizontal relationships. With regard to hierarchical relationships, it is demonstrated that the Court of Justice applies a low standard in substantively reviewing the compatibility of secondary law with primary law and it is argued here that a stricter review would be necessary both as a constitutional guarantee and a reinforcement of the internal market vis-à-vis EU legislation. In the field of taxation, where the unanimity rule for the adoption of EU legislation has resulted in some dubious compromises in the existing directives, a meaningful review would be particularly necessary.As regards horizontal relationships, a comparison is provided of the methods of analysis conducted by the EU Courts under the free movement provisions and the State aid rules when applying them to national tax measures. The analysis shows a gradual convergence of these methods. It is suggested that the ensuing overlaps between the two regimes should be resolved by perceiving the State aid rules as general rules over which the more specific free movement provisions prevail.</t>
   </si>
   <si>
+    <t>Principles of Law: Function, Status and Impact in EU Tax Law</t>
+  </si>
+  <si>
+    <t>https://www.ibfd.org/shop/book/principles-law-function-status-and-impact-eu-tax-law</t>
+  </si>
+  <si>
+    <t>Cécile Brokelind</t>
+  </si>
+  <si>
+    <t>November 2014</t>
+  </si>
+  <si>
+    <t>06PPL</t>
+  </si>
+  <si>
+    <t>This book provides an in-depth analysis of 20 principles of law, vital to EU and/or domestic tax law.Why this book?Principles of Law: Function, Status and Impact in EU Tax Law, investigates the role and importance of unwritten sources of legislation in EU tax law, such as the principles of law. This area of legal studies shows many contradictory statements and the book serves as a platform to better understand and clarify these contradictions.The key issue in this research is the identification of the coercive force of the principles of law, which are unwritten sources of law, in contrast to that of other, written, sources of law. The hypothesis is that principles of law take precedence over a series of written rules in the case law of the Court of Justice of the European Union (ECJ) and of the Member States domestic courts dealing with EU tax law.In order to demonstrate this hypothesis, the contributors to this book were invited to select one principle of law and address the following questions: Does the principle of law in question have a normative or interpretative value? Does it make any difference that the Court of Justice of the European Union has declared the principles of law of “general” or “fundamental” value? When “your” principle collides with another one, how will the ECJ/domestic Supreme Court determine the order of application? If so, which principles are supported by the supreme force of law and should be referred to by the judge as a constitutional norm? What is the consequence for direct and/or indirect taxes?This book is the outcome of the 8th GREIT conference that was held in Lund on 19 and 20 June 2013. It comprises the findings of the 20 speakers, on three main themes, investigating the use and misuse of principles, the constitutional value of principles of law, and the principles of law underlying tax systems.</t>
+  </si>
+  <si>
     <t>International Tax Policy and Double Tax Treaties</t>
   </si>
   <si>
     <t>https://www.ibfd.org/shop/book/international-tax-policy-and-double-tax-treaties-0</t>
   </si>
   <si>
     <t>Kevin Holmes</t>
   </si>
   <si>
-    <t>November 2014</t>
-[...1 lines deleted...]
-  <si>
     <t>06EITPD_2014</t>
   </si>
   <si>
     <t>An Introduction to Principles and Application (Second Revised Edition)</t>
   </si>
   <si>
     <t>This book gives the reader an understanding of the concepts that underlie international tax law and double tax treaties.Why this book?The world of international tax is constantly changing. Policies change, taxpayers modify their behaviour, laws change, new double tax agreements are concluded, existing ones are amended, and administrative practice is improved. International Tax Policy and Double Tax Treaties gives the reader an understanding of the concepts that underpin the dynamics of international tax law and double tax treaties.This is an introductory book for an international readership, written primarily as a teaching text for generic international taxation courses. It draws on the tax law, double tax treaties, and experience of different countries to illustrate the application of general principles. The concepts addressed in the book are applicable to the international tax systems of developed, developing and transitional economies.The book is an excellent learning tool for students and offers a useful refresher on fundamental precepts to experienced practitioners. The numerous case studies provide the reader with the opportunity to apply the principles and examples discussed to factual situations.This new edition captures recent significant international tax policy and treaty developments, including modifications to the OECD and United Nations model double tax treaties and commentaries concerning permanent establishments and business profits, the taxation of technical services, electronic commerce issues, and international tax avoidance strategies adopted by high-profile multinational enterprises and intergovernmental responses to them.</t>
   </si>
   <si>
-    <t>Principles of Law: Function, Status and Impact in EU Tax Law</t>
-[...13 lines deleted...]
-  <si>
     <t>06DITPD_2014</t>
   </si>
   <si>
     <t>030ITPD_2014</t>
   </si>
   <si>
     <t>Taxation of International Partnerships</t>
   </si>
   <si>
     <t>https://www.ibfd.org/shop/book/taxation-international-partnerships</t>
   </si>
   <si>
     <t>September 2014</t>
   </si>
   <si>
     <t>06ETIP</t>
   </si>
   <si>
     <t>Corporate Taxation, Permanent Establishments, Treaties</t>
   </si>
   <si>
     <t>15 Years OECD Partnership Report: Past, Present and Future</t>
   </si>
   <si>
     <t>The book deals with the taxation of international partnerships and the 18 examples of the OECD Partnership Report under the laws of 14 countries.Why this book?The taxation of partnerships in an international context is undoubtedly one of the most complex areas of (international) tax law. It is also of great importance from a practical point of view. This is particularly due to two conflicting principles: some countries treat partnerships as taxable entities, while others treat them as opaque or transparent and only see the partners as taxpayers for tax purposes. This difference in approach can lead to double taxation as well as double non-taxation. In addition, specific problems can arise in the case of triangular situations.The tax treatment of partnerships is so difficult and so important from a practical as well as an academic/theoretical point of view that the OECD, back in 1999, published an extensive report on this subject, the so-called “OECD Partnership Report”. This document set forth in great detail the view of the OECD with respect to the taxation of international partnerships from the perspective of the state of source as well as the state of residence. The Report contained some general remarks on the taxation of partnerships, but was mainly built on examples of specific cases and their tax treatment.In 2014, the OECD Partnership Report celebrates its 15th anniversary. Consequently, it is high time to investigate if and how the ideas of the OECD have been adopted by various jurisdictions. This book aims first to give a short introduction on the taxation of international partnerships in individual jurisdictions, and then to answer the problems posed in the examples in the Partnership Report from each jurisdiction´s perspective. To get the full picture, the jurisdictions covered include the economically most important EU Member States and other European countries like Switzerland, next to Australia, Brazil, China and the United States.</t>
@@ -5306,89 +5366,89 @@
   <si>
     <t>06PTCAB</t>
   </si>
   <si>
     <t>This book explores the application of bilateral income tax treaties in situations involving more than two countries, focusing on the fundamental concepts of treaty application.Winner of the 2015 Mitchell B. Carroll Prize awarded by the International Fiscal Association (IFA).Why this book?Bilateral income tax treaties do not always operate effectively in situations where more than two states are involved. These situations are known as "triangular cases" and they typically arise where a person who is resident in two states for tax purposes (a dual resident), or a person who is resident in one state and has a permanent establishment (PE) in another, has dealings with a resident of a third state. This thesis explores the issues presented by the application of bilateral tax treaties in PE triangular cases, dual resident triangular cases and reverse triangular cases, and outlines potential solutions.The main focus of this book is PE triangular cases: situations where a person which is resident in one state (the residence state) earns income from sources in a second state (the source state) that is attributable to a PE of the recipient in a third state (the PE state). Such situations give rise to numerous issues. Key among these is the fact that the source state is not required to apply the conditions of the treaty between the PE state and the source state, even though the treaty between the residence state and the PE state will allocate the prior (and perhaps exclusive) taxing rights to the PE state. This book argues that this approach should be reconsidered. It argues that residence concepts do not always provide a strong foundation on which to base eligibility for treaty benefits, that the PE concept and, in particular, the attribution of income to the PE, represents a sufficiently strong connection to the PE state to support a treaty claim, and that treaty-shopping concerns can be sufficiently addressed.As part of this analysis, this book examines the most fundamental questions associated with tax treaties: when should they apply, how should they apply, and what all those familiar concepts really mean. The topic of triangular cases has a long history, but ultimately the issues involved are fresher and more relevant than ever. Ultimately, it is through examining these more unusual and difficult situations, that one is able to come to a deeper understanding of the issues faced every day.</t>
   </si>
   <si>
     <t>Litigating EU Tax Law in International, National and Non-EU National Courts</t>
   </si>
   <si>
     <t>https://www.ibfd.org/shop/book/litigating-eu-tax-law-international-national-and-non-eu-national-courts</t>
   </si>
   <si>
     <t>Daniel Sarmiento, Domingo Jiménez-Valladolid de L'Hotellerie-Fallois</t>
   </si>
   <si>
     <t>March 2014</t>
   </si>
   <si>
     <t>06PLETL</t>
   </si>
   <si>
     <t>This book explores the problems and challenges of litigating EU tax law before international, national and non-EU national courts.Why this book?As EU tax law has become more and more complex and sophisticated in recent years, so has EU tax law litigation. The features of EU law and its own sources give rise to specific problems when litigating EU tax law not only before the Court of Justice of the European Union (ECJ) but also before EU national courts. Additionally, the relevance of EU tax law has expanded outside the EU borders, inspiring tax litigation before national courts of non-EU states as well as before international courts.This book is the result of the 7th GREIT Conference held in September 2012 in Madrid at the Instituto de Empresa (IE). The book analyses the problems and challenges faced by taxpayers when litigating EU tax law from a comparative perspective, dealing not only with purely national issues but also with the influence of EU tax law in tax litigation in international scenarios.The book is divided into four main parts. The first part focuses on EU tax law litigation before the ECJ, analysing the functioning of the litigation services of the European Commission and the remedies and procedures when dealing with infringements from the Member States. In the second part the position of EU national courts when applying EU tax law is examined comparing the approach followed by courts of four EU jurisdictions. Part three deals with the influence of EU tax law in litigation before international courts and in international arbitration. Finally, part four looks at the approach followed by non-EU national courts when applying and interpreting EU tax law.</t>
   </si>
   <si>
+    <t>Reorganization Clauses in Tax Treaties</t>
+  </si>
+  <si>
+    <t>https://www.ibfd.org/shop/book/reorganization-clauses-tax-treaties</t>
+  </si>
+  <si>
+    <t>Domingo J. Jiménez-Valladolid de L’Hotellerie-Fallois</t>
+  </si>
+  <si>
+    <t>January 2014</t>
+  </si>
+  <si>
+    <t>06PRC</t>
+  </si>
+  <si>
+    <t>Corporate Taxation, Mergers and Acquisitions, Permanent Establishments, Treaties</t>
+  </si>
+  <si>
+    <t>This book analyses the cross-border tax consequences of mergers and corporate reorganizations and the reorganization clauses present in the global tax treaty network.Winner of the EATLP European Academic Tax Thesis Award 2012 and the Sorbonne Tax Law Thesis Award 2013.Why this book?Reorganization Clauses in Tax Treaties analyses the tax consequences of corporate reorganizations in the context of tax treaty models and the solutions adopted in the global tax treaties network. The book also proposes solutions to be implemented in the model tax treaties in order to deal with cross-border reorganizations.Taxation of mergers and corporate reorganizations is often regarded as one of the most complex aspects of developed tax systems. Contrary to the general realization principle, transfers of assets and liabilities in the course of corporate reorganizations are not taxed when they occur. Instead, recognition of the capital gains arising from such transfers is deferred through different mechanisms under preferential tax regimes with the objective of granting corporate reorganizations a tax neutral treatment.However, this tax neutrality might be jeopardized when the effects of corporate reorganizations cross borders. So long as tax treaties do not cater for any special provisions dealing with the effects of corporate reorganizations, cross-border reorganizations will be hampered with the risks of overtaxation, while at the same time global tax neutrality will be compromised due to the inconsistent tax treatment of these transactions from a cross-border perspective.Only a few countries have dealt with issues originating from cross-border reorganizations in their tax treaty network. Nonetheless, the solutions adopted in the current situation do not provide satisfactory results when analysing the tax consequences of corporate reorganizations from a global perspective.</t>
+  </si>
+  <si>
     <t>The Tax Treatment of CIVs and REITs</t>
   </si>
   <si>
     <t>https://www.ibfd.org/shop/book/tax-treatment-civs-and-reits</t>
   </si>
   <si>
     <t>Hein Vermeulen</t>
   </si>
   <si>
-    <t>January 2014</t>
-[...1 lines deleted...]
-  <si>
     <t>06PTCIV</t>
   </si>
   <si>
     <t>Case Law, Corporate Taxation, Derivatives &amp; Financial Instruments, Investment Funds, Permanent Establishments, Treaties, VAT</t>
   </si>
   <si>
     <t>The Tax Treatment of CIVs and REITs provides a valuable overview of the international tax issues these vehicles encounter in an international context.Why this book?The Tax Treatment of CIVs and REITs comprises the proceedings of a conference held by the Amsterdam Centre for Tax Law (ACTL) of the University of Amsterdam on 2 November 2012. The book provides a unique and current overview of the tax issues that play a role in the cross-border operation of collective investment vehicles (CIVs) and real estate investment trusts (REITs). Typically, these investment funds function well in a domestic context, where the investors, the fund and the investments are all located in one state. In an international context, however, interesting issues arise, such as questions on the proper allocation of taxing rights, beneficial ownership and non-discrimination. These and other issues are addressed in this book.The book starts with the 2008 and 2010 updates to the OECD Model Tax Convention, adopting the OECD CIV and OECD REIT reports with a view on policymakers and practice. In addition, it places the treatment of CIVs and REITs in an EU tax law perspective. Finally, future developments are also discussed, including the impact of the Undertakings for Collective Investment in Transferable Securities (UCITS) Directives IV and V and the Alternative Investment Fund Managers Directive (AIFMD), from both a direct tax and an indirect tax perspective.Collective investment is of increasing importance in a society with a proportional rise in the ageing population, as a means for the public to save for later. The Tax Treatment of CIVs and REITs provides a valuable overview of the international tax issues that the CIV and REIT vehicles encounter in an international context.This book is of interest to tax practitioners, multinational businesses, policymakers, tax administrators, judges and academics.</t>
   </si>
   <si>
-    <t>Reorganization Clauses in Tax Treaties</t>
-[...16 lines deleted...]
-  <si>
     <t>Tax Treaty Case Law around the Globe 2013</t>
   </si>
   <si>
     <t>https://www.ibfd.org/shop/book/tax-treaty-case-law-around-globe-2013</t>
   </si>
   <si>
     <t>December 2013</t>
   </si>
   <si>
     <t>06DTTCL_2013</t>
   </si>
   <si>
     <t>This book is a unique publication discussing the 36 most important tax treaty cases decided by judges around the globe in 2012.Why this book?Tax Treaty Case Law around the Globe 2013 comprises the proceedings of a conference held in Vienna, Austria on 23-25 May 2013. The book provide a unique and comprehensive global overview of international tax disputes on double tax conventions, thereby filling a gap in the area of tax treaty case law. It covers the 36 most important tax treaty cases that were decided around the world in 2012. The systematic structure of each case allows easy and efficient comparison of the varying application and interpretation of tax treaties under different regimes.With the continuously increasing importance of tax treaties, Tax Treaty Case Law around the Globe 2013 is a valuable reference tool for anyone interested in tax treaty case law. This book is of interest to tax practitioners, multinational businesses, policymakers, tax administrators, judges and academics.</t>
   </si>
   <si>
     <t>06ETTCL_2013</t>
   </si>
   <si>
     <t>Taxation of Companies on Capital Gains on Shares under Domestic Law, EU Law and Tax Treaties</t>
   </si>
   <si>
     <t>https://www.ibfd.org/shop/book/taxation-companies-capital-gains-shares-under-domestic-law-eu-law-and-tax-treaties</t>
   </si>
   <si>
     <t>November 2013</t>
@@ -5420,134 +5480,134 @@
   <si>
     <t>Taxation of Business Profits in the 21st Century</t>
   </si>
   <si>
     <t>https://www.ibfd.org/shop/book/taxation-business-profits-21st-century</t>
   </si>
   <si>
     <t>Carlos Gutiérrez, Andreas Perdelwitz</t>
   </si>
   <si>
     <t>June 2013</t>
   </si>
   <si>
     <t>06ETBP</t>
   </si>
   <si>
     <t>Selected Issues under Tax Treaties</t>
   </si>
   <si>
     <t>The taxation of business profits derived from cross-border activities is one of the core issues in international tax law. The key principle for the allocation of taxing rights between countries is laid down in article 7 of the OECD Model, which states that profits of a resident enterprise of a state shall be taxable only in that state unless the enterprise carries on business in another state through a permanent establishment situated therein. In the latter case, the profits that are attributable to the permanent establishment may be taxed in that other state.The determination of the source state’s taxing rights basically requires two steps. First, it must be determined whether or not there is a permanent establishment in that state, as defined by article 5 of the OECD Model, and second, the profits attributable to that permanent establishment must be ascertained.This book sheds light on a selection of issues surrounding the essential questions described above from a practical as well as from an academic perspective. The first part is dedicated to issues relating to the application of article 5 of the OECD Model and the problem of determining the existence of a permanent establishment in a state. The second part of the book relates to issues arising from article 7 of the OECD Model and the attribution of profits to a permanent establishment.</t>
   </si>
   <si>
     <t>030TBP</t>
   </si>
   <si>
+    <t>06DTBP</t>
+  </si>
+  <si>
     <t>The Taxing Road to Sustainable Growth: Resource Productivity and Corporate Taxation</t>
   </si>
   <si>
     <t>https://www.ibfd.org/shop/book/taxing-road-sustainable-growth-resource-productivity-and-corporate-taxation</t>
   </si>
   <si>
     <t>Mark Bowler Smith</t>
   </si>
   <si>
     <t>06PTRSG</t>
   </si>
   <si>
     <t>This book explores a very practical way in which a tax system might help generate more sustainable economic growth by promoting competitiveness and sustainable development.Why this book?This book explores one way in which a tax system might help promote competitiveness and sustainable development. Focusing on the UK corporation tax, it recommends the introduction of a Resource Productivity Tax Credit, where resource productivity is defined as the money value of outputs relative to the money value of material resource and non-renewable energy inputs.The book is structured such that it first explores the legal mandate to promote competitiveness and sustainable development as contained in article 3(3) of the Treaty of the European Union. It then explores what competitiveness and sustainable development actually mean, particularly in an EU policy context, through the lenses of Europe 2020 and the EU Sustainable Development Strategy. It concludes that not only is there a great deal of common ground between competitiveness and sustainable development, as objectives, but that increasing resource productivity is a necessary means to those shared ends.After exploring EU tax policy and the relevant rules of the UK corporation tax for evidence of any kind of focus on competitiveness and sustainable development, as well as examining the suitability of corporate income taxes as policy instruments for increasing resource productivity, the book concludes that there is ample scope for a statutory tax incentive to be appended to the UK corporation tax to help fulfil the article 3 mandate.The headline objective of the Resource Productivity Tax Credit is to promote higher resource productivity in the trading activities of individual companies, in particular targeted sectors, through improvements to the knowledge base of those companies rather than through the increased use of raw materials, non-renewable energy and/or intermediate goods.</t>
   </si>
   <si>
-    <t>06DTBP</t>
+    <t>Tax Treaty Case Law around the Globe 2012</t>
+  </si>
+  <si>
+    <t>https://www.ibfd.org/shop/book/tax-treaty-case-law-around-globe-2012</t>
+  </si>
+  <si>
+    <t>Eric C.C.M. Kemmeren</t>
+  </si>
+  <si>
+    <t>May 2013</t>
+  </si>
+  <si>
+    <t>06PTTCL</t>
+  </si>
+  <si>
+    <t>This book is a unique publication that discusses the thirty-five most important tax treaty cases which were decided by judges in 2011 around the globe.Why this book?Tax Treaty Case Law around the Globe 2012 comprises the proceedings of a conference held in Tilburg, the Netherlands on 14-16 June 2012. The book provides a unique and comprehensive global overview of international tax disputes on double tax conventions, thereby filling a gap in the area of tax treaty case law. It covers the thirty-five most important tax treaty cases that were decided during the course of 2011 around the world. The systematic structure of each case allows easy and efficient comparison of the varying application and interpretation of tax treaties in different regimes.With the continuously increasing importance of tax treaties, Tax Treaty Case Law around the Globe 2012 is a valuable reference tool for anyone interested in tax treaty case law. This book is of interest to tax practitioners, multinational businesses, policymakers, tax administrators, judges and academics.</t>
+  </si>
+  <si>
+    <t>Retroactivity of Tax Legislation</t>
+  </si>
+  <si>
+    <t>https://www.ibfd.org/shop/book/retroactivity-tax-legislation</t>
+  </si>
+  <si>
+    <t>Hans Gribnau, Melvin Pauwels</t>
+  </si>
+  <si>
+    <t>06PRTL</t>
+  </si>
+  <si>
+    <t>This book is based on the proceedings of the annual meeting of the European Association of Tax Law Professors (EATLP) held in Leuven from 27-29 May 2010.Why this book?This book comprises the final reports of the annual meeting of the European Association of Tax Law Professors (EATLP) held in Leuven, Belgium from 27-29 May 2010. The main subject of the conference was retroactivity in taxation.</t>
+  </si>
+  <si>
+    <t>The Burden of Proof in Tax Law</t>
+  </si>
+  <si>
+    <t>https://www.ibfd.org/shop/book/burden-proof-tax-law</t>
+  </si>
+  <si>
+    <t>Gerard Meussen</t>
+  </si>
+  <si>
+    <t>06PBP</t>
+  </si>
+  <si>
+    <t>This book is based on the proceedings of the annual meeting of the European Association of Tax Law Professors (EATLP) held in Uppsala from 2-3 June 2011.Why this book?This book comprises the final reports of the annual meeting of the European Association of Tax Law Professors (EATLP) held in Uppsala, Sweden from 2-3 June 2011. The general topic of the conference was the burden of proof in tax law. The conference topic was divided into four sub-themes: national concepts of the division of the burden of proof; national anti-abuse provisions and the burden of proof; the burden of proof in relation to EU law; and the burden of proof in the context of transfer pricing regimes.</t>
   </si>
   <si>
     <t>The Interface of International Trade Law and Taxation</t>
   </si>
   <si>
     <t>https://www.ibfd.org/shop/book/interface-international-trade-law-and-taxation</t>
   </si>
   <si>
     <t>Volume 26</t>
   </si>
   <si>
     <t>Jennifer E. Farrell</t>
   </si>
   <si>
-    <t>May 2013</t>
-[...1 lines deleted...]
-  <si>
     <t>06PIITL</t>
   </si>
   <si>
     <t>This book offers an in-depth legal, historical and reform-orientated analysis of the reach of the World Trade Organization’s rules in the field of taxation.Winner of the 2011 Mitchell B. Carroll Prize awarded by the International Fiscal Association (IFA).Why this book?This book explores the ill-defined and oft-underestimated relationship between the World Trade Organization (WTO) and taxation. By adopting a two-pronged approach, the relationship is examined in terms of the extent to which the WTO legal framework exerts influence upon domestic tax law and international tax policy, and whether it is appropriate for the WTO to play a regulatory role in the field of taxation.The book begins with an examination of the historical development of international trade law and international tax law, and demonstrates that these two separate areas of law are closely linked in terms of their underlying principles and historical evolution. The work then goes on to offer a doctrinal analysis of the tax content found in the WTO legal texts and highlights ambiguities therein.It is argued that the WTO plays a crucial role in regulating taxation matters, but that the rules pertaining to taxation are often unmanageably ambiguous, which may result in unforeseen conflicts with domestic and international tax policy. Four recommendations are offered in this thesis to resolve this legal ambiguity: a reappraisal of the direct-indirect tax distinction, the clarification of legal texts, the establishment of a WTO Committee on Trade and Taxation, and the development of institutional linkages and dialogue between the WTO and the traditional international tax institutions.</t>
   </si>
   <si>
-    <t>Tax Treaty Case Law around the Globe 2012</t>
-[...43 lines deleted...]
-  <si>
     <t>06EIITL</t>
   </si>
   <si>
     <t>Interpretation and Application of Tax Treaties in North America 2nd edition</t>
   </si>
   <si>
     <t>https://www.ibfd.org/shop/book/interpretation-and-application-tax-treaties-north-america-2nd-edition</t>
   </si>
   <si>
     <t>Juan Angel Becerra</t>
   </si>
   <si>
     <t>April 2013</t>
   </si>
   <si>
     <t>06EIATT_2013</t>
   </si>
   <si>
     <t>This book presents an in-depth analysis of the tax treaty policy, court cases, and other tax treaty information from Canada, Mexico and the United States.Why this book?The book `Interpretation and Application of Tax Treaties in North America' provides a comprehensive analysis of the tax treaty policy, court cases, competent authority agreements and other relevant tax treaty information from Canada, Mexico and the United States. It is divided into three sections: Section I presents the origins and development of tax treaty law and the general treaty interpretation principles. The work carried out by the League of Nations and the OECD’s ultimate codification of customary tax treaty practice are discussed, followed by a discussion of the public international law principles that have been applied to tax treaty situations. Section II presents the general tax treaty interpretation approach, as well as the specific interpretation and application principles which have been applied in Canada, Mexico and the United States. Finally, Section III presents potential solutions and conclusions.Nearly 100 countries have concluded tax treaties with Canada, Mexico or the United States. Therefore, this book is an important addition to the library of any tax practitioner interested in knowing how a tax treaty situation would be interpreted in these countries.</t>
   </si>
   <si>
     <t>06DIATT_2013</t>
   </si>
   <si>
     <t>A VAT/GST Model Convention</t>
@@ -5588,89 +5648,89 @@
   <si>
     <t>06PTTIC</t>
   </si>
   <si>
     <t>The book analyses the complex issue of the tax treatment of interest for corporations from different perspectives, including economics, tax policy, comparative law, and EU and international law.Why this book?The tax treatment of interest for corporations continues to engage both tax academics and tax practitioners. In Tax Treatment of Interest for Corporations various aspects of this matter (interest deduction limitations, discriminatory treatment of equity versus debt, preferential tax regimes on group interest income and withholding tax on interest) are dealt with from different perspectives, including economics, tax policy, comparative law, and EU and international law.Prominent practitioners and academics give their views on the tax treatment of interest.Subjects discussed are:The debt/equity distinction in corporate taxation from a legal and economic perspectiveCBIT (comprehensive business income tax) versus ACE (allowance for corporate equity)The concept of interest in tax treatiesThe notional interest deduction (Belgium)Thin capitalization in BrazilEarnings stripping (Germany)Interest deduction in DenmarkWithholding tax on interest within the EU: gross or net?Thin cap rules from an EU perspectiveEU State aid and the EU Code of Conduct combating harmful tax competitionACTL conference report on tax treatment of interest for corporationsTax Treatment of Interest for Corporations is a unique combination of academic and practical discussions of economic and policy issues, domestic legislation, EU law and tax treaty law. </t>
   </si>
   <si>
     <t>The Principle of Non-discrimination in International and European Tax Law</t>
   </si>
   <si>
     <t>https://www.ibfd.org/shop/book/principle-non-discrimination-international-and-european-tax-law</t>
   </si>
   <si>
     <t>Niels Bammens</t>
   </si>
   <si>
     <t>December 2012</t>
   </si>
   <si>
     <t>06PPND</t>
   </si>
   <si>
     <t>This dissertation analyses the non-discrimination principle in tax treaties and in the direct tax case law of the Court of Justice of the European Union.Winner of the 2012 Mitchell B. Carroll Prize awarded by the International Fiscal Association (IFA).Why this book?The principle of non-discrimination plays a vital role in international and European tax law. This dissertation analyses the interpretation given to that principle in tax treaty practice and in the direct tax case law of the Court of Justice of the European Union (ECJ) on the fundamental freedoms. The objective of this analysis is twofold: to give a clear and thorough overview of both standards and to determine whether they share a common, underlying principle of non-discrimination. In order to achieve these objectives, a comprehensive selection of case law is discussed from the perspective of the two constitutive elements of discrimination, comparability and the existence of different treatment. Moreover, attention is drawn to the question whether a domestic measure that is found to be discriminatory may nevertheless be justified on the basis of reasons of public interest.Finally, the possible interplay between both standards is addressed. First, the partial overlap of the two non-discrimination rules may cause frictions. Complex triangular situations are possible, with conflicting rules giving rise to interpretation problems. A second issue discussed in this context is whether national courts of EU Member States are influenced by ECJ case law on the fundamental freedoms when interpreting the non-discrimination provision in tax treaties. Given the deficiencies of that provision, courts may be tempted to draw inspiration from the European standard. The relevant case law is discussed in order to determine whether there is indeed such an influence, and whether such an influence is appropriate.</t>
   </si>
   <si>
+    <t>Guide to Tax Rulings in Belgium</t>
+  </si>
+  <si>
+    <t>https://www.ibfd.org/shop/book/guide-tax-rulings-belgium</t>
+  </si>
+  <si>
+    <t>René Willems</t>
+  </si>
+  <si>
+    <t>November 2012</t>
+  </si>
+  <si>
+    <t>06EGTRB</t>
+  </si>
+  <si>
+    <t>Corporate Taxation, Holding Companies, Individual Taxation, Tax Management, Transfer Pricing, VAT</t>
+  </si>
+  <si>
+    <t>A unique insight into the Belgian tax structure and its world-class tax rulings system.Why this book?Belgium is a leading business centre, due to its geographical location at the heart of Europe, its multicultural population and its history. Multinational corporations (MNCs), both foreign and home grown, constitute the engine of Belgium’s economy, making Belgium one of the most globalized countries in the world. With its large number of foreign investors, Belgium’s tax legislators are aware of the importance of upfront legal certainty and, for this reason, the legal framework for a general formal rulings system was introduced as from 2003.Guide to Tax Rulings in Belgium provides a unique insight into the Belgian tax structure and its world-class tax rulings system. The book begins with a high-level overview of the main tax issues that investors might face and a description of the Belgian tax rulings system. From a business perspective, the book sets out how tax rulings can support investors in establishing, operating or changing their business infrastructure in Belgium. The book gives numerous examples of successful cases and shows how tax rulings can proactively underpin investors’ specific solutions.Tax rulings are a very powerful risk management instrument, and Guide to Tax Rulings in Belgium demonstrates how a smart use of the Belgian rulings system can proactively support businesses. Tax advisers worldwide can benefit from the transparency of the robust Belgian rulings practice as a source of inspiration: e.g. in the field of transfer pricing, multiple rulings provide concrete cases of Belgian solutions to transfer pricing issues in line with the OECD Guidelines.The book is a valuable guide for MNCs already present in Belgium, foreign direct investors interested in having a presence and inbound investments in Belgium, tax advisers worldwide, and business people.</t>
+  </si>
+  <si>
+    <t>06DGTRB</t>
+  </si>
+  <si>
     <t>Horizontal Tax Coordination</t>
   </si>
   <si>
     <t>https://www.ibfd.org/shop/book/horizontal-tax-coordination</t>
   </si>
   <si>
     <t>M Lang et al.</t>
   </si>
   <si>
-    <t>November 2012</t>
-[...1 lines deleted...]
-  <si>
     <t>06PHTC</t>
   </si>
   <si>
     <t>The book Horizontal Tax Coordination provides an in-depth analysis of the impact of court judgments in the framework of tax harmonization in federal states.Why this book?This book is the result of a research project entitled “Horizontal Tax Coordination within the EU and within States” that was conducted by the Institute for Austrian and International Tax Law at WU (Vienna University of Economics and Business). The aim of this project was to examine the role court judgments have played in the framework of tax harmonization in federal states and how decisive this impact was.In this respect the participants took also a closer look at ECJ case law and how it may be compared to other jurisdictions where federal fiscal structures exist, such as the United States, Switzerland, Belgium, Spain, Austria, Russia, Mexico, Brazil, India and Australia. The judgments of the various courts were contrasted with each other in order to learn more about the impact on harmonization in the field of tax law. From these findings conclusions for the purpose of EU tax policy were drawn.</t>
   </si>
   <si>
-    <t>Guide to Tax Rulings in Belgium</t>
-[...19 lines deleted...]
-  <si>
     <t>Tax Rules in Non-Tax Agreements</t>
   </si>
   <si>
     <t>https://www.ibfd.org/shop/book/tax-rules-non-tax-agreements</t>
   </si>
   <si>
     <t>September 2012</t>
   </si>
   <si>
     <t>06PTRNT</t>
   </si>
   <si>
     <t>Written by experts from around the globe, the book examines the relevance of tax rules in non-tax agreements and highlights problematic issues in this important field of tax law.Why this book?Tax rules in non-tax agreements is a topic of great relevance in practice. Yet, up to now, this area of tax law has been generally neglected by researchers. The aim of this book is to close this gap in tax law research and to analyse the provisions of international agreements and similar legal instruments under international law which provide for a special domestic law tax treatment for specific individuals and international organizations.Twenty-three national reports from countries across the globe have been compiled and are published in this volume. Seventy experts, including the authors of the national report, convened for a joint conference on “Tax Rules in Non-Tax Agreements” in Rust (Austria) from 7-9 July 2011. The national reports focus on the interaction of tax rules in non-tax agreements with the corresponding tax treaty rules. Moreover, possible matters of dispute regarding the justification of these tax rules within the legal and political frameworks of the different states are given much attention. The objective of this book is to show the relevance of tax rules in non-tax agreements, to highlight problematic issues and to encourage future research in this important field of tax law.</t>
   </si>
   <si>
     <t>Taxing the Financial Sector: The Financial Transaction Tax and More</t>
   </si>
   <si>
     <t>https://www.ibfd.org/shop/book/taxing-financial-sector-financial-transaction-tax-and-more</t>
   </si>
   <si>
     <t>Dennis Weber, Otto Marres</t>
   </si>
   <si>
     <t>June 2012</t>
@@ -6029,80 +6089,80 @@
   <si>
     <t>06PATP</t>
   </si>
   <si>
     <t>This book comprises a selection of papers presented at a conference in honour of John Avery Jones which was held on 22 and 23 April 2010 in London.Why this book?This book comprises a selection of papers presented at a conference in honour of John Avery Jones which was held on 22 and 23 April 2010 in London. The conference brought together experts in international and UK domestic taxation from around the world to celebrate Dr. Avery Jones's contribution to the fiscal arena to mark his 70th birthday and forthcoming retirement as Judge of the First and Upper Tier Tax Tribunals.The participators of the conference were drawn almost exclusively from three groups: the International Tax Group (ITG) of which Dr. Avery Jones was one of the founder members; the Advisory Group on the OECD Model; and UK tax academics. The papers reflect Dr. Avery Jones's many areas of interest, covering both international taxation and various aspects of UK domestic taxation. Many of the papers drew their inspiration from Dr. Avery Jones's academic writings or from his contribution as a tax judge.</t>
   </si>
   <si>
     <t>Mutual Assistance and Information Exchange</t>
   </si>
   <si>
     <t>https://www.ibfd.org/shop/book/mutual-assistance-and-information-exchange</t>
   </si>
   <si>
     <t>Roman Seer, Isabel Gabert</t>
   </si>
   <si>
     <t>December 2010</t>
   </si>
   <si>
     <t>06PMAIE</t>
   </si>
   <si>
     <t>This book is based on the proceedings of the annual meeting of the European Association of Tax Law Professors (EATLP) held in Santiago de Compostela from 4-6 June 2009.</t>
   </si>
   <si>
+    <t>Residence of Individuals under Tax Treaties and EC Law</t>
+  </si>
+  <si>
+    <t>https://www.ibfd.org/shop/book/residence-individuals-under-tax-treaties-and-ec-law</t>
+  </si>
+  <si>
+    <t>May 2010</t>
+  </si>
+  <si>
+    <t>06PRITT</t>
+  </si>
+  <si>
+    <t>This book deals comprehensively with the problems raised by residence of individuals for tax purposes.Why this book?This book begins with an overview of residence of individuals in private international law, with a particular emphasis on general principles on residence and conflict of law rules. It then examines issues raised by residence of individuals in EC (non-tax) law.Individual country surveys provide in-depth analyses from a national viewpoint. The following countries are discussed: Australia, Austria, Belgium, Canada, France, Germany, Italy, Japan, Netherlands, Spain, Switzerland and United Kingdom.This book is essential reading for all those dealing with issues of taxation of individuals in an international context.</t>
+  </si>
+  <si>
     <t>Separation of Powers in Tax Law</t>
   </si>
   <si>
     <t>https://www.ibfd.org/shop/book/separation-powers-tax-law</t>
   </si>
   <si>
-    <t>May 2010</t>
-[...1 lines deleted...]
-  <si>
     <t>06PSPTL</t>
   </si>
   <si>
     <t>Asia-Pacific, Europe, European Union, North America, Worldwide</t>
   </si>
   <si>
     <t>This book is based on the proceedings of the annual meeting of the European Association of Tax Law Professors (EATLP) held in Santiago de Compostela form 4-6 June 2009.</t>
   </si>
   <si>
-    <t>Residence of Individuals under Tax Treaties and EC Law</t>
-[...10 lines deleted...]
-  <si>
     <t>Tax Risk Management</t>
   </si>
   <si>
     <t>https://www.ibfd.org/shop/book/tax-risk-management</t>
   </si>
   <si>
     <t>Anuschka Bakker, Sander Kloosterhof</t>
   </si>
   <si>
     <t>April 2010</t>
   </si>
   <si>
     <t>030RM</t>
   </si>
   <si>
     <t>Africa, Asia-Pacific, Europe, Latin America, North America, Worldwide</t>
   </si>
   <si>
     <t>Case Law, Corporate Taxation, Holding Companies, Individual Taxation, Mergers and Acquisitions, Permanent Establishments, Tax Management, Treaties, Trusts</t>
   </si>
   <si>
     <t>From Risk to Opportunity</t>
   </si>
   <si>
     <t>In response to a number of large corporate failures, risk management has recently become a major consideration for most organizations. At the same time, taxation has been recognized as an area having its own unique risk profiles.Why this book?Tax Risk Management: From Risk to Opportunity provides a practical guide for those working in today’s ever-changing corporate environment. This book contains an introduction to tax risk management and discussions on the tax control framework that allow corporate tax departments to identify and manage companies’ tax-related risks. The book also includes country chapters, which provide practical examples of the development and application of tax control frameworks.The book is an essential reference for anyone operating in the current corporate world. By providing a better understanding of the complex issues of tax risk and its effective management, the book will assist tax authorities, legislators, tax practitioners and tax directors in their daily practice.</t>
@@ -6284,107 +6344,107 @@
   <si>
     <t>Joerg Manfred Moessner</t>
   </si>
   <si>
     <t>May 2009</t>
   </si>
   <si>
     <t>06PTWE</t>
   </si>
   <si>
     <t>This book is based on the proceedings of the annual meeting of the European Association of Tax Law Professors (EATLP) held in Cambridge from 10-12 July 2008.</t>
   </si>
   <si>
     <t>EC Law Aspects of Hybrid Entities</t>
   </si>
   <si>
     <t>https://www.ibfd.org/shop/book/ec-law-aspects-hybrid-entities</t>
   </si>
   <si>
     <t>Gijs Fibbe</t>
   </si>
   <si>
     <t>April 2009</t>
   </si>
   <si>
+    <t>06PECLA</t>
+  </si>
+  <si>
+    <t>This study discusses the impact of the EC Treaty on the recognition of entities in the internal market.The EC Treaty envisages the internal market as an area without internal frontiers in which the free movement of goods, persons, services and capital is ensured in accordance with the provisions of the EC Treaty.One of the key questions discussed in this study is how this rationale reflects the relation between tax laws of Member States and, specifically, the relation between the application of autonomous classification methods by Member States and the free allocation of economic resources in the internal market.This study also contains an examination of how the different approaches to hybrid entities in tax treaties interfere with EC law. This part of the study contains an analysis of how the interrelation between domestic (tax) laws and the approach to classification conflicts under existing bilateral tax treaties relates to EC law.</t>
+  </si>
+  <si>
     <t>06EECLA</t>
   </si>
   <si>
-    <t>This study discusses the impact of the EC Treaty on the recognition of entities in the internal market.The EC Treaty envisages the internal market as an area without internal frontiers in which the free movement of goods, persons, services and capital is ensured in accordance with the provisions of the EC Treaty.One of the key questions discussed in this study is how this rationale reflects the relation between tax laws of Member States and, specifically, the relation between the application of autonomous classification methods by Member States and the free allocation of economic resources in the internal market.This study also contains an examination of how the different approaches to hybrid entities in tax treaties interfere with EC law. This part of the study contains an analysis of how the interrelation between domestic (tax) laws and the approach to classification conflicts under existing bilateral tax treaties relates to EC law.</t>
-[...4 lines deleted...]
-  <si>
     <t>Tax and the Environment</t>
   </si>
   <si>
     <t>https://www.ibfd.org/shop/book/tax-and-environment</t>
   </si>
   <si>
     <t>06PTE</t>
   </si>
   <si>
     <t>This book highlights the opportunity to save taxes and the environment. It provides a thorough overview of both environmental taxes and tax incentives related to environmentally friendly investments and activities.It starts with a general introduction into the principles of environmental taxation and then, by looking at a set of 13 countries, the book provides an analysis of tax measures in the field of direct and indirect taxation with regard to the environment. It concludes with a comparative overview of the tax measures in the countries discussed.</t>
   </si>
   <si>
+    <t>Belgium in International Tax Planning</t>
+  </si>
+  <si>
+    <t>https://www.ibfd.org/shop/book/belgium-international-tax-planning-0</t>
+  </si>
+  <si>
+    <t>Patrick A.A. Vanhaute</t>
+  </si>
+  <si>
+    <t>August 2008</t>
+  </si>
+  <si>
+    <t>06EBITP</t>
+  </si>
+  <si>
+    <t>Second Revised Edition</t>
+  </si>
+  <si>
+    <t>This book is a valuable reference for those interested in gaining a working knowledge of the Belgian tax system.Why this book?In the past few years there has been considerable change in Belgian tax legislation. This has necessitated a revised second edition of Belgium in International Tax Planning, which addresses the most recent developments.These changes include: the abolition of bearer shares and other financial instruments; the introduction of notional interest deduction; the 2004 Belgium–Hong Kong tax treaty; and the introduction of Art. 285 on transfer pricing in the Belgian Income Tax Code.</t>
+  </si>
+  <si>
     <t>The Acte Clair in EC Direct Tax Law</t>
   </si>
   <si>
     <t>https://www.ibfd.org/shop/book/acte-clair-ec-direct-tax-law</t>
   </si>
   <si>
     <t>Ana Paula Dourado, Ricardo da Palma Borges</t>
   </si>
   <si>
-    <t>August 2008</t>
-[...1 lines deleted...]
-  <si>
     <t>06PACEC</t>
   </si>
   <si>
     <t>The Acte Clair in EC Direct Tax Law discusses the legal issues arising from the search for certainty in the relationship between Community law and direct tax law. In addition, it contains an in-depth analysis of the CILFIT doctrine in action and its demand for legal certainty.Why this book?This book is the result of a GREIT conference hosted in Lisbon in 2007, the topic of discussion was the acte clair doctrine, which was developed during the early ‘80s at a stage when the European Court of Justice started to perceive that there was a settled body of its case law and considered it opportune to limit its statements in areas in which it had already provided a clear interpretation of European law.By looking at both how the case law of the European Court of Justice (ECJ) in the area of direct taxation fits the CILFIT criteria, and how such criteria are complied with by national courts, the book reviews and discusses the application in the field of direct taxation of the criteria put forward by the ECJ.Acte Clair in EC Direct Tax Law highlights some of the current challenges faced by the EU judicial system in view of the expansion of EU law and its decentralized application at national level.</t>
   </si>
   <si>
-    <t>Belgium in International Tax Planning</t>
-[...16 lines deleted...]
-  <si>
     <t>International and EC Tax Aspects of Groups of Companies</t>
   </si>
   <si>
     <t>https://www.ibfd.org/shop/book/international-and-ec-tax-aspects-groups-companies</t>
   </si>
   <si>
     <t>May 2008</t>
   </si>
   <si>
     <t>06PIECT</t>
   </si>
   <si>
     <t>Worldwide, North America, Europe, European Union</t>
   </si>
   <si>
     <t>Case Law, Corporate Taxation, Treaties, VAT</t>
   </si>
   <si>
     <t>This book provides a unique and detailed insight into the taxation of groups in an international context in selected common and civil law countries.Why this book?Comprising the proceedings and working documents of an annual seminar held in Milan in November 2007, this book analyses the tax issues for groups of companies operating in a European or worldwide dimension. The book examines the issues raised by both tax treaty and European law by focusing on selected topics. It first provides an analysis of the group concept under company and commercial law followed by an overview of taxation of groups in common and civil law countries.The tax regime of groups of companies under European law is further considered, both for income tax and VAT. The issues raised by application of tax treaties to groups of companies is then considered, with a particular emphasis on treaty recognition of groups, application of tax treaties to companies included in national group consolidation regimes, and application of the treaty articles on business income and non-discrimination.Individual country surveys provide an in-depth analysis of the above issues from a national viewpoint in selected European and North American jurisdictions.This book presents a unique and detailed insight of the taxation of groups in the international context and is therefore an essential reference source for all international tax practitioners.</t>
   </si>
   <si>
     <t>The Legal Status of the OECD Commentaries</t>
   </si>
   <si>
     <t>https://www.ibfd.org/shop/book/legal-status-oecd-commentaries-0</t>
@@ -6521,101 +6581,101 @@
   <si>
     <t>https://www.ibfd.org/shop/book/accounting-and-taxation-assessment-ecj-case-law</t>
   </si>
   <si>
     <t>Michael Lang, Frans Vanistendael</t>
   </si>
   <si>
     <t>January 2007</t>
   </si>
   <si>
     <t>06PATAE</t>
   </si>
   <si>
     <t>This book comprises the proceedings of the annual meeting of the European Association of Tax Law Professors (EATLP) held in Helsinki from 7-9 June, 2007.Why this book?Accounting and Taxation &amp; Assessment of ECJ Case Law comprises the proceedings of the annual meeting of the European Association of Tax Law Professors (EATLP) held in Helsinki from 7-9 June, 2007. All of the lectures and the papers that were presented at the congress are presented in this book.</t>
   </si>
   <si>
     <t>Income from International Private Employment</t>
   </si>
   <si>
     <t>https://www.ibfd.org/shop/book/income-international-private-employment</t>
   </si>
   <si>
     <t>Frank Pötgens</t>
   </si>
   <si>
+    <t>06PIIPE</t>
+  </si>
+  <si>
+    <t>Case Law, Individual Taxation, Treaties</t>
+  </si>
+  <si>
+    <t>This study considers the treatment of income from private employment under tax treaties containing provisions analogous or similar to Article 15 of the OECD Model.Why this book?This study considers the treatment of income from private employment under tax treaties containing provisions analogous or similar to Article 15 of the OECD Model. It offers an in-depth analysis of these provisions as well as suggestions for improvements in the application and interpretation.It approaches the analysis of Article 15 of the OECD Model from the perspective of five key countries: Belgium, Germany, the Netherlands, the United Kingdom and the United States. By analysing case law, legal literature and official policy statements of these countries' respective tax authorities, the study also describes potential difficulties.An overview is provided of the various interpretations and explanations employed in these countries, which is also used by the author in developing a preferred interpretation of a term at issue.</t>
+  </si>
+  <si>
     <t>06EIIPE</t>
   </si>
   <si>
-    <t>Case Law, Individual Taxation, Treaties</t>
-[...7 lines deleted...]
-  <si>
     <t>The Concept of Tax</t>
   </si>
   <si>
     <t>https://www.ibfd.org/shop/book/concept-tax</t>
   </si>
   <si>
     <t>Bruno Peeters et al.</t>
   </si>
   <si>
     <t>06PCOT</t>
   </si>
   <si>
     <t>This book presents a comprehensive study of the concept of tax from both an EU and a global perspective.Why this book?This book presents the final reports of the annual meeting of the European Association of Tax Law Professors (EATLP) held in Caserta (Naples) from 27-29 May 2005. The general theme of the congress was the concept of tax. In a preparatory meeting held in Paris the 3rd of June 2004 it was agreed to form three working groups. The first group, coordinated by Bruno Peeters, dealt with a comparative study of the concept of tax in the different EU member States. The second group, coordinated by Pedro Herrera, dealt with the concept of tax in EU law. The third group, chaired by Kees van Raad, tackled the concept of tax of in the OECD Model and in the World Trade Organisation’s Agreements. These working groups prepared respectively the three parts of this book.</t>
   </si>
   <si>
     <t>Dispute Resolution under Tax Treaties</t>
   </si>
   <si>
     <t>https://www.ibfd.org/shop/book/dispute-resolution-under-tax-treaties</t>
   </si>
   <si>
     <t>Dr Zvi Daniel Altman</t>
   </si>
   <si>
     <t>May 2006</t>
   </si>
   <si>
+    <t>06PDRTT</t>
+  </si>
+  <si>
+    <t>Case Law, Corporate Taxation, Permanent Establishments, Tax Management, Transfer Pricing, Treaties</t>
+  </si>
+  <si>
+    <t>As the interrelationship among tax bases continues to parallel the rapid development of the global economy, disputes among governments as to their right to tax international trade and investments under income tax treaties are expected to increase in number and scope.Winner of the 2006 Mitchell B. Carroll Prize awarded by the International Fiscal Association (IFA).Why This Book?This study takes an in-depth look at the mechanisms used to resolve such disputes and how they interact with the interests of the various parties involved in the process. The study presents an analysis of the available literature, supplemented by statistical data from North America, Europe and Asia. Analysis of this data leads to interesting insights into the way the dispute resolution process functions when it is applied in different contexts.The study concludes by suggesting the creation of a new mechanism for the resolution of tax treaty-related disputes, and advocates, in part, the establishment of a new international organization with links to domestic judicial networks. This mechanism is then subjected to the same common framework analysis and checklist used in earlier parts of the study. The analysis suggests how such a mechanism would mitigate some of the most formidable challenges associated with the current dispute resolution procedures.</t>
+  </si>
+  <si>
     <t>06EDRTT</t>
   </si>
   <si>
-    <t>Case Law, Corporate Taxation, Permanent Establishments, Tax Management, Transfer Pricing, Treaties</t>
-[...7 lines deleted...]
-  <si>
     <t>Tax Treaties and Domestic Law</t>
   </si>
   <si>
     <t>https://www.ibfd.org/shop/book/tax-treaties-and-domestic-law</t>
   </si>
   <si>
     <t>March 2006</t>
   </si>
   <si>
     <t>06ETTDL</t>
   </si>
   <si>
     <t>This book provides an in-depth analysis of the relationships between tax treaties and domestic law. It begins with an analysis of the topic from a constitutional and an international point of view, with a particular emphasis on the provisions laid down by Articles 26 and 27 of the Vienna Convention on the Law of Treaties.Why this book?Special reports focus on tax treaty issues. In this context, specific problems raised by tax treaties are considered, such as treaty overrides and anti-abuse measures. The interaction between treaty provisions and domestic laws is taken into consideration.Individual country surveys show how the issues raised by the relationships between tax treaties and domestic law are resolved by tax administrations and courts in selected European and non-European countries.A specific chapter is devoted to an analysis of how the relationships between tax treaties and domestic law can be improved in the fields of treaty override, treaty residence and anti-abuse measures.</t>
   </si>
   <si>
     <t>EU Freedoms and Taxation</t>
   </si>
   <si>
     <t>https://www.ibfd.org/shop/book/eu-freedoms-and-taxation</t>
   </si>
   <si>
     <t>January 2006</t>
   </si>
   <si>
     <t>06EEUFT</t>
@@ -6830,63 +6890,60 @@
   <si>
     <t>06EPHA</t>
   </si>
   <si>
     <t>€ 219,00</t>
   </si>
   <si>
     <t>$ 279,00</t>
   </si>
   <si>
     <t>This book presents a perspective of the particular circumstances that the ethical pharmaceutical industry must take into account regarding transfer pricing.Why this book?This report was originally a study commissioned by a number of leading pharmaceutical companies into the transfer pricing of ethical pharmaceutical products, i.e. those products whose safety, efficacy and quality have been proven by state-of-the-art scientific methods. Since its original publication, significant developments have occurred in both the industry and with respect to transfer pricing. In light of these developments, the updated edition presents a current perspective of the particular circumstances that the ethical pharmaceutical industry must take into account regarding transfer pricing.The report is intended to stimulate discussion of these issues at all levels, i.e. amongst national and supranational authorities, non-governmental organizations, the academic world, transfer pricing practitioners advising governments and industry, and experts and executives in the ethical pharmaceutical industry itself.The text is fully supported by examples, statistics and charts to demonstrate and, where possible, visualise the particulars of the ethical pharmaceutical industry in relation to its transfer pricing. Background information and pertinent references ensure that the report is accessible also to those previously unfamiliar with the industry.</t>
   </si>
   <si>
     <t>Advance Tax Rulings and Principles of Law</t>
   </si>
   <si>
     <t>https://www.ibfd.org/shop/book/advance-tax-rulings-and-principles-law</t>
   </si>
   <si>
     <t>Dr Carlo Romano</t>
   </si>
   <si>
     <t>September 2002</t>
   </si>
   <si>
-    <t>06PATR</t>
+    <t>06EATR</t>
   </si>
   <si>
     <t>Case Law, Derivatives &amp; Financial Instruments</t>
   </si>
   <si>
     <t>Towards a European Tax Rulings System</t>
   </si>
   <si>
     <t>A thorough study of the legal instruments of the advance tax ruling - being any advice, information or statement provided by the tax authorities to a specific taxpayer concerning his tax situation in respect of future transactions, and on which that taxpayer is (to a certain extent) entitled to rely.Why This Book?This book is of value to both academics and practitioners, was well as to anyone interested in tax procedural aspects. It is of interest not only to those dealing with the tax authorities, but also to the tax authorities themselves.</t>
-  </si>
-[...1 lines deleted...]
-    <t>06EATR</t>
   </si>
   <si>
     <t>Mergers and Acquisitions in Switzerland</t>
   </si>
   <si>
     <t>https://www.ibfd.org/shop/book/mergers-and-acquisitions-switzerland</t>
   </si>
   <si>
     <t>Richard J. Wuermli</t>
   </si>
   <si>
     <t>June 2002</t>
   </si>
   <si>
     <t>06EMAS</t>
   </si>
   <si>
     <t>Mergers and Acquisitions</t>
   </si>
   <si>
     <t>National and Transnational</t>
   </si>
   <si>
     <t>Mergers and Acquisitions in Switzerland surveys in detail the tax laws affecting corporate reorganizations in Switzerland and illustrates systematically the taxation of the most important reorganization transactions.Why this book?Transnational and national mergers, acquisitions, spin-offs and other forms of corporate reorganizations are vital parts of doing business successfully. In all transactions of these types, no matter how simple or complex they may be, it is essential for all aspects of taxation to be fully considered. Tax has become so important that the entire group structure may be organized in such a manner as to produce the most tax-efficient result. Indeed, tax harmonization and corporate tax reform in Switzerland went a long way toward simplification of corporate reorganizations, but there are still many significant pitfalls about which the practitioner must be aware.Mergers and Acquisitions in Switzerland surveys in detail the tax laws affecting corporate reorganizations in Switzerland and illustrates systematically the taxation of the most important reorganization transactions. The first part of the volume is a guide to the economic, tax and legal environments in Switzerland, whereas the second part serves experienced tax practitioners as a pointer to the most significant tax impacts of corporate reorganizations.</t>
   </si>
@@ -7337,54 +7394,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R719"/>
+  <dimension ref="A1:R729"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:R719"/>
+      <selection activeCell="A1" sqref="A1:R729"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="149.678" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="141.394" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="149.678" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="81.266" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="129.683" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="219.375" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="131.968" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="3770.222" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18">
@@ -7428,33561 +7485,33981 @@
         <v>12</v>
       </c>
       <c r="N1" s="1" t="s">
         <v>13</v>
       </c>
       <c r="O1" s="1" t="s">
         <v>14</v>
       </c>
       <c r="P1" s="1" t="s">
         <v>15</v>
       </c>
       <c r="Q1" s="1" t="s">
         <v>16</v>
       </c>
       <c r="R1" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="2" spans="1:18">
       <c r="A2" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="C2" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F2" s="1"/>
       <c r="G2" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="H2" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="H2" s="1" t="s">
+      <c r="I2" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="I2" s="1" t="s">
+      <c r="J2" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="J2" s="1" t="s">
+      <c r="K2" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="K2" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L2" s="1">
-        <v>9789087229740</v>
+        <v>9789465290058</v>
       </c>
       <c r="M2" s="1">
-        <v>722</v>
+        <v>762</v>
       </c>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="3" spans="1:18">
       <c r="A3" s="1" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="F3" s="1"/>
       <c r="G3" s="1" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H3" s="1" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="I3" s="1" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="J3" s="1" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="K3" s="1" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L3" s="1"/>
       <c r="M3" s="1">
-        <v>414</v>
+        <v>762</v>
       </c>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:18">
       <c r="A4" s="1" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D4" s="1"/>
       <c r="E4" s="1" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="F4" s="1"/>
       <c r="G4" s="1" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="I4" s="1" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="J4" s="1" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="K4" s="1" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="L4" s="1">
-        <v>9789465290027</v>
+        <v>9789465290065</v>
       </c>
       <c r="M4" s="1">
-        <v>406</v>
+        <v>386</v>
       </c>
       <c r="N4" s="1"/>
-      <c r="O4" s="1"/>
+      <c r="O4" s="1" t="s">
+        <v>39</v>
+      </c>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
       <c r="R4" s="1" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:18">
       <c r="A5" s="1" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D5" s="1"/>
       <c r="E5" s="1" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="F5" s="1"/>
       <c r="G5" s="1" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H5" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I5" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="I5" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J5" s="1" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="K5" s="1" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="L5" s="1">
-        <v>9789087229993</v>
-[...3 lines deleted...]
-      </c>
+        <v>9789465290072</v>
+      </c>
+      <c r="M5" s="1"/>
       <c r="N5" s="1"/>
-      <c r="O5" s="1"/>
+      <c r="O5" s="1" t="s">
+        <v>39</v>
+      </c>
       <c r="P5" s="1"/>
       <c r="Q5" s="1"/>
       <c r="R5" s="1" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
     </row>
     <row r="6" spans="1:18">
       <c r="A6" s="1" t="s">
-        <v>43</v>
+        <v>31</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="C6" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D6" s="1"/>
+      <c r="E6" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="F6" s="1"/>
+      <c r="G6" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="H6" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="D6" s="1">
-[...11 lines deleted...]
-      </c>
       <c r="I6" s="1" t="s">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="J6" s="1" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="K6" s="1" t="s">
-        <v>50</v>
-[...6 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L6" s="1"/>
+      <c r="M6" s="1"/>
       <c r="N6" s="1"/>
-      <c r="O6" s="1"/>
+      <c r="O6" s="1" t="s">
+        <v>39</v>
+      </c>
       <c r="P6" s="1"/>
       <c r="Q6" s="1"/>
       <c r="R6" s="1" t="s">
-        <v>51</v>
+        <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:18">
       <c r="A7" s="1" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D7" s="1"/>
       <c r="E7" s="1" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="F7" s="1"/>
       <c r="G7" s="1" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>53</v>
+        <v>42</v>
       </c>
       <c r="J7" s="1" t="s">
-        <v>54</v>
+        <v>43</v>
       </c>
       <c r="K7" s="1" t="s">
-        <v>55</v>
-[...4 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="L7" s="1">
+        <v>9789465290089</v>
+      </c>
+      <c r="M7" s="1"/>
       <c r="N7" s="1"/>
-      <c r="O7" s="1"/>
+      <c r="O7" s="1" t="s">
+        <v>39</v>
+      </c>
       <c r="P7" s="1"/>
       <c r="Q7" s="1"/>
       <c r="R7" s="1" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
     </row>
     <row r="8" spans="1:18">
       <c r="A8" s="1" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>44</v>
-[...10 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="C8" s="1"/>
+      <c r="D8" s="1"/>
+      <c r="E8" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" s="1"/>
       <c r="G8" s="1" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>57</v>
+        <v>28</v>
       </c>
       <c r="J8" s="1" t="s">
-        <v>58</v>
+        <v>29</v>
       </c>
       <c r="K8" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L8" s="1">
-        <v>9789087229917</v>
+        <v>9789465290034</v>
       </c>
       <c r="M8" s="1">
-        <v>1074</v>
+        <v>762</v>
       </c>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="R8" s="1" t="s">
-        <v>51</v>
+        <v>26</v>
       </c>
     </row>
     <row r="9" spans="1:18">
       <c r="A9" s="1" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="B9" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C9" s="1"/>
+      <c r="D9" s="1"/>
+      <c r="E9" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" s="1"/>
+      <c r="G9" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="H9" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="I9" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="J9" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="K9" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="C9" s="1" t="s">
-[...23 lines deleted...]
-      </c>
       <c r="L9" s="1">
-        <v>9789087229924</v>
+        <v>9789465290041</v>
       </c>
       <c r="M9" s="1">
-        <v>1074</v>
+        <v>762</v>
       </c>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
       <c r="P9" s="1"/>
       <c r="Q9" s="1"/>
       <c r="R9" s="1" t="s">
-        <v>51</v>
+        <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:18">
       <c r="A10" s="1" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="B10" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D10" s="1"/>
+      <c r="E10" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="F10" s="1"/>
+      <c r="G10" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="H10" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="I10" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="J10" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="K10" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="C10" s="1" t="s">
-[...24 lines deleted...]
-      <c r="L10" s="1"/>
+      <c r="L10" s="1">
+        <v>9789087229733</v>
+      </c>
       <c r="M10" s="1">
-        <v>1074</v>
+        <v>722</v>
       </c>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
       <c r="P10" s="1"/>
       <c r="Q10" s="1"/>
       <c r="R10" s="1" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
     </row>
     <row r="11" spans="1:18">
       <c r="A11" s="1" t="s">
-        <v>37</v>
+        <v>58</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>38</v>
+        <v>59</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D11" s="1"/>
       <c r="E11" s="1" t="s">
-        <v>39</v>
+        <v>60</v>
       </c>
       <c r="F11" s="1"/>
       <c r="G11" s="1" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H11" s="1" t="s">
         <v>61</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J11" s="1" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="K11" s="1" t="s">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="L11" s="1">
-        <v>9789465290003</v>
+        <v>9789087229993</v>
       </c>
       <c r="M11" s="1">
-        <v>406</v>
+        <v>414</v>
       </c>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
       <c r="P11" s="1"/>
       <c r="Q11" s="1"/>
       <c r="R11" s="1" t="s">
-        <v>41</v>
+        <v>64</v>
       </c>
     </row>
     <row r="12" spans="1:18">
       <c r="A12" s="1" t="s">
-        <v>18</v>
+        <v>65</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>19</v>
+        <v>66</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D12" s="1"/>
       <c r="E12" s="1" t="s">
-        <v>21</v>
+        <v>67</v>
       </c>
       <c r="F12" s="1"/>
       <c r="G12" s="1" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>63</v>
+        <v>23</v>
       </c>
       <c r="J12" s="1" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="K12" s="1" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L12" s="1"/>
       <c r="M12" s="1">
-        <v>722</v>
+        <v>406</v>
       </c>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
       <c r="P12" s="1"/>
       <c r="Q12" s="1"/>
       <c r="R12" s="1" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
     </row>
     <row r="13" spans="1:18">
       <c r="A13" s="1" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="D13" s="1"/>
       <c r="E13" s="1" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
       <c r="F13" s="1"/>
       <c r="G13" s="1" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="J13" s="1" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="K13" s="1" t="s">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="L13" s="1">
-        <v>9789087229979</v>
+        <v>9789087229740</v>
       </c>
       <c r="M13" s="1">
-        <v>414</v>
+        <v>722</v>
       </c>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
       <c r="P13" s="1"/>
       <c r="Q13" s="1"/>
       <c r="R13" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
     </row>
     <row r="14" spans="1:18">
       <c r="A14" s="1" t="s">
-        <v>37</v>
+        <v>58</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>38</v>
+        <v>59</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D14" s="1"/>
       <c r="E14" s="1" t="s">
-        <v>39</v>
+        <v>60</v>
       </c>
       <c r="F14" s="1"/>
       <c r="G14" s="1" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="J14" s="1" t="s">
-        <v>34</v>
+        <v>69</v>
       </c>
       <c r="K14" s="1" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L14" s="1"/>
       <c r="M14" s="1">
-        <v>406</v>
+        <v>414</v>
       </c>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
       <c r="P14" s="1"/>
       <c r="Q14" s="1"/>
       <c r="R14" s="1" t="s">
-        <v>41</v>
+        <v>64</v>
       </c>
     </row>
     <row r="15" spans="1:18">
       <c r="A15" s="1" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="D15" s="1"/>
+        <v>75</v>
+      </c>
+      <c r="D15" s="1">
+        <v>22</v>
+      </c>
       <c r="E15" s="1"/>
       <c r="F15" s="1" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>71</v>
+        <v>53</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="J15" s="1" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="K15" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L15" s="1"/>
+        <v>38</v>
+      </c>
+      <c r="L15" s="1">
+        <v>9789087229900</v>
+      </c>
       <c r="M15" s="1">
-        <v>496</v>
+        <v>1074</v>
       </c>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>
       <c r="P15" s="1"/>
       <c r="Q15" s="1"/>
       <c r="R15" s="1" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="16" spans="1:18">
       <c r="A16" s="1" t="s">
-        <v>76</v>
+        <v>49</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>77</v>
+        <v>50</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>78</v>
+        <v>51</v>
       </c>
       <c r="D16" s="1"/>
       <c r="E16" s="1" t="s">
-        <v>79</v>
+        <v>52</v>
       </c>
       <c r="F16" s="1"/>
       <c r="G16" s="1" t="s">
-        <v>71</v>
+        <v>53</v>
       </c>
       <c r="H16" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>24</v>
+        <v>82</v>
       </c>
       <c r="J16" s="1" t="s">
-        <v>25</v>
+        <v>83</v>
       </c>
       <c r="K16" s="1" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L16" s="1"/>
       <c r="M16" s="1">
-        <v>392</v>
+        <v>722</v>
       </c>
       <c r="N16" s="1"/>
       <c r="O16" s="1"/>
       <c r="P16" s="1"/>
       <c r="Q16" s="1"/>
       <c r="R16" s="1" t="s">
-        <v>81</v>
+        <v>57</v>
       </c>
     </row>
     <row r="17" spans="1:18">
       <c r="A17" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="D17" s="1">
+        <v>22</v>
+      </c>
+      <c r="E17" s="1"/>
+      <c r="F17" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="B17" s="1" t="s">
-[...9 lines deleted...]
-      <c r="F17" s="1"/>
       <c r="G17" s="1" t="s">
-        <v>71</v>
+        <v>53</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>83</v>
+        <v>28</v>
       </c>
       <c r="J17" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="K17" s="1" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="L17" s="1">
-        <v>9789087229955</v>
+        <v>9789087229917</v>
       </c>
       <c r="M17" s="1">
-        <v>392</v>
+        <v>1074</v>
       </c>
       <c r="N17" s="1"/>
       <c r="O17" s="1"/>
       <c r="P17" s="1"/>
       <c r="Q17" s="1"/>
       <c r="R17" s="1" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
     </row>
     <row r="18" spans="1:18">
       <c r="A18" s="1" t="s">
-        <v>85</v>
+        <v>73</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-      <c r="D18" s="1"/>
+        <v>74</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="D18" s="1">
+        <v>22</v>
+      </c>
       <c r="E18" s="1"/>
       <c r="F18" s="1" t="s">
-        <v>87</v>
+        <v>76</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>71</v>
+        <v>53</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>89</v>
+        <v>28</v>
       </c>
       <c r="J18" s="1" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="K18" s="1" t="s">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="L18" s="1">
-        <v>9789087229665</v>
+        <v>9789087229924</v>
       </c>
       <c r="M18" s="1">
-        <v>1160</v>
+        <v>1074</v>
       </c>
       <c r="N18" s="1"/>
       <c r="O18" s="1"/>
       <c r="P18" s="1"/>
       <c r="Q18" s="1"/>
       <c r="R18" s="1" t="s">
-        <v>91</v>
+        <v>80</v>
       </c>
     </row>
     <row r="19" spans="1:18">
       <c r="A19" s="1" t="s">
-        <v>76</v>
+        <v>65</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>77</v>
+        <v>66</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>78</v>
+        <v>33</v>
       </c>
       <c r="D19" s="1"/>
       <c r="E19" s="1" t="s">
-        <v>79</v>
+        <v>67</v>
       </c>
       <c r="F19" s="1"/>
       <c r="G19" s="1" t="s">
-        <v>71</v>
+        <v>53</v>
       </c>
       <c r="H19" s="1" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>83</v>
+        <v>23</v>
       </c>
       <c r="J19" s="1" t="s">
-        <v>84</v>
+        <v>69</v>
       </c>
       <c r="K19" s="1" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="L19" s="1">
-        <v>9789087229962</v>
+        <v>9789465290003</v>
       </c>
       <c r="M19" s="1">
-        <v>392</v>
+        <v>406</v>
       </c>
       <c r="N19" s="1"/>
       <c r="O19" s="1"/>
       <c r="P19" s="1"/>
       <c r="Q19" s="1"/>
       <c r="R19" s="1" t="s">
-        <v>81</v>
+        <v>70</v>
       </c>
     </row>
     <row r="20" spans="1:18">
       <c r="A20" s="1" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="D20" s="1"/>
+        <v>75</v>
+      </c>
+      <c r="D20" s="1">
+        <v>22</v>
+      </c>
       <c r="E20" s="1"/>
       <c r="F20" s="1" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>71</v>
+        <v>53</v>
       </c>
       <c r="H20" s="1" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="J20" s="1" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="K20" s="1" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L20" s="1"/>
       <c r="M20" s="1">
-        <v>496</v>
+        <v>1074</v>
       </c>
       <c r="N20" s="1"/>
       <c r="O20" s="1"/>
       <c r="P20" s="1"/>
       <c r="Q20" s="1"/>
       <c r="R20" s="1" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="21" spans="1:18">
       <c r="A21" s="1" t="s">
-        <v>85</v>
+        <v>58</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>86</v>
-[...1 lines deleted...]
-      <c r="C21" s="1"/>
+        <v>59</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>33</v>
+      </c>
       <c r="D21" s="1"/>
-      <c r="E21" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="E21" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="F21" s="1"/>
       <c r="G21" s="1" t="s">
-        <v>71</v>
+        <v>53</v>
       </c>
       <c r="H21" s="1" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>95</v>
+        <v>23</v>
       </c>
       <c r="J21" s="1" t="s">
-        <v>96</v>
+        <v>69</v>
       </c>
       <c r="K21" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L21" s="1">
-        <v>9789087229672</v>
+        <v>9789087229979</v>
       </c>
       <c r="M21" s="1">
-        <v>1160</v>
+        <v>414</v>
       </c>
       <c r="N21" s="1"/>
       <c r="O21" s="1"/>
       <c r="P21" s="1"/>
       <c r="Q21" s="1"/>
       <c r="R21" s="1" t="s">
-        <v>91</v>
+        <v>64</v>
       </c>
     </row>
     <row r="22" spans="1:18">
       <c r="A22" s="1" t="s">
-        <v>76</v>
+        <v>65</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>77</v>
+        <v>66</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>78</v>
+        <v>33</v>
       </c>
       <c r="D22" s="1"/>
       <c r="E22" s="1" t="s">
-        <v>79</v>
+        <v>67</v>
       </c>
       <c r="F22" s="1"/>
       <c r="G22" s="1" t="s">
-        <v>71</v>
+        <v>53</v>
       </c>
       <c r="H22" s="1" t="s">
-        <v>97</v>
+        <v>90</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>24</v>
+        <v>62</v>
       </c>
       <c r="J22" s="1" t="s">
-        <v>25</v>
+        <v>63</v>
       </c>
       <c r="K22" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L22" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="L22" s="1">
+        <v>9789465290010</v>
+      </c>
       <c r="M22" s="1">
-        <v>392</v>
+        <v>406</v>
       </c>
       <c r="N22" s="1"/>
       <c r="O22" s="1"/>
       <c r="P22" s="1"/>
       <c r="Q22" s="1"/>
       <c r="R22" s="1" t="s">
-        <v>81</v>
+        <v>70</v>
       </c>
     </row>
     <row r="23" spans="1:18">
       <c r="A23" s="1" t="s">
-        <v>67</v>
+        <v>49</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>68</v>
+        <v>50</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>69</v>
+        <v>51</v>
       </c>
       <c r="D23" s="1"/>
-      <c r="E23" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="E23" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="F23" s="1"/>
       <c r="G23" s="1" t="s">
-        <v>71</v>
+        <v>53</v>
       </c>
       <c r="H23" s="1" t="s">
-        <v>98</v>
+        <v>91</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>99</v>
+        <v>82</v>
       </c>
       <c r="J23" s="1" t="s">
-        <v>100</v>
+        <v>83</v>
       </c>
       <c r="K23" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L23" s="1">
-        <v>9789087229702</v>
+        <v>9789087229726</v>
       </c>
       <c r="M23" s="1">
-        <v>496</v>
+        <v>722</v>
       </c>
       <c r="N23" s="1"/>
       <c r="O23" s="1"/>
       <c r="P23" s="1"/>
       <c r="Q23" s="1"/>
       <c r="R23" s="1" t="s">
-        <v>75</v>
+        <v>57</v>
       </c>
     </row>
     <row r="24" spans="1:18">
       <c r="A24" s="1" t="s">
-        <v>85</v>
+        <v>58</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>86</v>
-[...1 lines deleted...]
-      <c r="C24" s="1"/>
+        <v>59</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>33</v>
+      </c>
       <c r="D24" s="1"/>
-      <c r="E24" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="E24" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="F24" s="1"/>
       <c r="G24" s="1" t="s">
-        <v>71</v>
+        <v>53</v>
       </c>
       <c r="H24" s="1" t="s">
-        <v>101</v>
+        <v>92</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>95</v>
+        <v>62</v>
       </c>
       <c r="J24" s="1" t="s">
-        <v>96</v>
+        <v>63</v>
       </c>
       <c r="K24" s="1" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="L24" s="1">
-        <v>9789087229689</v>
+        <v>9789087229986</v>
       </c>
       <c r="M24" s="1">
-        <v>1160</v>
+        <v>414</v>
       </c>
       <c r="N24" s="1"/>
       <c r="O24" s="1"/>
       <c r="P24" s="1"/>
       <c r="Q24" s="1"/>
       <c r="R24" s="1" t="s">
-        <v>91</v>
+        <v>64</v>
       </c>
     </row>
     <row r="25" spans="1:18">
       <c r="A25" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D25" s="1"/>
+      <c r="E25" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="B25" s="1" t="s">
-[...9 lines deleted...]
-      </c>
+      <c r="F25" s="1"/>
       <c r="G25" s="1" t="s">
-        <v>71</v>
+        <v>53</v>
       </c>
       <c r="H25" s="1" t="s">
-        <v>102</v>
+        <v>93</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>99</v>
+        <v>62</v>
       </c>
       <c r="J25" s="1" t="s">
-        <v>100</v>
+        <v>63</v>
       </c>
       <c r="K25" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L25" s="1">
-        <v>9789087229719</v>
+        <v>9789465290027</v>
       </c>
       <c r="M25" s="1">
-        <v>496</v>
+        <v>406</v>
       </c>
       <c r="N25" s="1"/>
       <c r="O25" s="1"/>
       <c r="P25" s="1"/>
       <c r="Q25" s="1"/>
       <c r="R25" s="1" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
     </row>
     <row r="26" spans="1:18">
       <c r="A26" s="1" t="s">
-        <v>103</v>
+        <v>94</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>104</v>
+        <v>95</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>78</v>
+        <v>96</v>
       </c>
       <c r="D26" s="1"/>
-      <c r="E26" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="E26" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="F26" s="1"/>
       <c r="G26" s="1" t="s">
-        <v>105</v>
+        <v>98</v>
       </c>
       <c r="H26" s="1" t="s">
-        <v>106</v>
+        <v>99</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>107</v>
+        <v>55</v>
       </c>
       <c r="J26" s="1" t="s">
-        <v>108</v>
+        <v>56</v>
       </c>
       <c r="K26" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L26" s="1">
-        <v>9789087229603</v>
+        <v>9789087229948</v>
       </c>
       <c r="M26" s="1">
-        <v>302</v>
+        <v>392</v>
       </c>
       <c r="N26" s="1"/>
       <c r="O26" s="1"/>
       <c r="P26" s="1"/>
       <c r="Q26" s="1"/>
       <c r="R26" s="1" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:18">
       <c r="A27" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D27" s="1"/>
+      <c r="E27" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="F27" s="1"/>
+      <c r="G27" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="H27" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="I27" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="J27" s="1" t="s">
         <v>103</v>
       </c>
-      <c r="B27" s="1" t="s">
-[...21 lines deleted...]
-      </c>
       <c r="K27" s="1" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="L27" s="1">
-        <v>9789087229610</v>
+        <v>9789087229955</v>
       </c>
       <c r="M27" s="1">
-        <v>302</v>
+        <v>392</v>
       </c>
       <c r="N27" s="1"/>
       <c r="O27" s="1"/>
       <c r="P27" s="1"/>
       <c r="Q27" s="1"/>
       <c r="R27" s="1" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
     </row>
     <row r="28" spans="1:18">
       <c r="A28" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>104</v>
-[...3 lines deleted...]
-      </c>
+        <v>105</v>
+      </c>
+      <c r="C28" s="1"/>
       <c r="D28" s="1"/>
       <c r="E28" s="1"/>
       <c r="F28" s="1" t="s">
-        <v>79</v>
+        <v>106</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>105</v>
+        <v>98</v>
       </c>
       <c r="H28" s="1" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="J28" s="1" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="K28" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L28" s="1"/>
+        <v>38</v>
+      </c>
+      <c r="L28" s="1">
+        <v>9789087229665</v>
+      </c>
       <c r="M28" s="1">
-        <v>302</v>
+        <v>1160</v>
       </c>
       <c r="N28" s="1"/>
       <c r="O28" s="1"/>
       <c r="P28" s="1"/>
       <c r="Q28" s="1"/>
       <c r="R28" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="29" spans="1:18">
       <c r="A29" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D29" s="1"/>
+      <c r="E29" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="F29" s="1"/>
+      <c r="G29" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="H29" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="I29" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="J29" s="1" t="s">
         <v>103</v>
       </c>
-      <c r="B29" s="1" t="s">
-[...21 lines deleted...]
-      </c>
       <c r="K29" s="1" t="s">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="L29" s="1">
-        <v>9789087229597</v>
+        <v>9789087229962</v>
       </c>
       <c r="M29" s="1">
-        <v>302</v>
+        <v>392</v>
       </c>
       <c r="N29" s="1"/>
       <c r="O29" s="1"/>
       <c r="P29" s="1"/>
       <c r="Q29" s="1"/>
       <c r="R29" s="1" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
     </row>
     <row r="30" spans="1:18">
       <c r="A30" s="1" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="D30" s="1"/>
       <c r="E30" s="1"/>
       <c r="F30" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="H30" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="I30" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="J30" s="1" t="s">
         <v>118</v>
       </c>
-      <c r="G30" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K30" s="1" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="L30" s="1">
-        <v>9789087229504</v>
+        <v>9789087229696</v>
       </c>
       <c r="M30" s="1">
-        <v>1086</v>
+        <v>496</v>
       </c>
       <c r="N30" s="1"/>
       <c r="O30" s="1"/>
       <c r="P30" s="1"/>
       <c r="Q30" s="1"/>
       <c r="R30" s="1" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
     </row>
     <row r="31" spans="1:18">
       <c r="A31" s="1" t="s">
-        <v>115</v>
+        <v>104</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>116</v>
-[...3 lines deleted...]
-      </c>
+        <v>105</v>
+      </c>
+      <c r="C31" s="1"/>
       <c r="D31" s="1"/>
       <c r="E31" s="1"/>
       <c r="F31" s="1" t="s">
-        <v>118</v>
+        <v>106</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>119</v>
+        <v>98</v>
       </c>
       <c r="H31" s="1" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>125</v>
+        <v>36</v>
       </c>
       <c r="J31" s="1" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="K31" s="1" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="L31" s="1">
-        <v>9789087229528</v>
+        <v>9789087229672</v>
       </c>
       <c r="M31" s="1">
-        <v>1086</v>
+        <v>1160</v>
       </c>
       <c r="N31" s="1"/>
       <c r="O31" s="1"/>
       <c r="P31" s="1"/>
       <c r="Q31" s="1"/>
       <c r="R31" s="1" t="s">
-        <v>123</v>
+        <v>110</v>
       </c>
     </row>
     <row r="32" spans="1:18">
       <c r="A32" s="1" t="s">
-        <v>115</v>
+        <v>94</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>116</v>
+        <v>95</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>117</v>
+        <v>96</v>
       </c>
       <c r="D32" s="1"/>
-      <c r="E32" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="E32" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="F32" s="1"/>
       <c r="G32" s="1" t="s">
-        <v>119</v>
+        <v>98</v>
       </c>
       <c r="H32" s="1" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>125</v>
+        <v>55</v>
       </c>
       <c r="J32" s="1" t="s">
-        <v>126</v>
+        <v>56</v>
       </c>
       <c r="K32" s="1" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L32" s="1"/>
       <c r="M32" s="1">
-        <v>1086</v>
+        <v>392</v>
       </c>
       <c r="N32" s="1"/>
       <c r="O32" s="1"/>
       <c r="P32" s="1"/>
       <c r="Q32" s="1"/>
       <c r="R32" s="1" t="s">
-        <v>123</v>
+        <v>100</v>
       </c>
     </row>
     <row r="33" spans="1:18">
       <c r="A33" s="1" t="s">
-        <v>128</v>
+        <v>112</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>129</v>
-[...1 lines deleted...]
-      <c r="C33" s="1"/>
+        <v>113</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>114</v>
+      </c>
       <c r="D33" s="1"/>
       <c r="E33" s="1"/>
       <c r="F33" s="1" t="s">
-        <v>130</v>
+        <v>115</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>119</v>
+        <v>98</v>
       </c>
       <c r="H33" s="1" t="s">
-        <v>131</v>
+        <v>123</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>132</v>
+        <v>124</v>
       </c>
       <c r="J33" s="1" t="s">
-        <v>133</v>
+        <v>125</v>
       </c>
       <c r="K33" s="1" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="L33" s="1">
-        <v>9789087229535</v>
+        <v>9789087229702</v>
       </c>
       <c r="M33" s="1">
-        <v>626</v>
+        <v>496</v>
       </c>
       <c r="N33" s="1"/>
       <c r="O33" s="1"/>
       <c r="P33" s="1"/>
       <c r="Q33" s="1"/>
       <c r="R33" s="1" t="s">
-        <v>134</v>
+        <v>119</v>
       </c>
     </row>
     <row r="34" spans="1:18">
       <c r="A34" s="1" t="s">
-        <v>128</v>
+        <v>104</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>129</v>
+        <v>105</v>
       </c>
       <c r="C34" s="1"/>
       <c r="D34" s="1"/>
       <c r="E34" s="1"/>
       <c r="F34" s="1" t="s">
-        <v>130</v>
+        <v>106</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>119</v>
+        <v>98</v>
       </c>
       <c r="H34" s="1" t="s">
-        <v>135</v>
+        <v>126</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>136</v>
+        <v>36</v>
       </c>
       <c r="J34" s="1" t="s">
-        <v>137</v>
+        <v>121</v>
       </c>
       <c r="K34" s="1" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="L34" s="1">
-        <v>9789087229542</v>
+        <v>9789087229689</v>
       </c>
       <c r="M34" s="1">
-        <v>626</v>
+        <v>1160</v>
       </c>
       <c r="N34" s="1"/>
       <c r="O34" s="1"/>
       <c r="P34" s="1"/>
       <c r="Q34" s="1"/>
       <c r="R34" s="1" t="s">
-        <v>134</v>
+        <v>110</v>
       </c>
     </row>
     <row r="35" spans="1:18">
       <c r="A35" s="1" t="s">
-        <v>138</v>
+        <v>112</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>139</v>
-[...1 lines deleted...]
-      <c r="C35" s="1"/>
+        <v>113</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>114</v>
+      </c>
       <c r="D35" s="1"/>
-      <c r="E35" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E35" s="1"/>
       <c r="F35" s="1" t="s">
-        <v>141</v>
+        <v>115</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>119</v>
+        <v>98</v>
       </c>
       <c r="H35" s="1" t="s">
-        <v>142</v>
+        <v>127</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="J35" s="1" t="s">
-        <v>144</v>
+        <v>125</v>
       </c>
       <c r="K35" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L35" s="1">
-        <v>9789087229931</v>
+        <v>9789087229719</v>
       </c>
       <c r="M35" s="1">
-        <v>177</v>
-[...6 lines deleted...]
-      </c>
+        <v>496</v>
+      </c>
+      <c r="N35" s="1"/>
+      <c r="O35" s="1"/>
       <c r="P35" s="1"/>
       <c r="Q35" s="1"/>
       <c r="R35" s="1" t="s">
-        <v>147</v>
+        <v>119</v>
       </c>
     </row>
     <row r="36" spans="1:18">
       <c r="A36" s="1" t="s">
-        <v>128</v>
+        <v>112</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>129</v>
-[...1 lines deleted...]
-      <c r="C36" s="1"/>
+        <v>113</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>114</v>
+      </c>
       <c r="D36" s="1"/>
       <c r="E36" s="1"/>
       <c r="F36" s="1" t="s">
-        <v>130</v>
+        <v>115</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>119</v>
+        <v>98</v>
       </c>
       <c r="H36" s="1" t="s">
-        <v>148</v>
+        <v>128</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>136</v>
+        <v>117</v>
       </c>
       <c r="J36" s="1" t="s">
-        <v>137</v>
+        <v>118</v>
       </c>
       <c r="K36" s="1" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L36" s="1"/>
       <c r="M36" s="1">
-        <v>626</v>
+        <v>496</v>
       </c>
       <c r="N36" s="1"/>
       <c r="O36" s="1"/>
       <c r="P36" s="1"/>
       <c r="Q36" s="1"/>
       <c r="R36" s="1" t="s">
-        <v>134</v>
+        <v>119</v>
       </c>
     </row>
     <row r="37" spans="1:18">
       <c r="A37" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>129</v>
-[...1 lines deleted...]
-      <c r="C37" s="1"/>
+        <v>130</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="D37" s="1"/>
       <c r="E37" s="1"/>
       <c r="F37" s="1" t="s">
-        <v>130</v>
+        <v>97</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>119</v>
+        <v>131</v>
       </c>
       <c r="H37" s="1" t="s">
-        <v>149</v>
+        <v>132</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="J37" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="K37" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L37" s="1"/>
+        <v>25</v>
+      </c>
+      <c r="L37" s="1">
+        <v>9789087229610</v>
+      </c>
       <c r="M37" s="1">
-        <v>626</v>
+        <v>302</v>
       </c>
       <c r="N37" s="1"/>
       <c r="O37" s="1"/>
       <c r="P37" s="1"/>
       <c r="Q37" s="1"/>
       <c r="R37" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="38" spans="1:18">
       <c r="A38" s="1" t="s">
-        <v>150</v>
+        <v>129</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>151</v>
+        <v>130</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>152</v>
+        <v>96</v>
       </c>
       <c r="D38" s="1"/>
       <c r="E38" s="1"/>
       <c r="F38" s="1" t="s">
-        <v>153</v>
+        <v>97</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>154</v>
+        <v>131</v>
       </c>
       <c r="H38" s="1" t="s">
-        <v>155</v>
+        <v>136</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>156</v>
+        <v>42</v>
       </c>
       <c r="J38" s="1" t="s">
-        <v>157</v>
+        <v>43</v>
       </c>
       <c r="K38" s="1" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L38" s="1"/>
       <c r="M38" s="1">
-        <v>1571</v>
+        <v>302</v>
       </c>
       <c r="N38" s="1"/>
       <c r="O38" s="1"/>
       <c r="P38" s="1"/>
       <c r="Q38" s="1"/>
       <c r="R38" s="1" t="s">
-        <v>158</v>
+        <v>135</v>
       </c>
     </row>
     <row r="39" spans="1:18">
       <c r="A39" s="1" t="s">
-        <v>159</v>
+        <v>129</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>160</v>
+        <v>130</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>152</v>
+        <v>96</v>
       </c>
       <c r="D39" s="1"/>
       <c r="E39" s="1"/>
       <c r="F39" s="1" t="s">
-        <v>153</v>
+        <v>97</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>154</v>
+        <v>131</v>
       </c>
       <c r="H39" s="1" t="s">
-        <v>161</v>
+        <v>137</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>162</v>
+        <v>42</v>
       </c>
       <c r="J39" s="1" t="s">
-        <v>163</v>
+        <v>43</v>
       </c>
       <c r="K39" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L39" s="1">
-        <v>9789087229856</v>
+        <v>9789087229597</v>
       </c>
       <c r="M39" s="1">
-        <v>1203</v>
+        <v>302</v>
       </c>
       <c r="N39" s="1"/>
       <c r="O39" s="1"/>
       <c r="P39" s="1"/>
       <c r="Q39" s="1"/>
       <c r="R39" s="1" t="s">
-        <v>164</v>
+        <v>135</v>
       </c>
     </row>
     <row r="40" spans="1:18">
       <c r="A40" s="1" t="s">
-        <v>150</v>
+        <v>129</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>151</v>
+        <v>130</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>152</v>
+        <v>96</v>
       </c>
       <c r="D40" s="1"/>
       <c r="E40" s="1"/>
       <c r="F40" s="1" t="s">
-        <v>153</v>
+        <v>97</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>154</v>
+        <v>131</v>
       </c>
       <c r="H40" s="1" t="s">
-        <v>165</v>
+        <v>138</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>156</v>
+        <v>133</v>
       </c>
       <c r="J40" s="1" t="s">
-        <v>157</v>
+        <v>134</v>
       </c>
       <c r="K40" s="1" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="L40" s="1">
-        <v>9789087229771</v>
+        <v>9789087229603</v>
       </c>
       <c r="M40" s="1">
-        <v>1571</v>
+        <v>302</v>
       </c>
       <c r="N40" s="1"/>
       <c r="O40" s="1"/>
       <c r="P40" s="1"/>
       <c r="Q40" s="1"/>
       <c r="R40" s="1" t="s">
-        <v>158</v>
+        <v>135</v>
       </c>
     </row>
     <row r="41" spans="1:18">
       <c r="A41" s="1" t="s">
-        <v>159</v>
+        <v>139</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>160</v>
+        <v>140</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>152</v>
+        <v>141</v>
       </c>
       <c r="D41" s="1"/>
       <c r="E41" s="1"/>
       <c r="F41" s="1" t="s">
-        <v>153</v>
+        <v>142</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>154</v>
+        <v>143</v>
       </c>
       <c r="H41" s="1" t="s">
-        <v>166</v>
+        <v>144</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>162</v>
+        <v>145</v>
       </c>
       <c r="J41" s="1" t="s">
-        <v>163</v>
+        <v>146</v>
       </c>
       <c r="K41" s="1" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="L41" s="1">
-        <v>9789087229863</v>
+        <v>9789087229528</v>
       </c>
       <c r="M41" s="1">
-        <v>1203</v>
+        <v>1086</v>
       </c>
       <c r="N41" s="1"/>
       <c r="O41" s="1"/>
       <c r="P41" s="1"/>
       <c r="Q41" s="1"/>
       <c r="R41" s="1" t="s">
-        <v>164</v>
+        <v>147</v>
       </c>
     </row>
     <row r="42" spans="1:18">
       <c r="A42" s="1" t="s">
-        <v>167</v>
+        <v>139</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>168</v>
-[...1 lines deleted...]
-      <c r="C42" s="1"/>
+        <v>140</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>141</v>
+      </c>
       <c r="D42" s="1"/>
-      <c r="E42" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F42" s="1"/>
+      <c r="E42" s="1"/>
+      <c r="F42" s="1" t="s">
+        <v>142</v>
+      </c>
       <c r="G42" s="1" t="s">
-        <v>154</v>
+        <v>143</v>
       </c>
       <c r="H42" s="1" t="s">
-        <v>170</v>
+        <v>148</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>171</v>
+        <v>145</v>
       </c>
       <c r="J42" s="1" t="s">
-        <v>172</v>
+        <v>146</v>
       </c>
       <c r="K42" s="1" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>173</v>
+        <v>25</v>
+      </c>
+      <c r="L42" s="1">
+        <v>9789087229511</v>
       </c>
       <c r="M42" s="1">
-        <v>2265</v>
+        <v>1086</v>
       </c>
       <c r="N42" s="1"/>
       <c r="O42" s="1"/>
       <c r="P42" s="1"/>
       <c r="Q42" s="1"/>
       <c r="R42" s="1" t="s">
-        <v>174</v>
+        <v>147</v>
       </c>
     </row>
     <row r="43" spans="1:18">
       <c r="A43" s="1" t="s">
-        <v>167</v>
+        <v>149</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>168</v>
+        <v>150</v>
       </c>
       <c r="C43" s="1"/>
       <c r="D43" s="1"/>
-      <c r="E43" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F43" s="1"/>
+      <c r="E43" s="1"/>
+      <c r="F43" s="1" t="s">
+        <v>151</v>
+      </c>
       <c r="G43" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="H43" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="I43" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="J43" s="1" t="s">
         <v>154</v>
       </c>
-      <c r="H43" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K43" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L43" s="1">
-        <v>9789087229641</v>
+        <v>9789087229535</v>
       </c>
       <c r="M43" s="1">
-        <v>2265</v>
+        <v>626</v>
       </c>
       <c r="N43" s="1"/>
       <c r="O43" s="1"/>
       <c r="P43" s="1"/>
       <c r="Q43" s="1"/>
       <c r="R43" s="1" t="s">
-        <v>174</v>
+        <v>155</v>
       </c>
     </row>
     <row r="44" spans="1:18">
       <c r="A44" s="1" t="s">
-        <v>167</v>
+        <v>149</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>168</v>
+        <v>150</v>
       </c>
       <c r="C44" s="1"/>
       <c r="D44" s="1"/>
-      <c r="E44" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F44" s="1"/>
+      <c r="E44" s="1"/>
+      <c r="F44" s="1" t="s">
+        <v>151</v>
+      </c>
       <c r="G44" s="1" t="s">
-        <v>154</v>
+        <v>143</v>
       </c>
       <c r="H44" s="1" t="s">
-        <v>178</v>
+        <v>156</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>176</v>
+        <v>157</v>
       </c>
       <c r="J44" s="1" t="s">
-        <v>177</v>
+        <v>158</v>
       </c>
       <c r="K44" s="1" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="L44" s="1">
-        <v>9789087229658</v>
+        <v>9789087229542</v>
       </c>
       <c r="M44" s="1">
-        <v>2265</v>
+        <v>626</v>
       </c>
       <c r="N44" s="1"/>
       <c r="O44" s="1"/>
       <c r="P44" s="1"/>
       <c r="Q44" s="1"/>
       <c r="R44" s="1" t="s">
-        <v>174</v>
+        <v>155</v>
       </c>
     </row>
     <row r="45" spans="1:18">
       <c r="A45" s="1" t="s">
-        <v>179</v>
+        <v>159</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>180</v>
-[...3 lines deleted...]
-      </c>
+        <v>160</v>
+      </c>
+      <c r="C45" s="1"/>
       <c r="D45" s="1"/>
-      <c r="E45" s="1"/>
+      <c r="E45" s="1" t="s">
+        <v>161</v>
+      </c>
       <c r="F45" s="1" t="s">
-        <v>153</v>
+        <v>162</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>154</v>
+        <v>143</v>
       </c>
       <c r="H45" s="1" t="s">
-        <v>181</v>
+        <v>163</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>182</v>
+        <v>164</v>
       </c>
       <c r="J45" s="1" t="s">
-        <v>183</v>
+        <v>165</v>
       </c>
       <c r="K45" s="1" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="L45" s="1">
-        <v>9789087229788</v>
+        <v>9789087229931</v>
       </c>
       <c r="M45" s="1">
-        <v>2103</v>
-[...2 lines deleted...]
-      <c r="O45" s="1"/>
+        <v>177</v>
+      </c>
+      <c r="N45" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="O45" s="1" t="s">
+        <v>167</v>
+      </c>
       <c r="P45" s="1"/>
       <c r="Q45" s="1"/>
       <c r="R45" s="1" t="s">
-        <v>184</v>
+        <v>168</v>
       </c>
     </row>
     <row r="46" spans="1:18">
       <c r="A46" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="B46" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="B46" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C46" s="1"/>
       <c r="D46" s="1"/>
       <c r="E46" s="1"/>
       <c r="F46" s="1" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>154</v>
+        <v>143</v>
       </c>
       <c r="H46" s="1" t="s">
-        <v>185</v>
+        <v>169</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>186</v>
+        <v>157</v>
       </c>
       <c r="J46" s="1" t="s">
-        <v>187</v>
+        <v>158</v>
       </c>
       <c r="K46" s="1" t="s">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="L46" s="1">
-        <v>9789087229757</v>
+        <v>9789087229559</v>
       </c>
       <c r="M46" s="1">
-        <v>1571</v>
+        <v>626</v>
       </c>
       <c r="N46" s="1"/>
       <c r="O46" s="1"/>
       <c r="P46" s="1"/>
       <c r="Q46" s="1"/>
       <c r="R46" s="1" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
     </row>
     <row r="47" spans="1:18">
       <c r="A47" s="1" t="s">
-        <v>179</v>
+        <v>149</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>180</v>
-[...3 lines deleted...]
-      </c>
+        <v>150</v>
+      </c>
+      <c r="C47" s="1"/>
       <c r="D47" s="1"/>
       <c r="E47" s="1"/>
       <c r="F47" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="H47" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="I47" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="G47" s="1" t="s">
+      <c r="J47" s="1" t="s">
         <v>154</v>
       </c>
-      <c r="H47" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K47" s="1" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L47" s="1"/>
       <c r="M47" s="1">
-        <v>2103</v>
+        <v>626</v>
       </c>
       <c r="N47" s="1"/>
       <c r="O47" s="1"/>
       <c r="P47" s="1"/>
       <c r="Q47" s="1"/>
       <c r="R47" s="1" t="s">
-        <v>184</v>
+        <v>155</v>
       </c>
     </row>
     <row r="48" spans="1:18">
       <c r="A48" s="1" t="s">
-        <v>189</v>
+        <v>139</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>190</v>
+        <v>140</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>30</v>
-[...7 lines deleted...]
-      <c r="F48" s="1"/>
+        <v>141</v>
+      </c>
+      <c r="D48" s="1"/>
+      <c r="E48" s="1"/>
+      <c r="F48" s="1" t="s">
+        <v>142</v>
+      </c>
       <c r="G48" s="1" t="s">
-        <v>192</v>
+        <v>143</v>
       </c>
       <c r="H48" s="1" t="s">
-        <v>193</v>
+        <v>171</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>53</v>
+        <v>172</v>
       </c>
       <c r="J48" s="1" t="s">
-        <v>54</v>
+        <v>173</v>
       </c>
       <c r="K48" s="1" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="L48" s="1">
-        <v>9789087229566</v>
+        <v>9789087229504</v>
       </c>
       <c r="M48" s="1">
-        <v>394</v>
+        <v>1086</v>
       </c>
       <c r="N48" s="1"/>
       <c r="O48" s="1"/>
       <c r="P48" s="1"/>
       <c r="Q48" s="1"/>
       <c r="R48" s="1" t="s">
-        <v>194</v>
+        <v>147</v>
       </c>
     </row>
     <row r="49" spans="1:18">
       <c r="A49" s="1" t="s">
-        <v>189</v>
+        <v>174</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>190</v>
+        <v>175</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>30</v>
-[...7 lines deleted...]
-      <c r="F49" s="1"/>
+        <v>176</v>
+      </c>
+      <c r="D49" s="1"/>
+      <c r="E49" s="1"/>
+      <c r="F49" s="1" t="s">
+        <v>177</v>
+      </c>
       <c r="G49" s="1" t="s">
-        <v>192</v>
+        <v>178</v>
       </c>
       <c r="H49" s="1" t="s">
-        <v>195</v>
+        <v>179</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>33</v>
+        <v>180</v>
       </c>
       <c r="J49" s="1" t="s">
-        <v>34</v>
+        <v>181</v>
       </c>
       <c r="K49" s="1" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="L49" s="1">
-        <v>9789087229573</v>
+        <v>9789087229771</v>
       </c>
       <c r="M49" s="1">
-        <v>394</v>
+        <v>1571</v>
       </c>
       <c r="N49" s="1"/>
       <c r="O49" s="1"/>
       <c r="P49" s="1"/>
       <c r="Q49" s="1"/>
       <c r="R49" s="1" t="s">
-        <v>194</v>
+        <v>182</v>
       </c>
     </row>
     <row r="50" spans="1:18">
       <c r="A50" s="1" t="s">
-        <v>189</v>
+        <v>183</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>190</v>
+        <v>184</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>30</v>
-[...7 lines deleted...]
-      <c r="F50" s="1"/>
+        <v>176</v>
+      </c>
+      <c r="D50" s="1"/>
+      <c r="E50" s="1"/>
+      <c r="F50" s="1" t="s">
+        <v>177</v>
+      </c>
       <c r="G50" s="1" t="s">
-        <v>192</v>
+        <v>178</v>
       </c>
       <c r="H50" s="1" t="s">
-        <v>196</v>
+        <v>185</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>33</v>
+        <v>186</v>
       </c>
       <c r="J50" s="1" t="s">
-        <v>34</v>
+        <v>187</v>
       </c>
       <c r="K50" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L50" s="1">
-        <v>9789087229580</v>
+        <v>9789087229863</v>
       </c>
       <c r="M50" s="1">
-        <v>394</v>
+        <v>1203</v>
       </c>
       <c r="N50" s="1"/>
       <c r="O50" s="1"/>
       <c r="P50" s="1"/>
       <c r="Q50" s="1"/>
       <c r="R50" s="1" t="s">
-        <v>194</v>
+        <v>188</v>
       </c>
     </row>
     <row r="51" spans="1:18">
       <c r="A51" s="1" t="s">
         <v>189</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>190</v>
       </c>
-      <c r="C51" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C51" s="1"/>
+      <c r="D51" s="1"/>
       <c r="E51" s="1" t="s">
         <v>191</v>
       </c>
       <c r="F51" s="1"/>
       <c r="G51" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="H51" s="1" t="s">
         <v>192</v>
       </c>
-      <c r="H51" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I51" s="1" t="s">
-        <v>53</v>
+        <v>193</v>
       </c>
       <c r="J51" s="1" t="s">
-        <v>54</v>
+        <v>194</v>
       </c>
       <c r="K51" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L51" s="1"/>
+        <v>38</v>
+      </c>
+      <c r="L51" s="1" t="s">
+        <v>195</v>
+      </c>
       <c r="M51" s="1">
-        <v>394</v>
+        <v>2265</v>
       </c>
       <c r="N51" s="1"/>
       <c r="O51" s="1"/>
       <c r="P51" s="1"/>
       <c r="Q51" s="1"/>
       <c r="R51" s="1" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
     </row>
     <row r="52" spans="1:18">
       <c r="A52" s="1" t="s">
-        <v>198</v>
+        <v>189</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>199</v>
-[...6 lines deleted...]
-      </c>
+        <v>190</v>
+      </c>
+      <c r="C52" s="1"/>
+      <c r="D52" s="1"/>
       <c r="E52" s="1" t="s">
-        <v>200</v>
+        <v>191</v>
       </c>
       <c r="F52" s="1"/>
       <c r="G52" s="1" t="s">
-        <v>201</v>
+        <v>178</v>
       </c>
       <c r="H52" s="1" t="s">
-        <v>202</v>
+        <v>197</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>33</v>
+        <v>198</v>
       </c>
       <c r="J52" s="1" t="s">
-        <v>34</v>
+        <v>199</v>
       </c>
       <c r="K52" s="1" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="L52" s="1">
-        <v>9789087229481</v>
+        <v>9789087229641</v>
       </c>
       <c r="M52" s="1">
-        <v>692</v>
+        <v>2265</v>
       </c>
       <c r="N52" s="1"/>
       <c r="O52" s="1"/>
       <c r="P52" s="1"/>
       <c r="Q52" s="1"/>
       <c r="R52" s="1" t="s">
-        <v>203</v>
+        <v>196</v>
       </c>
     </row>
     <row r="53" spans="1:18">
       <c r="A53" s="1" t="s">
-        <v>198</v>
+        <v>189</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>199</v>
-[...6 lines deleted...]
-      </c>
+        <v>190</v>
+      </c>
+      <c r="C53" s="1"/>
+      <c r="D53" s="1"/>
       <c r="E53" s="1" t="s">
-        <v>200</v>
+        <v>191</v>
       </c>
       <c r="F53" s="1"/>
       <c r="G53" s="1" t="s">
-        <v>201</v>
+        <v>178</v>
       </c>
       <c r="H53" s="1" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>33</v>
+        <v>198</v>
       </c>
       <c r="J53" s="1" t="s">
-        <v>34</v>
+        <v>199</v>
       </c>
       <c r="K53" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L53" s="1">
-        <v>9789087229498</v>
+        <v>9789087229658</v>
       </c>
       <c r="M53" s="1">
-        <v>692</v>
+        <v>2265</v>
       </c>
       <c r="N53" s="1"/>
       <c r="O53" s="1"/>
       <c r="P53" s="1"/>
       <c r="Q53" s="1"/>
       <c r="R53" s="1" t="s">
-        <v>203</v>
+        <v>196</v>
       </c>
     </row>
     <row r="54" spans="1:18">
       <c r="A54" s="1" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>30</v>
-[...7 lines deleted...]
-      <c r="F54" s="1"/>
+        <v>176</v>
+      </c>
+      <c r="D54" s="1"/>
+      <c r="E54" s="1"/>
+      <c r="F54" s="1" t="s">
+        <v>177</v>
+      </c>
       <c r="G54" s="1" t="s">
-        <v>201</v>
+        <v>178</v>
       </c>
       <c r="H54" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="I54" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="J54" s="1" t="s">
         <v>205</v>
       </c>
-      <c r="I54" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K54" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L54" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="L54" s="1">
+        <v>9789087229788</v>
+      </c>
       <c r="M54" s="1">
-        <v>692</v>
+        <v>2103</v>
       </c>
       <c r="N54" s="1"/>
       <c r="O54" s="1"/>
       <c r="P54" s="1"/>
       <c r="Q54" s="1"/>
       <c r="R54" s="1" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
     </row>
     <row r="55" spans="1:18">
       <c r="A55" s="1" t="s">
-        <v>198</v>
+        <v>174</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>199</v>
+        <v>175</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>30</v>
-[...7 lines deleted...]
-      <c r="F55" s="1"/>
+        <v>176</v>
+      </c>
+      <c r="D55" s="1"/>
+      <c r="E55" s="1"/>
+      <c r="F55" s="1" t="s">
+        <v>177</v>
+      </c>
       <c r="G55" s="1" t="s">
-        <v>201</v>
+        <v>178</v>
       </c>
       <c r="H55" s="1" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>53</v>
+        <v>208</v>
       </c>
       <c r="J55" s="1" t="s">
-        <v>54</v>
+        <v>209</v>
       </c>
       <c r="K55" s="1" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="L55" s="1">
-        <v>9789087229474</v>
+        <v>9789087229757</v>
       </c>
       <c r="M55" s="1">
-        <v>692</v>
+        <v>1571</v>
       </c>
       <c r="N55" s="1"/>
       <c r="O55" s="1"/>
       <c r="P55" s="1"/>
       <c r="Q55" s="1"/>
       <c r="R55" s="1" t="s">
-        <v>203</v>
+        <v>182</v>
       </c>
     </row>
     <row r="56" spans="1:18">
       <c r="A56" s="1" t="s">
-        <v>207</v>
+        <v>201</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>208</v>
+        <v>202</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>209</v>
+        <v>176</v>
       </c>
       <c r="D56" s="1"/>
       <c r="E56" s="1"/>
       <c r="F56" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="H56" s="1" t="s">
         <v>210</v>
       </c>
-      <c r="G56" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I56" s="1" t="s">
-        <v>53</v>
+        <v>204</v>
       </c>
       <c r="J56" s="1" t="s">
-        <v>213</v>
+        <v>205</v>
       </c>
       <c r="K56" s="1" t="s">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="L56" s="1">
-        <v>9789087229412</v>
+        <v>9789087229795</v>
       </c>
       <c r="M56" s="1">
-        <v>586</v>
+        <v>2103</v>
       </c>
       <c r="N56" s="1"/>
       <c r="O56" s="1"/>
       <c r="P56" s="1"/>
       <c r="Q56" s="1"/>
       <c r="R56" s="1" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
     </row>
     <row r="57" spans="1:18">
       <c r="A57" s="1" t="s">
-        <v>215</v>
+        <v>174</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>216</v>
+        <v>175</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>30</v>
-[...7 lines deleted...]
-      <c r="F57" s="1"/>
+        <v>176</v>
+      </c>
+      <c r="D57" s="1"/>
+      <c r="E57" s="1"/>
+      <c r="F57" s="1" t="s">
+        <v>177</v>
+      </c>
       <c r="G57" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="H57" s="1" t="s">
         <v>211</v>
       </c>
-      <c r="H57" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I57" s="1" t="s">
-        <v>95</v>
+        <v>180</v>
       </c>
       <c r="J57" s="1" t="s">
-        <v>219</v>
+        <v>181</v>
       </c>
       <c r="K57" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L57" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="L57" s="1">
+        <v>9789087229764</v>
+      </c>
       <c r="M57" s="1">
-        <v>438</v>
+        <v>1571</v>
       </c>
       <c r="N57" s="1"/>
       <c r="O57" s="1"/>
       <c r="P57" s="1"/>
       <c r="Q57" s="1"/>
       <c r="R57" s="1" t="s">
-        <v>220</v>
+        <v>182</v>
       </c>
     </row>
     <row r="58" spans="1:18">
       <c r="A58" s="1" t="s">
-        <v>207</v>
+        <v>183</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>208</v>
+        <v>184</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>209</v>
+        <v>176</v>
       </c>
       <c r="D58" s="1"/>
       <c r="E58" s="1"/>
       <c r="F58" s="1" t="s">
-        <v>210</v>
+        <v>177</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>211</v>
+        <v>178</v>
       </c>
       <c r="H58" s="1" t="s">
-        <v>221</v>
+        <v>212</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>33</v>
+        <v>186</v>
       </c>
       <c r="J58" s="1" t="s">
-        <v>222</v>
+        <v>187</v>
       </c>
       <c r="K58" s="1" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="L58" s="1">
-        <v>9789087229429</v>
+        <v>9789087229856</v>
       </c>
       <c r="M58" s="1">
-        <v>586</v>
+        <v>1203</v>
       </c>
       <c r="N58" s="1"/>
       <c r="O58" s="1"/>
       <c r="P58" s="1"/>
       <c r="Q58" s="1"/>
       <c r="R58" s="1" t="s">
-        <v>214</v>
+        <v>188</v>
       </c>
     </row>
     <row r="59" spans="1:18">
       <c r="A59" s="1" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>208</v>
+        <v>214</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>209</v>
-[...5 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="D59" s="1">
+        <v>80</v>
+      </c>
+      <c r="E59" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="F59" s="1"/>
       <c r="G59" s="1" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="H59" s="1" t="s">
-        <v>223</v>
+        <v>217</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="J59" s="1" t="s">
-        <v>222</v>
+        <v>69</v>
       </c>
       <c r="K59" s="1" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="L59" s="1">
-        <v>9789087229436</v>
+        <v>9789087229566</v>
       </c>
       <c r="M59" s="1">
-        <v>586</v>
+        <v>394</v>
       </c>
       <c r="N59" s="1"/>
       <c r="O59" s="1"/>
       <c r="P59" s="1"/>
       <c r="Q59" s="1"/>
       <c r="R59" s="1" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
     </row>
     <row r="60" spans="1:18">
       <c r="A60" s="1" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>208</v>
+        <v>214</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>209</v>
-[...5 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="D60" s="1">
+        <v>80</v>
+      </c>
+      <c r="E60" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="F60" s="1"/>
       <c r="G60" s="1" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="H60" s="1" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J60" s="1" t="s">
-        <v>213</v>
+        <v>63</v>
       </c>
       <c r="K60" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L60" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="L60" s="1">
+        <v>9789087229573</v>
+      </c>
       <c r="M60" s="1">
-        <v>586</v>
+        <v>394</v>
       </c>
       <c r="N60" s="1"/>
       <c r="O60" s="1"/>
       <c r="P60" s="1"/>
       <c r="Q60" s="1"/>
       <c r="R60" s="1" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
     </row>
     <row r="61" spans="1:18">
       <c r="A61" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D61" s="1">
+        <v>80</v>
+      </c>
+      <c r="E61" s="1" t="s">
         <v>215</v>
-      </c>
-[...10 lines deleted...]
-        <v>217</v>
       </c>
       <c r="F61" s="1"/>
       <c r="G61" s="1" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="H61" s="1" t="s">
-        <v>225</v>
+        <v>220</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>95</v>
+        <v>62</v>
       </c>
       <c r="J61" s="1" t="s">
-        <v>219</v>
+        <v>63</v>
       </c>
       <c r="K61" s="1" t="s">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="L61" s="1">
-        <v>9789087229443</v>
+        <v>9789087229580</v>
       </c>
       <c r="M61" s="1">
-        <v>438</v>
+        <v>394</v>
       </c>
       <c r="N61" s="1"/>
       <c r="O61" s="1"/>
       <c r="P61" s="1"/>
       <c r="Q61" s="1"/>
       <c r="R61" s="1" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
     </row>
     <row r="62" spans="1:18">
       <c r="A62" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D62" s="1">
+        <v>80</v>
+      </c>
+      <c r="E62" s="1" t="s">
         <v>215</v>
-      </c>
-[...10 lines deleted...]
-        <v>217</v>
       </c>
       <c r="F62" s="1"/>
       <c r="G62" s="1" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="H62" s="1" t="s">
-        <v>226</v>
+        <v>221</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>112</v>
+        <v>23</v>
       </c>
       <c r="J62" s="1" t="s">
-        <v>227</v>
+        <v>69</v>
       </c>
       <c r="K62" s="1" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L62" s="1"/>
       <c r="M62" s="1">
-        <v>438</v>
+        <v>394</v>
       </c>
       <c r="N62" s="1"/>
       <c r="O62" s="1"/>
       <c r="P62" s="1"/>
       <c r="Q62" s="1"/>
       <c r="R62" s="1" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
     </row>
     <row r="63" spans="1:18">
       <c r="A63" s="1" t="s">
-        <v>215</v>
+        <v>222</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>216</v>
+        <v>223</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D63" s="1">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E63" s="1" t="s">
-        <v>217</v>
+        <v>224</v>
       </c>
       <c r="F63" s="1"/>
       <c r="G63" s="1" t="s">
-        <v>211</v>
+        <v>225</v>
       </c>
       <c r="H63" s="1" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>112</v>
+        <v>62</v>
       </c>
       <c r="J63" s="1" t="s">
-        <v>227</v>
+        <v>63</v>
       </c>
       <c r="K63" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L63" s="1">
-        <v>9789087229467</v>
+        <v>9789087229498</v>
       </c>
       <c r="M63" s="1">
-        <v>438</v>
+        <v>692</v>
       </c>
       <c r="N63" s="1"/>
       <c r="O63" s="1"/>
       <c r="P63" s="1"/>
       <c r="Q63" s="1"/>
       <c r="R63" s="1" t="s">
-        <v>220</v>
+        <v>227</v>
       </c>
     </row>
     <row r="64" spans="1:18">
       <c r="A64" s="1" t="s">
-        <v>229</v>
+        <v>222</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>230</v>
+        <v>223</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D64" s="1">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="E64" s="1" t="s">
-        <v>231</v>
+        <v>224</v>
       </c>
       <c r="F64" s="1"/>
       <c r="G64" s="1" t="s">
-        <v>232</v>
+        <v>225</v>
       </c>
       <c r="H64" s="1" t="s">
-        <v>233</v>
+        <v>228</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="J64" s="1" t="s">
-        <v>213</v>
+        <v>69</v>
       </c>
       <c r="K64" s="1" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L64" s="1"/>
       <c r="M64" s="1">
-        <v>486</v>
+        <v>692</v>
       </c>
       <c r="N64" s="1"/>
       <c r="O64" s="1"/>
       <c r="P64" s="1"/>
       <c r="Q64" s="1"/>
       <c r="R64" s="1" t="s">
-        <v>234</v>
+        <v>227</v>
       </c>
     </row>
     <row r="65" spans="1:18">
       <c r="A65" s="1" t="s">
-        <v>235</v>
+        <v>222</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>236</v>
+        <v>223</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D65" s="1">
-        <v>32</v>
+        <v>79</v>
       </c>
       <c r="E65" s="1" t="s">
-        <v>237</v>
+        <v>224</v>
       </c>
       <c r="F65" s="1"/>
       <c r="G65" s="1" t="s">
-        <v>232</v>
+        <v>225</v>
       </c>
       <c r="H65" s="1" t="s">
-        <v>238</v>
+        <v>229</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>112</v>
+        <v>23</v>
       </c>
       <c r="J65" s="1" t="s">
-        <v>227</v>
+        <v>69</v>
       </c>
       <c r="K65" s="1" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="L65" s="1">
-        <v>9789087229375</v>
+        <v>9789087229474</v>
       </c>
       <c r="M65" s="1">
-        <v>382</v>
+        <v>692</v>
       </c>
       <c r="N65" s="1"/>
       <c r="O65" s="1"/>
       <c r="P65" s="1"/>
       <c r="Q65" s="1"/>
       <c r="R65" s="1" t="s">
-        <v>239</v>
+        <v>227</v>
       </c>
     </row>
     <row r="66" spans="1:18">
       <c r="A66" s="1" t="s">
-        <v>240</v>
+        <v>222</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>241</v>
+        <v>223</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D66" s="1">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E66" s="1" t="s">
-        <v>242</v>
+        <v>224</v>
       </c>
       <c r="F66" s="1"/>
       <c r="G66" s="1" t="s">
-        <v>232</v>
+        <v>225</v>
       </c>
       <c r="H66" s="1" t="s">
-        <v>243</v>
+        <v>230</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>95</v>
+        <v>62</v>
       </c>
       <c r="J66" s="1" t="s">
-        <v>219</v>
+        <v>63</v>
       </c>
       <c r="K66" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L66" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="L66" s="1">
+        <v>9789087229481</v>
+      </c>
       <c r="M66" s="1">
-        <v>624</v>
+        <v>692</v>
       </c>
       <c r="N66" s="1"/>
       <c r="O66" s="1"/>
       <c r="P66" s="1"/>
       <c r="Q66" s="1"/>
       <c r="R66" s="1" t="s">
-        <v>244</v>
+        <v>227</v>
       </c>
     </row>
     <row r="67" spans="1:18">
       <c r="A67" s="1" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>30</v>
-[...7 lines deleted...]
-      <c r="F67" s="1"/>
+        <v>233</v>
+      </c>
+      <c r="D67" s="1"/>
+      <c r="E67" s="1"/>
+      <c r="F67" s="1" t="s">
+        <v>234</v>
+      </c>
       <c r="G67" s="1" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="H67" s="1" t="s">
-        <v>245</v>
+        <v>236</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>83</v>
+        <v>62</v>
       </c>
       <c r="J67" s="1" t="s">
-        <v>222</v>
+        <v>237</v>
       </c>
       <c r="K67" s="1" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>246</v>
+        <v>44</v>
+      </c>
+      <c r="L67" s="1">
+        <v>9789087229429</v>
       </c>
       <c r="M67" s="1">
-        <v>486</v>
+        <v>586</v>
       </c>
       <c r="N67" s="1"/>
       <c r="O67" s="1"/>
       <c r="P67" s="1"/>
       <c r="Q67" s="1"/>
       <c r="R67" s="1" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
     </row>
     <row r="68" spans="1:18">
       <c r="A68" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="D68" s="1"/>
+      <c r="E68" s="1"/>
+      <c r="F68" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="G68" s="1" t="s">
         <v>235</v>
       </c>
-      <c r="B68" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E68" s="1" t="s">
+      <c r="H68" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="I68" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="J68" s="1" t="s">
         <v>237</v>
       </c>
-      <c r="F68" s="1"/>
-[...11 lines deleted...]
-      </c>
       <c r="K68" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L68" s="1"/>
+        <v>25</v>
+      </c>
+      <c r="L68" s="1">
+        <v>9789087229436</v>
+      </c>
       <c r="M68" s="1">
-        <v>382</v>
+        <v>586</v>
       </c>
       <c r="N68" s="1"/>
       <c r="O68" s="1"/>
       <c r="P68" s="1"/>
       <c r="Q68" s="1"/>
       <c r="R68" s="1" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
     </row>
     <row r="69" spans="1:18">
       <c r="A69" s="1" t="s">
-        <v>248</v>
+        <v>231</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>249</v>
+        <v>232</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>250</v>
+        <v>233</v>
       </c>
       <c r="D69" s="1"/>
       <c r="E69" s="1"/>
       <c r="F69" s="1" t="s">
-        <v>251</v>
+        <v>234</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="H69" s="1" t="s">
-        <v>252</v>
+        <v>240</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>73</v>
+        <v>23</v>
       </c>
       <c r="J69" s="1" t="s">
-        <v>253</v>
+        <v>24</v>
       </c>
       <c r="K69" s="1" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="L69" s="1"/>
       <c r="M69" s="1">
-        <v>246</v>
+        <v>586</v>
       </c>
       <c r="N69" s="1"/>
       <c r="O69" s="1"/>
       <c r="P69" s="1"/>
       <c r="Q69" s="1"/>
       <c r="R69" s="1" t="s">
-        <v>254</v>
+        <v>238</v>
       </c>
     </row>
     <row r="70" spans="1:18">
       <c r="A70" s="1" t="s">
-        <v>248</v>
+        <v>241</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>249</v>
+        <v>242</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>250</v>
-[...5 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="D70" s="1">
+        <v>78</v>
+      </c>
+      <c r="E70" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="F70" s="1"/>
       <c r="G70" s="1" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="H70" s="1" t="s">
-        <v>255</v>
+        <v>244</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>73</v>
+        <v>36</v>
       </c>
       <c r="J70" s="1" t="s">
-        <v>253</v>
+        <v>245</v>
       </c>
       <c r="K70" s="1" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="L70" s="1">
-        <v>9789087229382</v>
+        <v>9789087229443</v>
       </c>
       <c r="M70" s="1">
-        <v>246</v>
+        <v>438</v>
       </c>
       <c r="N70" s="1"/>
       <c r="O70" s="1"/>
       <c r="P70" s="1"/>
       <c r="Q70" s="1"/>
       <c r="R70" s="1" t="s">
-        <v>254</v>
+        <v>246</v>
       </c>
     </row>
     <row r="71" spans="1:18">
       <c r="A71" s="1" t="s">
-        <v>229</v>
+        <v>241</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>230</v>
+        <v>242</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D71" s="1">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="E71" s="1" t="s">
-        <v>231</v>
+        <v>243</v>
       </c>
       <c r="F71" s="1"/>
       <c r="G71" s="1" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="H71" s="1" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>83</v>
+        <v>42</v>
       </c>
       <c r="J71" s="1" t="s">
-        <v>222</v>
+        <v>248</v>
       </c>
       <c r="K71" s="1" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="L71" s="1">
-        <v>9789087229283</v>
+        <v>9789087229450</v>
       </c>
       <c r="M71" s="1">
-        <v>486</v>
+        <v>438</v>
       </c>
       <c r="N71" s="1"/>
       <c r="O71" s="1"/>
       <c r="P71" s="1"/>
       <c r="Q71" s="1"/>
       <c r="R71" s="1" t="s">
-        <v>234</v>
+        <v>246</v>
       </c>
     </row>
     <row r="72" spans="1:18">
       <c r="A72" s="1" t="s">
-        <v>257</v>
+        <v>241</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>258</v>
+        <v>242</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D72" s="1">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="E72" s="1" t="s">
-        <v>259</v>
+        <v>243</v>
       </c>
       <c r="F72" s="1"/>
       <c r="G72" s="1" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="H72" s="1" t="s">
-        <v>260</v>
+        <v>249</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="J72" s="1" t="s">
-        <v>213</v>
+        <v>248</v>
       </c>
       <c r="K72" s="1" t="s">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="L72" s="1">
-        <v>9789087229320</v>
+        <v>9789087229467</v>
       </c>
       <c r="M72" s="1">
-        <v>290</v>
+        <v>438</v>
       </c>
       <c r="N72" s="1"/>
       <c r="O72" s="1"/>
       <c r="P72" s="1"/>
       <c r="Q72" s="1"/>
       <c r="R72" s="1" t="s">
-        <v>261</v>
+        <v>246</v>
       </c>
     </row>
     <row r="73" spans="1:18">
       <c r="A73" s="1" t="s">
-        <v>248</v>
+        <v>231</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>249</v>
+        <v>232</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>250</v>
+        <v>233</v>
       </c>
       <c r="D73" s="1"/>
       <c r="E73" s="1"/>
       <c r="F73" s="1" t="s">
-        <v>251</v>
+        <v>234</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="H73" s="1" t="s">
-        <v>262</v>
+        <v>250</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>99</v>
+        <v>23</v>
       </c>
       <c r="J73" s="1" t="s">
-        <v>263</v>
+        <v>24</v>
       </c>
       <c r="K73" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L73" s="1">
-        <v>9789087229399</v>
+        <v>9789087229412</v>
       </c>
       <c r="M73" s="1">
-        <v>246</v>
+        <v>586</v>
       </c>
       <c r="N73" s="1"/>
       <c r="O73" s="1"/>
       <c r="P73" s="1"/>
       <c r="Q73" s="1"/>
       <c r="R73" s="1" t="s">
-        <v>254</v>
+        <v>238</v>
       </c>
     </row>
     <row r="74" spans="1:18">
       <c r="A74" s="1" t="s">
-        <v>229</v>
+        <v>241</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>230</v>
+        <v>242</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D74" s="1">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="E74" s="1" t="s">
-        <v>231</v>
+        <v>243</v>
       </c>
       <c r="F74" s="1"/>
       <c r="G74" s="1" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="H74" s="1" t="s">
-        <v>264</v>
+        <v>251</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="J74" s="1" t="s">
-        <v>213</v>
+        <v>245</v>
       </c>
       <c r="K74" s="1" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="L74" s="1"/>
       <c r="M74" s="1">
-        <v>486</v>
+        <v>438</v>
       </c>
       <c r="N74" s="1"/>
       <c r="O74" s="1"/>
       <c r="P74" s="1"/>
       <c r="Q74" s="1"/>
       <c r="R74" s="1" t="s">
-        <v>234</v>
+        <v>246</v>
       </c>
     </row>
     <row r="75" spans="1:18">
       <c r="A75" s="1" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D75" s="1">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E75" s="1" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="F75" s="1"/>
       <c r="G75" s="1" t="s">
-        <v>232</v>
+        <v>255</v>
       </c>
       <c r="H75" s="1" t="s">
-        <v>265</v>
+        <v>256</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>83</v>
+        <v>102</v>
       </c>
       <c r="J75" s="1" t="s">
-        <v>222</v>
+        <v>237</v>
       </c>
       <c r="K75" s="1" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="L75" s="1" t="s">
-        <v>266</v>
+        <v>257</v>
       </c>
       <c r="M75" s="1">
-        <v>290</v>
+        <v>486</v>
       </c>
       <c r="N75" s="1"/>
       <c r="O75" s="1"/>
       <c r="P75" s="1"/>
       <c r="Q75" s="1"/>
       <c r="R75" s="1" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
     </row>
     <row r="76" spans="1:18">
       <c r="A76" s="1" t="s">
-        <v>248</v>
+        <v>259</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>249</v>
+        <v>260</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>250</v>
-[...5 lines deleted...]
-      </c>
+        <v>51</v>
+      </c>
+      <c r="D76" s="1">
+        <v>32</v>
+      </c>
+      <c r="E76" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="F76" s="1"/>
       <c r="G76" s="1" t="s">
-        <v>232</v>
+        <v>255</v>
       </c>
       <c r="H76" s="1" t="s">
-        <v>267</v>
+        <v>262</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>99</v>
+        <v>36</v>
       </c>
       <c r="J76" s="1" t="s">
-        <v>263</v>
+        <v>245</v>
       </c>
       <c r="K76" s="1" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L76" s="1"/>
       <c r="M76" s="1">
-        <v>246</v>
+        <v>382</v>
       </c>
       <c r="N76" s="1"/>
       <c r="O76" s="1"/>
       <c r="P76" s="1"/>
       <c r="Q76" s="1"/>
       <c r="R76" s="1" t="s">
-        <v>254</v>
+        <v>263</v>
       </c>
     </row>
     <row r="77" spans="1:18">
       <c r="A77" s="1" t="s">
-        <v>240</v>
+        <v>264</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>241</v>
+        <v>265</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>30</v>
-[...7 lines deleted...]
-      <c r="F77" s="1"/>
+        <v>266</v>
+      </c>
+      <c r="D77" s="1"/>
+      <c r="E77" s="1"/>
+      <c r="F77" s="1" t="s">
+        <v>267</v>
+      </c>
       <c r="G77" s="1" t="s">
-        <v>232</v>
+        <v>255</v>
       </c>
       <c r="H77" s="1" t="s">
         <v>268</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>95</v>
+        <v>117</v>
       </c>
       <c r="J77" s="1" t="s">
-        <v>219</v>
+        <v>269</v>
       </c>
       <c r="K77" s="1" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L77" s="1"/>
       <c r="M77" s="1">
-        <v>624</v>
+        <v>246</v>
       </c>
       <c r="N77" s="1"/>
       <c r="O77" s="1"/>
       <c r="P77" s="1"/>
       <c r="Q77" s="1"/>
       <c r="R77" s="1" t="s">
-        <v>244</v>
+        <v>270</v>
       </c>
     </row>
     <row r="78" spans="1:18">
       <c r="A78" s="1" t="s">
-        <v>257</v>
+        <v>264</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>258</v>
+        <v>265</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>30</v>
-[...7 lines deleted...]
-      <c r="F78" s="1"/>
+        <v>266</v>
+      </c>
+      <c r="D78" s="1"/>
+      <c r="E78" s="1"/>
+      <c r="F78" s="1" t="s">
+        <v>267</v>
+      </c>
       <c r="G78" s="1" t="s">
-        <v>232</v>
+        <v>255</v>
       </c>
       <c r="H78" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="I78" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="J78" s="1" t="s">
         <v>269</v>
       </c>
-      <c r="I78" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K78" s="1" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="L78" s="1">
-        <v>9789087229344</v>
+        <v>9789087229382</v>
       </c>
       <c r="M78" s="1">
-        <v>290</v>
+        <v>246</v>
       </c>
       <c r="N78" s="1"/>
       <c r="O78" s="1"/>
       <c r="P78" s="1"/>
       <c r="Q78" s="1"/>
       <c r="R78" s="1" t="s">
-        <v>261</v>
+        <v>270</v>
       </c>
     </row>
     <row r="79" spans="1:18">
       <c r="A79" s="1" t="s">
-        <v>235</v>
+        <v>252</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>236</v>
+        <v>253</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D79" s="1">
-        <v>32</v>
+        <v>76</v>
       </c>
       <c r="E79" s="1" t="s">
-        <v>237</v>
+        <v>254</v>
       </c>
       <c r="F79" s="1"/>
       <c r="G79" s="1" t="s">
-        <v>232</v>
+        <v>255</v>
       </c>
       <c r="H79" s="1" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="J79" s="1" t="s">
-        <v>219</v>
+        <v>237</v>
       </c>
       <c r="K79" s="1" t="s">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="L79" s="1">
-        <v>9789087229351</v>
+        <v>9789087229283</v>
       </c>
       <c r="M79" s="1">
-        <v>382</v>
+        <v>486</v>
       </c>
       <c r="N79" s="1"/>
       <c r="O79" s="1"/>
       <c r="P79" s="1"/>
       <c r="Q79" s="1"/>
       <c r="R79" s="1" t="s">
-        <v>239</v>
+        <v>258</v>
       </c>
     </row>
     <row r="80" spans="1:18">
       <c r="A80" s="1" t="s">
-        <v>240</v>
+        <v>273</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>241</v>
+        <v>274</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D80" s="1">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="E80" s="1" t="s">
-        <v>242</v>
+        <v>275</v>
       </c>
       <c r="F80" s="1"/>
       <c r="G80" s="1" t="s">
-        <v>232</v>
+        <v>255</v>
       </c>
       <c r="H80" s="1" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>112</v>
+        <v>55</v>
       </c>
       <c r="J80" s="1" t="s">
-        <v>227</v>
+        <v>24</v>
       </c>
       <c r="K80" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L80" s="1">
-        <v>9789087229306</v>
+        <v>9789087229320</v>
       </c>
       <c r="M80" s="1">
-        <v>624</v>
+        <v>290</v>
       </c>
       <c r="N80" s="1"/>
       <c r="O80" s="1"/>
       <c r="P80" s="1"/>
       <c r="Q80" s="1"/>
       <c r="R80" s="1" t="s">
-        <v>244</v>
+        <v>277</v>
       </c>
     </row>
     <row r="81" spans="1:18">
       <c r="A81" s="1" t="s">
-        <v>257</v>
+        <v>264</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>258</v>
+        <v>265</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>30</v>
-[...7 lines deleted...]
-      <c r="F81" s="1"/>
+        <v>266</v>
+      </c>
+      <c r="D81" s="1"/>
+      <c r="E81" s="1"/>
+      <c r="F81" s="1" t="s">
+        <v>267</v>
+      </c>
       <c r="G81" s="1" t="s">
-        <v>232</v>
+        <v>255</v>
       </c>
       <c r="H81" s="1" t="s">
-        <v>272</v>
+        <v>278</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>24</v>
+        <v>124</v>
       </c>
       <c r="J81" s="1" t="s">
-        <v>213</v>
+        <v>279</v>
       </c>
       <c r="K81" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L81" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="L81" s="1">
+        <v>9789087229399</v>
+      </c>
       <c r="M81" s="1">
-        <v>290</v>
+        <v>246</v>
       </c>
       <c r="N81" s="1"/>
       <c r="O81" s="1"/>
       <c r="P81" s="1"/>
       <c r="Q81" s="1"/>
       <c r="R81" s="1" t="s">
-        <v>261</v>
+        <v>270</v>
       </c>
     </row>
     <row r="82" spans="1:18">
       <c r="A82" s="1" t="s">
-        <v>235</v>
+        <v>252</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>236</v>
+        <v>253</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D82" s="1">
-        <v>32</v>
+        <v>76</v>
       </c>
       <c r="E82" s="1" t="s">
-        <v>237</v>
+        <v>254</v>
       </c>
       <c r="F82" s="1"/>
       <c r="G82" s="1" t="s">
-        <v>232</v>
+        <v>255</v>
       </c>
       <c r="H82" s="1" t="s">
-        <v>273</v>
+        <v>280</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>112</v>
+        <v>55</v>
       </c>
       <c r="J82" s="1" t="s">
-        <v>227</v>
+        <v>24</v>
       </c>
       <c r="K82" s="1" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L82" s="1"/>
       <c r="M82" s="1">
-        <v>382</v>
+        <v>486</v>
       </c>
       <c r="N82" s="1"/>
       <c r="O82" s="1"/>
       <c r="P82" s="1"/>
       <c r="Q82" s="1"/>
       <c r="R82" s="1" t="s">
-        <v>239</v>
+        <v>258</v>
       </c>
     </row>
     <row r="83" spans="1:18">
       <c r="A83" s="1" t="s">
-        <v>240</v>
+        <v>273</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>241</v>
+        <v>274</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D83" s="1">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="E83" s="1" t="s">
-        <v>242</v>
+        <v>275</v>
       </c>
       <c r="F83" s="1"/>
       <c r="G83" s="1" t="s">
-        <v>232</v>
+        <v>255</v>
       </c>
       <c r="H83" s="1" t="s">
-        <v>274</v>
+        <v>281</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>112</v>
+        <v>102</v>
       </c>
       <c r="J83" s="1" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="K83" s="1" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>9789087229313</v>
+        <v>44</v>
+      </c>
+      <c r="L83" s="1" t="s">
+        <v>282</v>
       </c>
       <c r="M83" s="1">
-        <v>624</v>
+        <v>290</v>
       </c>
       <c r="N83" s="1"/>
       <c r="O83" s="1"/>
       <c r="P83" s="1"/>
       <c r="Q83" s="1"/>
       <c r="R83" s="1" t="s">
-        <v>244</v>
+        <v>277</v>
       </c>
     </row>
     <row r="84" spans="1:18">
       <c r="A84" s="1" t="s">
-        <v>275</v>
+        <v>264</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>276</v>
+        <v>265</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>30</v>
-[...7 lines deleted...]
-      <c r="F84" s="1"/>
+        <v>266</v>
+      </c>
+      <c r="D84" s="1"/>
+      <c r="E84" s="1"/>
+      <c r="F84" s="1" t="s">
+        <v>267</v>
+      </c>
       <c r="G84" s="1" t="s">
-        <v>278</v>
+        <v>255</v>
       </c>
       <c r="H84" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="I84" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="J84" s="1" t="s">
         <v>279</v>
       </c>
-      <c r="I84" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K84" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L84" s="1">
-        <v>9789087229252</v>
+        <v>9789087229405</v>
       </c>
       <c r="M84" s="1">
-        <v>606</v>
+        <v>246</v>
       </c>
       <c r="N84" s="1"/>
       <c r="O84" s="1"/>
       <c r="P84" s="1"/>
       <c r="Q84" s="1"/>
       <c r="R84" s="1" t="s">
-        <v>280</v>
+        <v>270</v>
       </c>
     </row>
     <row r="85" spans="1:18">
       <c r="A85" s="1" t="s">
-        <v>275</v>
+        <v>284</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>276</v>
+        <v>285</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D85" s="1">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="E85" s="1" t="s">
-        <v>277</v>
+        <v>286</v>
       </c>
       <c r="F85" s="1"/>
       <c r="G85" s="1" t="s">
-        <v>278</v>
+        <v>255</v>
       </c>
       <c r="H85" s="1" t="s">
-        <v>281</v>
+        <v>287</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>95</v>
+        <v>36</v>
       </c>
       <c r="J85" s="1" t="s">
-        <v>219</v>
+        <v>245</v>
       </c>
       <c r="K85" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L85" s="1"/>
+        <v>38</v>
+      </c>
+      <c r="L85" s="1">
+        <v>9789087229290</v>
+      </c>
       <c r="M85" s="1">
-        <v>606</v>
+        <v>624</v>
       </c>
       <c r="N85" s="1"/>
       <c r="O85" s="1"/>
       <c r="P85" s="1"/>
       <c r="Q85" s="1"/>
       <c r="R85" s="1" t="s">
-        <v>280</v>
+        <v>288</v>
       </c>
     </row>
     <row r="86" spans="1:18">
       <c r="A86" s="1" t="s">
-        <v>282</v>
+        <v>273</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>283</v>
+        <v>274</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D86" s="1">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E86" s="1" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="F86" s="1"/>
       <c r="G86" s="1" t="s">
-        <v>278</v>
+        <v>255</v>
       </c>
       <c r="H86" s="1" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="J86" s="1" t="s">
-        <v>219</v>
+        <v>237</v>
       </c>
       <c r="K86" s="1" t="s">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="L86" s="1">
-        <v>9789087229177</v>
+        <v>9789087229344</v>
       </c>
       <c r="M86" s="1">
-        <v>514</v>
+        <v>290</v>
       </c>
       <c r="N86" s="1"/>
       <c r="O86" s="1"/>
       <c r="P86" s="1"/>
       <c r="Q86" s="1"/>
       <c r="R86" s="1" t="s">
-        <v>286</v>
+        <v>277</v>
       </c>
     </row>
     <row r="87" spans="1:18">
       <c r="A87" s="1" t="s">
-        <v>282</v>
+        <v>259</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>283</v>
+        <v>260</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="D87" s="1">
-        <v>74</v>
+        <v>32</v>
       </c>
       <c r="E87" s="1" t="s">
-        <v>284</v>
+        <v>261</v>
       </c>
       <c r="F87" s="1"/>
       <c r="G87" s="1" t="s">
-        <v>278</v>
+        <v>255</v>
       </c>
       <c r="H87" s="1" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>112</v>
+        <v>36</v>
       </c>
       <c r="J87" s="1" t="s">
-        <v>227</v>
+        <v>245</v>
       </c>
       <c r="K87" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L87" s="1">
-        <v>9789087229184</v>
+        <v>9789087229351</v>
       </c>
       <c r="M87" s="1">
-        <v>514</v>
+        <v>382</v>
       </c>
       <c r="N87" s="1"/>
       <c r="O87" s="1"/>
       <c r="P87" s="1"/>
       <c r="Q87" s="1"/>
       <c r="R87" s="1" t="s">
-        <v>286</v>
+        <v>263</v>
       </c>
     </row>
     <row r="88" spans="1:18">
       <c r="A88" s="1" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D88" s="1">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="E88" s="1" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="F88" s="1"/>
       <c r="G88" s="1" t="s">
-        <v>278</v>
+        <v>255</v>
       </c>
       <c r="H88" s="1" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>112</v>
+        <v>42</v>
       </c>
       <c r="J88" s="1" t="s">
-        <v>227</v>
+        <v>248</v>
       </c>
       <c r="K88" s="1" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="L88" s="1">
-        <v>9789087229191</v>
+        <v>9789087229306</v>
       </c>
       <c r="M88" s="1">
-        <v>514</v>
+        <v>624</v>
       </c>
       <c r="N88" s="1"/>
       <c r="O88" s="1"/>
       <c r="P88" s="1"/>
       <c r="Q88" s="1"/>
       <c r="R88" s="1" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
     </row>
     <row r="89" spans="1:18">
       <c r="A89" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="C89" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D89" s="1">
+        <v>75</v>
+      </c>
+      <c r="E89" s="1" t="s">
         <v>275</v>
-      </c>
-[...10 lines deleted...]
-        <v>277</v>
       </c>
       <c r="F89" s="1"/>
       <c r="G89" s="1" t="s">
-        <v>278</v>
+        <v>255</v>
       </c>
       <c r="H89" s="1" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>95</v>
+        <v>55</v>
       </c>
       <c r="J89" s="1" t="s">
-        <v>219</v>
+        <v>24</v>
       </c>
       <c r="K89" s="1" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L89" s="1"/>
       <c r="M89" s="1">
-        <v>606</v>
+        <v>290</v>
       </c>
       <c r="N89" s="1"/>
       <c r="O89" s="1"/>
       <c r="P89" s="1"/>
       <c r="Q89" s="1"/>
       <c r="R89" s="1" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
     </row>
     <row r="90" spans="1:18">
       <c r="A90" s="1" t="s">
-        <v>282</v>
+        <v>259</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>283</v>
+        <v>260</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="D90" s="1">
-        <v>74</v>
+        <v>32</v>
       </c>
       <c r="E90" s="1" t="s">
-        <v>284</v>
+        <v>261</v>
       </c>
       <c r="F90" s="1"/>
       <c r="G90" s="1" t="s">
-        <v>278</v>
+        <v>255</v>
       </c>
       <c r="H90" s="1" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>95</v>
+        <v>42</v>
       </c>
       <c r="J90" s="1" t="s">
-        <v>219</v>
+        <v>248</v>
       </c>
       <c r="K90" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L90" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="L90" s="1">
+        <v>9789087229368</v>
+      </c>
       <c r="M90" s="1">
-        <v>514</v>
+        <v>382</v>
       </c>
       <c r="N90" s="1"/>
       <c r="O90" s="1"/>
       <c r="P90" s="1"/>
       <c r="Q90" s="1"/>
       <c r="R90" s="1" t="s">
-        <v>286</v>
+        <v>263</v>
       </c>
     </row>
     <row r="91" spans="1:18">
       <c r="A91" s="1" t="s">
-        <v>275</v>
+        <v>284</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>276</v>
+        <v>285</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D91" s="1">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="E91" s="1" t="s">
-        <v>277</v>
+        <v>286</v>
       </c>
       <c r="F91" s="1"/>
       <c r="G91" s="1" t="s">
-        <v>278</v>
+        <v>255</v>
       </c>
       <c r="H91" s="1" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>112</v>
+        <v>42</v>
       </c>
       <c r="J91" s="1" t="s">
-        <v>227</v>
+        <v>248</v>
       </c>
       <c r="K91" s="1" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="L91" s="1">
-        <v>9789087229245</v>
+        <v>9789087229313</v>
       </c>
       <c r="M91" s="1">
-        <v>606</v>
+        <v>624</v>
       </c>
       <c r="N91" s="1"/>
       <c r="O91" s="1"/>
       <c r="P91" s="1"/>
       <c r="Q91" s="1"/>
       <c r="R91" s="1" t="s">
-        <v>280</v>
+        <v>288</v>
       </c>
     </row>
     <row r="92" spans="1:18">
       <c r="A92" s="1" t="s">
-        <v>292</v>
+        <v>252</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>293</v>
+        <v>253</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>45</v>
-[...5 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="D92" s="1">
+        <v>76</v>
+      </c>
+      <c r="E92" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="F92" s="1"/>
       <c r="G92" s="1" t="s">
-        <v>294</v>
+        <v>255</v>
       </c>
       <c r="H92" s="1" t="s">
         <v>295</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>296</v>
+        <v>55</v>
       </c>
       <c r="J92" s="1" t="s">
-        <v>297</v>
+        <v>24</v>
       </c>
       <c r="K92" s="1" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="L92" s="1">
-        <v>9789087229108</v>
+        <v>9789087229269</v>
       </c>
       <c r="M92" s="1">
-        <v>914</v>
+        <v>486</v>
       </c>
       <c r="N92" s="1"/>
       <c r="O92" s="1"/>
       <c r="P92" s="1"/>
       <c r="Q92" s="1"/>
       <c r="R92" s="1" t="s">
-        <v>298</v>
+        <v>258</v>
       </c>
     </row>
     <row r="93" spans="1:18">
       <c r="A93" s="1" t="s">
-        <v>299</v>
+        <v>259</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>300</v>
+        <v>260</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>20</v>
+        <v>51</v>
       </c>
       <c r="D93" s="1">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E93" s="1" t="s">
-        <v>301</v>
+        <v>261</v>
       </c>
       <c r="F93" s="1"/>
       <c r="G93" s="1" t="s">
-        <v>294</v>
+        <v>255</v>
       </c>
       <c r="H93" s="1" t="s">
-        <v>302</v>
+        <v>296</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>95</v>
+        <v>42</v>
       </c>
       <c r="J93" s="1" t="s">
-        <v>219</v>
+        <v>248</v>
       </c>
       <c r="K93" s="1" t="s">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="L93" s="1">
-        <v>9789087229207</v>
+        <v>9789087229375</v>
       </c>
       <c r="M93" s="1">
-        <v>620</v>
+        <v>382</v>
       </c>
       <c r="N93" s="1"/>
       <c r="O93" s="1"/>
       <c r="P93" s="1"/>
       <c r="Q93" s="1"/>
       <c r="R93" s="1" t="s">
-        <v>303</v>
+        <v>263</v>
       </c>
     </row>
     <row r="94" spans="1:18">
       <c r="A94" s="1" t="s">
-        <v>299</v>
+        <v>284</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>300</v>
+        <v>285</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D94" s="1">
-        <v>31</v>
+        <v>77</v>
       </c>
       <c r="E94" s="1" t="s">
-        <v>301</v>
+        <v>286</v>
       </c>
       <c r="F94" s="1"/>
       <c r="G94" s="1" t="s">
-        <v>294</v>
+        <v>255</v>
       </c>
       <c r="H94" s="1" t="s">
-        <v>304</v>
+        <v>297</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>112</v>
+        <v>36</v>
       </c>
       <c r="J94" s="1" t="s">
-        <v>227</v>
+        <v>245</v>
       </c>
       <c r="K94" s="1" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L94" s="1"/>
       <c r="M94" s="1">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="N94" s="1"/>
       <c r="O94" s="1"/>
       <c r="P94" s="1"/>
       <c r="Q94" s="1"/>
       <c r="R94" s="1" t="s">
-        <v>303</v>
+        <v>288</v>
       </c>
     </row>
     <row r="95" spans="1:18">
       <c r="A95" s="1" t="s">
-        <v>305</v>
+        <v>298</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>306</v>
-[...2 lines deleted...]
-      <c r="D95" s="1"/>
+        <v>299</v>
+      </c>
+      <c r="C95" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D95" s="1">
+        <v>73</v>
+      </c>
       <c r="E95" s="1" t="s">
-        <v>307</v>
+        <v>300</v>
       </c>
       <c r="F95" s="1"/>
       <c r="G95" s="1" t="s">
-        <v>294</v>
+        <v>301</v>
       </c>
       <c r="H95" s="1" t="s">
-        <v>308</v>
+        <v>302</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>309</v>
+        <v>36</v>
       </c>
       <c r="J95" s="1" t="s">
-        <v>310</v>
+        <v>245</v>
       </c>
       <c r="K95" s="1" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L95" s="1"/>
       <c r="M95" s="1">
-        <v>730</v>
+        <v>606</v>
       </c>
       <c r="N95" s="1"/>
       <c r="O95" s="1"/>
       <c r="P95" s="1"/>
       <c r="Q95" s="1"/>
       <c r="R95" s="1" t="s">
-        <v>311</v>
+        <v>303</v>
       </c>
     </row>
     <row r="96" spans="1:18">
       <c r="A96" s="1" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D96" s="1">
-        <v>31</v>
+        <v>74</v>
       </c>
       <c r="E96" s="1" t="s">
-        <v>301</v>
+        <v>306</v>
       </c>
       <c r="F96" s="1"/>
       <c r="G96" s="1" t="s">
-        <v>294</v>
+        <v>301</v>
       </c>
       <c r="H96" s="1" t="s">
-        <v>312</v>
+        <v>307</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>112</v>
+        <v>36</v>
       </c>
       <c r="J96" s="1" t="s">
-        <v>227</v>
+        <v>245</v>
       </c>
       <c r="K96" s="1" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="L96" s="1">
-        <v>9789087229221</v>
+        <v>9789087229177</v>
       </c>
       <c r="M96" s="1">
-        <v>620</v>
+        <v>514</v>
       </c>
       <c r="N96" s="1"/>
       <c r="O96" s="1"/>
       <c r="P96" s="1"/>
       <c r="Q96" s="1"/>
       <c r="R96" s="1" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
     </row>
     <row r="97" spans="1:18">
       <c r="A97" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="B97" s="1" t="s">
         <v>305</v>
       </c>
-      <c r="B97" s="1" t="s">
+      <c r="C97" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D97" s="1">
+        <v>74</v>
+      </c>
+      <c r="E97" s="1" t="s">
         <v>306</v>
-      </c>
-[...3 lines deleted...]
-        <v>307</v>
       </c>
       <c r="F97" s="1"/>
       <c r="G97" s="1" t="s">
-        <v>294</v>
+        <v>301</v>
       </c>
       <c r="H97" s="1" t="s">
-        <v>313</v>
+        <v>309</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>309</v>
+        <v>42</v>
       </c>
       <c r="J97" s="1" t="s">
-        <v>310</v>
+        <v>248</v>
       </c>
       <c r="K97" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L97" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="L97" s="1">
+        <v>9789087229184</v>
+      </c>
       <c r="M97" s="1">
-        <v>730</v>
+        <v>514</v>
       </c>
       <c r="N97" s="1"/>
       <c r="O97" s="1"/>
       <c r="P97" s="1"/>
       <c r="Q97" s="1"/>
       <c r="R97" s="1" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
     </row>
     <row r="98" spans="1:18">
       <c r="A98" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="B98" s="1" t="s">
         <v>305</v>
       </c>
-      <c r="B98" s="1" t="s">
+      <c r="C98" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D98" s="1">
+        <v>74</v>
+      </c>
+      <c r="E98" s="1" t="s">
         <v>306</v>
-      </c>
-[...3 lines deleted...]
-        <v>307</v>
       </c>
       <c r="F98" s="1"/>
       <c r="G98" s="1" t="s">
-        <v>294</v>
+        <v>301</v>
       </c>
       <c r="H98" s="1" t="s">
-        <v>314</v>
+        <v>310</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>121</v>
+        <v>42</v>
       </c>
       <c r="J98" s="1" t="s">
-        <v>315</v>
+        <v>248</v>
       </c>
       <c r="K98" s="1" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="L98" s="1">
-        <v>9789087229153</v>
+        <v>9789087229191</v>
       </c>
       <c r="M98" s="1">
-        <v>730</v>
+        <v>514</v>
       </c>
       <c r="N98" s="1"/>
       <c r="O98" s="1"/>
       <c r="P98" s="1"/>
       <c r="Q98" s="1"/>
       <c r="R98" s="1" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
     </row>
     <row r="99" spans="1:18">
       <c r="A99" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="B99" s="1" t="s">
         <v>299</v>
       </c>
-      <c r="B99" s="1" t="s">
+      <c r="C99" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D99" s="1">
+        <v>73</v>
+      </c>
+      <c r="E99" s="1" t="s">
         <v>300</v>
-      </c>
-[...7 lines deleted...]
-        <v>301</v>
       </c>
       <c r="F99" s="1"/>
       <c r="G99" s="1" t="s">
-        <v>294</v>
+        <v>301</v>
       </c>
       <c r="H99" s="1" t="s">
-        <v>316</v>
+        <v>311</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>95</v>
+        <v>36</v>
       </c>
       <c r="J99" s="1" t="s">
-        <v>219</v>
+        <v>245</v>
       </c>
       <c r="K99" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L99" s="1"/>
+        <v>38</v>
+      </c>
+      <c r="L99" s="1">
+        <v>9789087229238</v>
+      </c>
       <c r="M99" s="1">
-        <v>620</v>
+        <v>606</v>
       </c>
       <c r="N99" s="1"/>
       <c r="O99" s="1"/>
       <c r="P99" s="1"/>
       <c r="Q99" s="1"/>
       <c r="R99" s="1" t="s">
         <v>303</v>
       </c>
     </row>
     <row r="100" spans="1:18">
       <c r="A100" s="1" t="s">
-        <v>292</v>
+        <v>304</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>293</v>
+        <v>305</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>45</v>
-[...5 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="D100" s="1">
+        <v>74</v>
+      </c>
+      <c r="E100" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="F100" s="1"/>
       <c r="G100" s="1" t="s">
-        <v>294</v>
+        <v>301</v>
       </c>
       <c r="H100" s="1" t="s">
-        <v>317</v>
+        <v>312</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>318</v>
+        <v>36</v>
       </c>
       <c r="J100" s="1" t="s">
-        <v>319</v>
+        <v>245</v>
       </c>
       <c r="K100" s="1" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L100" s="1"/>
       <c r="M100" s="1">
-        <v>914</v>
+        <v>514</v>
       </c>
       <c r="N100" s="1"/>
       <c r="O100" s="1"/>
       <c r="P100" s="1"/>
       <c r="Q100" s="1"/>
       <c r="R100" s="1" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
     </row>
     <row r="101" spans="1:18">
       <c r="A101" s="1" t="s">
-        <v>305</v>
+        <v>298</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>306</v>
-[...2 lines deleted...]
-      <c r="D101" s="1"/>
+        <v>299</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D101" s="1">
+        <v>73</v>
+      </c>
       <c r="E101" s="1" t="s">
-        <v>307</v>
+        <v>300</v>
       </c>
       <c r="F101" s="1"/>
       <c r="G101" s="1" t="s">
-        <v>294</v>
+        <v>301</v>
       </c>
       <c r="H101" s="1" t="s">
-        <v>320</v>
+        <v>313</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>121</v>
+        <v>42</v>
       </c>
       <c r="J101" s="1" t="s">
-        <v>315</v>
+        <v>248</v>
       </c>
       <c r="K101" s="1" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="L101" s="1">
-        <v>9789087229160</v>
+        <v>9789087229245</v>
       </c>
       <c r="M101" s="1">
-        <v>730</v>
+        <v>606</v>
       </c>
       <c r="N101" s="1"/>
       <c r="O101" s="1"/>
       <c r="P101" s="1"/>
       <c r="Q101" s="1"/>
       <c r="R101" s="1" t="s">
-        <v>311</v>
+        <v>303</v>
       </c>
     </row>
     <row r="102" spans="1:18">
       <c r="A102" s="1" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>293</v>
+        <v>299</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>45</v>
-[...5 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="D102" s="1">
+        <v>73</v>
+      </c>
+      <c r="E102" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="F102" s="1"/>
       <c r="G102" s="1" t="s">
-        <v>294</v>
+        <v>301</v>
       </c>
       <c r="H102" s="1" t="s">
-        <v>321</v>
+        <v>314</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>296</v>
+        <v>42</v>
       </c>
       <c r="J102" s="1" t="s">
-        <v>297</v>
+        <v>248</v>
       </c>
       <c r="K102" s="1" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="L102" s="1">
-        <v>9789087229092</v>
+        <v>9789087229252</v>
       </c>
       <c r="M102" s="1">
-        <v>914</v>
+        <v>606</v>
       </c>
       <c r="N102" s="1"/>
       <c r="O102" s="1"/>
       <c r="P102" s="1"/>
       <c r="Q102" s="1"/>
       <c r="R102" s="1" t="s">
-        <v>298</v>
+        <v>303</v>
       </c>
     </row>
     <row r="103" spans="1:18">
       <c r="A103" s="1" t="s">
-        <v>322</v>
+        <v>315</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>323</v>
+        <v>316</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="D103" s="1"/>
+        <v>51</v>
+      </c>
+      <c r="D103" s="1">
+        <v>31</v>
+      </c>
       <c r="E103" s="1" t="s">
-        <v>324</v>
-[...3 lines deleted...]
-      </c>
+        <v>317</v>
+      </c>
+      <c r="F103" s="1"/>
       <c r="G103" s="1" t="s">
-        <v>326</v>
+        <v>318</v>
       </c>
       <c r="H103" s="1" t="s">
-        <v>327</v>
+        <v>319</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>328</v>
+        <v>36</v>
       </c>
       <c r="J103" s="1" t="s">
-        <v>96</v>
+        <v>245</v>
       </c>
       <c r="K103" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L103" s="1">
-        <v>9789087229122</v>
+        <v>9789087229207</v>
       </c>
       <c r="M103" s="1">
-        <v>932</v>
+        <v>620</v>
       </c>
       <c r="N103" s="1"/>
       <c r="O103" s="1"/>
       <c r="P103" s="1"/>
       <c r="Q103" s="1"/>
       <c r="R103" s="1" t="s">
-        <v>329</v>
+        <v>320</v>
       </c>
     </row>
     <row r="104" spans="1:18">
       <c r="A104" s="1" t="s">
-        <v>322</v>
+        <v>315</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>323</v>
+        <v>316</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="D104" s="1"/>
+        <v>51</v>
+      </c>
+      <c r="D104" s="1">
+        <v>31</v>
+      </c>
       <c r="E104" s="1" t="s">
-        <v>324</v>
-[...3 lines deleted...]
-      </c>
+        <v>317</v>
+      </c>
+      <c r="F104" s="1"/>
       <c r="G104" s="1" t="s">
-        <v>326</v>
+        <v>318</v>
       </c>
       <c r="H104" s="1" t="s">
-        <v>330</v>
+        <v>321</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>328</v>
+        <v>42</v>
       </c>
       <c r="J104" s="1" t="s">
-        <v>96</v>
+        <v>248</v>
       </c>
       <c r="K104" s="1" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="L104" s="1">
-        <v>9789087229139</v>
+        <v>9789087229214</v>
       </c>
       <c r="M104" s="1">
-        <v>932</v>
+        <v>620</v>
       </c>
       <c r="N104" s="1"/>
       <c r="O104" s="1"/>
       <c r="P104" s="1"/>
       <c r="Q104" s="1"/>
       <c r="R104" s="1" t="s">
-        <v>329</v>
+        <v>320</v>
       </c>
     </row>
     <row r="105" spans="1:18">
       <c r="A105" s="1" t="s">
         <v>322</v>
       </c>
       <c r="B105" s="1" t="s">
         <v>323</v>
       </c>
-      <c r="C105" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C105" s="1"/>
       <c r="D105" s="1"/>
       <c r="E105" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="F105" s="1"/>
+      <c r="G105" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="H105" s="1" t="s">
         <v>324</v>
       </c>
-      <c r="F105" s="1" t="s">
+      <c r="I105" s="1" t="s">
         <v>325</v>
       </c>
-      <c r="G105" s="1" t="s">
+      <c r="J105" s="1" t="s">
         <v>326</v>
       </c>
-      <c r="H105" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K105" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L105" s="1"/>
+        <v>38</v>
+      </c>
+      <c r="L105" s="1">
+        <v>9789087229146</v>
+      </c>
       <c r="M105" s="1">
-        <v>932</v>
+        <v>730</v>
       </c>
       <c r="N105" s="1"/>
       <c r="O105" s="1"/>
       <c r="P105" s="1"/>
       <c r="Q105" s="1"/>
       <c r="R105" s="1" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
     </row>
     <row r="106" spans="1:18">
       <c r="A106" s="1" t="s">
-        <v>322</v>
+        <v>315</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>323</v>
+        <v>316</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="D106" s="1"/>
+        <v>51</v>
+      </c>
+      <c r="D106" s="1">
+        <v>31</v>
+      </c>
       <c r="E106" s="1" t="s">
-        <v>324</v>
-[...3 lines deleted...]
-      </c>
+        <v>317</v>
+      </c>
+      <c r="F106" s="1"/>
       <c r="G106" s="1" t="s">
-        <v>326</v>
+        <v>318</v>
       </c>
       <c r="H106" s="1" t="s">
-        <v>333</v>
+        <v>328</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>57</v>
+        <v>42</v>
       </c>
       <c r="J106" s="1" t="s">
-        <v>332</v>
+        <v>248</v>
       </c>
       <c r="K106" s="1" t="s">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="L106" s="1">
-        <v>9789087229115</v>
+        <v>9789087229221</v>
       </c>
       <c r="M106" s="1">
-        <v>932</v>
+        <v>620</v>
       </c>
       <c r="N106" s="1"/>
       <c r="O106" s="1"/>
       <c r="P106" s="1"/>
       <c r="Q106" s="1"/>
       <c r="R106" s="1" t="s">
-        <v>329</v>
+        <v>320</v>
       </c>
     </row>
     <row r="107" spans="1:18">
       <c r="A107" s="1" t="s">
-        <v>334</v>
+        <v>322</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>335</v>
-[...1 lines deleted...]
-      <c r="C107" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="C107" s="1"/>
+      <c r="D107" s="1"/>
+      <c r="E107" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="D107" s="1">
-[...3 lines deleted...]
-      <c r="F107" s="1" t="s">
+      <c r="F107" s="1"/>
+      <c r="G107" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="H107" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="I107" s="1" t="s">
         <v>325</v>
       </c>
-      <c r="G107" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J107" s="1" t="s">
-        <v>332</v>
+        <v>326</v>
       </c>
       <c r="K107" s="1" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L107" s="1"/>
       <c r="M107" s="1">
-        <v>916</v>
+        <v>730</v>
       </c>
       <c r="N107" s="1"/>
       <c r="O107" s="1"/>
       <c r="P107" s="1"/>
       <c r="Q107" s="1"/>
       <c r="R107" s="1" t="s">
-        <v>338</v>
+        <v>327</v>
       </c>
     </row>
     <row r="108" spans="1:18">
       <c r="A108" s="1" t="s">
-        <v>339</v>
+        <v>322</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>340</v>
-[...6 lines deleted...]
-      </c>
+        <v>323</v>
+      </c>
+      <c r="C108" s="1"/>
+      <c r="D108" s="1"/>
       <c r="E108" s="1" t="s">
-        <v>341</v>
+        <v>20</v>
       </c>
       <c r="F108" s="1"/>
       <c r="G108" s="1" t="s">
-        <v>336</v>
+        <v>318</v>
       </c>
       <c r="H108" s="1" t="s">
-        <v>342</v>
+        <v>330</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>83</v>
+        <v>172</v>
       </c>
       <c r="J108" s="1" t="s">
-        <v>222</v>
+        <v>331</v>
       </c>
       <c r="K108" s="1" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="L108" s="1">
-        <v>9789087229061</v>
+        <v>9789087229153</v>
       </c>
       <c r="M108" s="1">
-        <v>488</v>
+        <v>730</v>
       </c>
       <c r="N108" s="1"/>
       <c r="O108" s="1"/>
       <c r="P108" s="1"/>
       <c r="Q108" s="1"/>
       <c r="R108" s="1" t="s">
-        <v>343</v>
+        <v>327</v>
       </c>
     </row>
     <row r="109" spans="1:18">
       <c r="A109" s="1" t="s">
-        <v>334</v>
+        <v>315</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>335</v>
+        <v>316</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>20</v>
+        <v>51</v>
       </c>
       <c r="D109" s="1">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="E109" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="F109" s="1"/>
       <c r="G109" s="1" t="s">
-        <v>336</v>
+        <v>318</v>
       </c>
       <c r="H109" s="1" t="s">
-        <v>344</v>
+        <v>332</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>328</v>
+        <v>36</v>
       </c>
       <c r="J109" s="1" t="s">
-        <v>96</v>
+        <v>245</v>
       </c>
       <c r="K109" s="1" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L109" s="1"/>
       <c r="M109" s="1">
-        <v>916</v>
+        <v>620</v>
       </c>
       <c r="N109" s="1"/>
       <c r="O109" s="1"/>
       <c r="P109" s="1"/>
       <c r="Q109" s="1"/>
       <c r="R109" s="1" t="s">
-        <v>338</v>
+        <v>320</v>
       </c>
     </row>
     <row r="110" spans="1:18">
       <c r="A110" s="1" t="s">
-        <v>339</v>
+        <v>333</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>340</v>
+        <v>334</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>30</v>
-[...7 lines deleted...]
-      <c r="F110" s="1"/>
+        <v>75</v>
+      </c>
+      <c r="D110" s="1"/>
+      <c r="E110" s="1"/>
+      <c r="F110" s="1" t="s">
+        <v>76</v>
+      </c>
       <c r="G110" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="H110" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="I110" s="1" t="s">
         <v>336</v>
       </c>
-      <c r="H110" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J110" s="1" t="s">
-        <v>222</v>
+        <v>337</v>
       </c>
       <c r="K110" s="1" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="L110" s="1">
-        <v>9789087229078</v>
+        <v>9789087229085</v>
       </c>
       <c r="M110" s="1">
-        <v>488</v>
+        <v>914</v>
       </c>
       <c r="N110" s="1"/>
       <c r="O110" s="1"/>
       <c r="P110" s="1"/>
       <c r="Q110" s="1"/>
       <c r="R110" s="1" t="s">
-        <v>343</v>
+        <v>338</v>
       </c>
     </row>
     <row r="111" spans="1:18">
       <c r="A111" s="1" t="s">
-        <v>334</v>
+        <v>322</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>335</v>
-[...1 lines deleted...]
-      <c r="C111" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="C111" s="1"/>
+      <c r="D111" s="1"/>
+      <c r="E111" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="D111" s="1">
-[...5 lines deleted...]
-      </c>
+      <c r="F111" s="1"/>
       <c r="G111" s="1" t="s">
-        <v>336</v>
+        <v>318</v>
       </c>
       <c r="H111" s="1" t="s">
-        <v>346</v>
+        <v>339</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>328</v>
+        <v>172</v>
       </c>
       <c r="J111" s="1" t="s">
-        <v>96</v>
+        <v>331</v>
       </c>
       <c r="K111" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L111" s="1">
-        <v>9789087229047</v>
+        <v>9789087229160</v>
       </c>
       <c r="M111" s="1">
-        <v>917</v>
+        <v>730</v>
       </c>
       <c r="N111" s="1"/>
       <c r="O111" s="1"/>
       <c r="P111" s="1"/>
       <c r="Q111" s="1"/>
       <c r="R111" s="1" t="s">
-        <v>338</v>
+        <v>327</v>
       </c>
     </row>
     <row r="112" spans="1:18">
       <c r="A112" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="B112" s="1" t="s">
         <v>334</v>
       </c>
-      <c r="B112" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C112" s="1" t="s">
-        <v>20</v>
-[...3 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="D112" s="1"/>
       <c r="E112" s="1"/>
       <c r="F112" s="1" t="s">
-        <v>325</v>
+        <v>76</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>336</v>
+        <v>318</v>
       </c>
       <c r="H112" s="1" t="s">
-        <v>347</v>
+        <v>340</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>57</v>
+        <v>341</v>
       </c>
       <c r="J112" s="1" t="s">
-        <v>332</v>
+        <v>342</v>
       </c>
       <c r="K112" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L112" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="L112" s="1">
+        <v>9789087229092</v>
+      </c>
       <c r="M112" s="1">
-        <v>916</v>
+        <v>914</v>
       </c>
       <c r="N112" s="1"/>
       <c r="O112" s="1"/>
       <c r="P112" s="1"/>
       <c r="Q112" s="1"/>
       <c r="R112" s="1" t="s">
         <v>338</v>
       </c>
     </row>
     <row r="113" spans="1:18">
       <c r="A113" s="1" t="s">
-        <v>339</v>
+        <v>333</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>340</v>
+        <v>334</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      <c r="E113" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="D113" s="1"/>
+      <c r="E113" s="1"/>
+      <c r="F113" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="G113" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="H113" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="I113" s="1" t="s">
         <v>341</v>
       </c>
-      <c r="F113" s="1"/>
-[...8 lines deleted...]
-      </c>
       <c r="J113" s="1" t="s">
-        <v>213</v>
+        <v>342</v>
       </c>
       <c r="K113" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L113" s="1"/>
+        <v>25</v>
+      </c>
+      <c r="L113" s="1">
+        <v>9789087229108</v>
+      </c>
       <c r="M113" s="1">
-        <v>488</v>
+        <v>914</v>
       </c>
       <c r="N113" s="1"/>
       <c r="O113" s="1"/>
       <c r="P113" s="1"/>
       <c r="Q113" s="1"/>
       <c r="R113" s="1" t="s">
-        <v>343</v>
+        <v>338</v>
       </c>
     </row>
     <row r="114" spans="1:18">
       <c r="A114" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="B114" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="C114" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D114" s="1"/>
+      <c r="E114" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="F114" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="G114" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="H114" s="1" t="s">
         <v>349</v>
       </c>
-      <c r="B114" s="1" t="s">
+      <c r="I114" s="1" t="s">
         <v>350</v>
       </c>
-      <c r="C114" s="1" t="s">
-[...17 lines deleted...]
-      </c>
       <c r="J114" s="1" t="s">
-        <v>353</v>
+        <v>121</v>
       </c>
       <c r="K114" s="1" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="L114" s="1">
-        <v>9789087229016</v>
+        <v>9789087229139</v>
       </c>
       <c r="M114" s="1">
-        <v>341</v>
+        <v>932</v>
       </c>
       <c r="N114" s="1"/>
       <c r="O114" s="1"/>
       <c r="P114" s="1"/>
       <c r="Q114" s="1"/>
       <c r="R114" s="1" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
     </row>
     <row r="115" spans="1:18">
       <c r="A115" s="1" t="s">
-        <v>349</v>
+        <v>344</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>350</v>
+        <v>345</v>
       </c>
       <c r="C115" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D115" s="1"/>
+      <c r="E115" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="F115" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="G115" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="H115" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="I115" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="J115" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="K115" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="D115" s="1">
-[...23 lines deleted...]
-      </c>
+      <c r="L115" s="1"/>
       <c r="M115" s="1">
-        <v>424</v>
+        <v>932</v>
       </c>
       <c r="N115" s="1"/>
       <c r="O115" s="1"/>
       <c r="P115" s="1"/>
       <c r="Q115" s="1"/>
       <c r="R115" s="1" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
     </row>
     <row r="116" spans="1:18">
       <c r="A116" s="1" t="s">
-        <v>349</v>
+        <v>344</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>350</v>
+        <v>345</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>51</v>
+      </c>
+      <c r="D116" s="1"/>
       <c r="E116" s="1" t="s">
-        <v>351</v>
-[...1 lines deleted...]
-      <c r="F116" s="1"/>
+        <v>346</v>
+      </c>
+      <c r="F116" s="1" t="s">
+        <v>347</v>
+      </c>
       <c r="G116" s="1" t="s">
-        <v>336</v>
+        <v>348</v>
       </c>
       <c r="H116" s="1" t="s">
-        <v>356</v>
+        <v>353</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>83</v>
+        <v>28</v>
       </c>
       <c r="J116" s="1" t="s">
-        <v>353</v>
+        <v>29</v>
       </c>
       <c r="K116" s="1" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="L116" s="1">
-        <v>9789087229023</v>
+        <v>9789087229115</v>
       </c>
       <c r="M116" s="1">
-        <v>434</v>
+        <v>932</v>
       </c>
       <c r="N116" s="1"/>
       <c r="O116" s="1"/>
       <c r="P116" s="1"/>
       <c r="Q116" s="1"/>
       <c r="R116" s="1" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
     </row>
     <row r="117" spans="1:18">
       <c r="A117" s="1" t="s">
-        <v>339</v>
+        <v>344</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>340</v>
+        <v>345</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>51</v>
+      </c>
+      <c r="D117" s="1"/>
       <c r="E117" s="1" t="s">
-        <v>341</v>
-[...1 lines deleted...]
-      <c r="F117" s="1"/>
+        <v>346</v>
+      </c>
+      <c r="F117" s="1" t="s">
+        <v>347</v>
+      </c>
       <c r="G117" s="1" t="s">
-        <v>336</v>
+        <v>348</v>
       </c>
       <c r="H117" s="1" t="s">
-        <v>357</v>
+        <v>354</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>24</v>
+        <v>350</v>
       </c>
       <c r="J117" s="1" t="s">
-        <v>213</v>
+        <v>121</v>
       </c>
       <c r="K117" s="1" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="L117" s="1">
-        <v>9789087229054</v>
+        <v>9789087229122</v>
       </c>
       <c r="M117" s="1">
-        <v>488</v>
+        <v>932</v>
       </c>
       <c r="N117" s="1"/>
       <c r="O117" s="1"/>
       <c r="P117" s="1"/>
       <c r="Q117" s="1"/>
       <c r="R117" s="1" t="s">
-        <v>343</v>
+        <v>351</v>
       </c>
     </row>
     <row r="118" spans="1:18">
       <c r="A118" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="B118" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="C118" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D118" s="1">
+        <v>29</v>
+      </c>
+      <c r="E118" s="1"/>
+      <c r="F118" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="G118" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="H118" s="1" t="s">
         <v>358</v>
       </c>
-      <c r="B118" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I118" s="1" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="J118" s="1" t="s">
-        <v>364</v>
+        <v>121</v>
       </c>
       <c r="K118" s="1" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="L118" s="1">
-        <v>9789087228798</v>
+        <v>9789087229030</v>
       </c>
       <c r="M118" s="1">
-        <v>405</v>
+        <v>916</v>
       </c>
       <c r="N118" s="1"/>
       <c r="O118" s="1"/>
       <c r="P118" s="1"/>
       <c r="Q118" s="1"/>
       <c r="R118" s="1" t="s">
-        <v>365</v>
+        <v>359</v>
       </c>
     </row>
     <row r="119" spans="1:18">
       <c r="A119" s="1" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>359</v>
-[...2 lines deleted...]
-      <c r="D119" s="1"/>
+        <v>361</v>
+      </c>
+      <c r="C119" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D119" s="1">
+        <v>72</v>
+      </c>
       <c r="E119" s="1" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="F119" s="1"/>
       <c r="G119" s="1" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="H119" s="1" t="s">
-        <v>366</v>
+        <v>363</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>367</v>
+        <v>102</v>
       </c>
       <c r="J119" s="1" t="s">
-        <v>368</v>
+        <v>237</v>
       </c>
       <c r="K119" s="1" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="L119" s="1">
-        <v>9789087228989</v>
+        <v>9789087229078</v>
       </c>
       <c r="M119" s="1">
-        <v>405</v>
+        <v>488</v>
       </c>
       <c r="N119" s="1"/>
       <c r="O119" s="1"/>
       <c r="P119" s="1"/>
       <c r="Q119" s="1"/>
       <c r="R119" s="1" t="s">
-        <v>365</v>
+        <v>364</v>
       </c>
     </row>
     <row r="120" spans="1:18">
       <c r="A120" s="1" t="s">
-        <v>358</v>
+        <v>355</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>359</v>
-[...6 lines deleted...]
-      <c r="F120" s="1"/>
+        <v>356</v>
+      </c>
+      <c r="C120" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D120" s="1">
+        <v>29</v>
+      </c>
+      <c r="E120" s="1"/>
+      <c r="F120" s="1" t="s">
+        <v>347</v>
+      </c>
       <c r="G120" s="1" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="H120" s="1" t="s">
-        <v>369</v>
+        <v>365</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>367</v>
+        <v>350</v>
       </c>
       <c r="J120" s="1" t="s">
-        <v>368</v>
+        <v>121</v>
       </c>
       <c r="K120" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L120" s="1">
-        <v>9789087228996</v>
+        <v>9789087229047</v>
       </c>
       <c r="M120" s="1">
-        <v>405</v>
+        <v>917</v>
       </c>
       <c r="N120" s="1"/>
       <c r="O120" s="1"/>
       <c r="P120" s="1"/>
       <c r="Q120" s="1"/>
       <c r="R120" s="1" t="s">
-        <v>365</v>
+        <v>359</v>
       </c>
     </row>
     <row r="121" spans="1:18">
       <c r="A121" s="1" t="s">
-        <v>358</v>
+        <v>355</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>359</v>
-[...6 lines deleted...]
-      <c r="F121" s="1"/>
+        <v>356</v>
+      </c>
+      <c r="C121" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D121" s="1">
+        <v>29</v>
+      </c>
+      <c r="E121" s="1"/>
+      <c r="F121" s="1" t="s">
+        <v>347</v>
+      </c>
       <c r="G121" s="1" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="H121" s="1" t="s">
-        <v>370</v>
+        <v>366</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>363</v>
+        <v>28</v>
       </c>
       <c r="J121" s="1" t="s">
-        <v>364</v>
+        <v>29</v>
       </c>
       <c r="K121" s="1" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="L121" s="1"/>
       <c r="M121" s="1">
-        <v>405</v>
+        <v>916</v>
       </c>
       <c r="N121" s="1"/>
       <c r="O121" s="1"/>
       <c r="P121" s="1"/>
       <c r="Q121" s="1"/>
       <c r="R121" s="1" t="s">
-        <v>365</v>
+        <v>359</v>
       </c>
     </row>
     <row r="122" spans="1:18">
       <c r="A122" s="1" t="s">
-        <v>371</v>
+        <v>360</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>372</v>
+        <v>361</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>69</v>
+        <v>33</v>
       </c>
       <c r="D122" s="1">
-        <v>2023</v>
-[...4 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="E122" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="F122" s="1"/>
       <c r="G122" s="1" t="s">
-        <v>373</v>
+        <v>357</v>
       </c>
       <c r="H122" s="1" t="s">
-        <v>374</v>
+        <v>367</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>375</v>
+        <v>55</v>
       </c>
       <c r="J122" s="1" t="s">
-        <v>222</v>
+        <v>24</v>
       </c>
       <c r="K122" s="1" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L122" s="1"/>
       <c r="M122" s="1">
-        <v>353</v>
+        <v>488</v>
       </c>
       <c r="N122" s="1"/>
       <c r="O122" s="1"/>
       <c r="P122" s="1"/>
       <c r="Q122" s="1"/>
       <c r="R122" s="1" t="s">
-        <v>376</v>
+        <v>364</v>
       </c>
     </row>
     <row r="123" spans="1:18">
       <c r="A123" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="B123" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="C123" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D123" s="1">
+        <v>72</v>
+      </c>
+      <c r="E123" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="F123" s="1"/>
+      <c r="G123" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="H123" s="1" t="s">
         <v>371</v>
       </c>
-      <c r="B123" s="1" t="s">
+      <c r="I123" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="J123" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="C123" s="1" t="s">
-[...20 lines deleted...]
-      </c>
       <c r="K123" s="1" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="L123" s="1">
-        <v>9789087228897</v>
+        <v>9789087229016</v>
       </c>
       <c r="M123" s="1">
-        <v>353</v>
+        <v>341</v>
       </c>
       <c r="N123" s="1"/>
       <c r="O123" s="1"/>
       <c r="P123" s="1"/>
       <c r="Q123" s="1"/>
       <c r="R123" s="1" t="s">
-        <v>376</v>
+        <v>373</v>
       </c>
     </row>
     <row r="124" spans="1:18">
       <c r="A124" s="1" t="s">
-        <v>371</v>
+        <v>368</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>69</v>
+        <v>33</v>
       </c>
       <c r="D124" s="1">
-        <v>2023</v>
-[...4 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="E124" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="F124" s="1"/>
       <c r="G124" s="1" t="s">
-        <v>373</v>
+        <v>357</v>
       </c>
       <c r="H124" s="1" t="s">
-        <v>380</v>
+        <v>374</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>378</v>
+        <v>55</v>
       </c>
       <c r="J124" s="1" t="s">
-        <v>379</v>
+        <v>56</v>
       </c>
       <c r="K124" s="1" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="L124" s="1">
-        <v>9789087228903</v>
+        <v>9789087229009</v>
       </c>
       <c r="M124" s="1">
-        <v>353</v>
+        <v>424</v>
       </c>
       <c r="N124" s="1"/>
       <c r="O124" s="1"/>
       <c r="P124" s="1"/>
       <c r="Q124" s="1"/>
       <c r="R124" s="1" t="s">
-        <v>376</v>
+        <v>373</v>
       </c>
     </row>
     <row r="125" spans="1:18">
       <c r="A125" s="1" t="s">
-        <v>371</v>
+        <v>368</v>
       </c>
       <c r="B125" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="C125" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D125" s="1">
+        <v>72</v>
+      </c>
+      <c r="E125" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="F125" s="1"/>
+      <c r="G125" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="H125" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="I125" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="J125" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="C125" s="1" t="s">
-[...20 lines deleted...]
-      </c>
       <c r="K125" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L125" s="1"/>
+        <v>25</v>
+      </c>
+      <c r="L125" s="1">
+        <v>9789087229023</v>
+      </c>
       <c r="M125" s="1">
-        <v>353</v>
+        <v>434</v>
       </c>
       <c r="N125" s="1"/>
       <c r="O125" s="1"/>
       <c r="P125" s="1"/>
       <c r="Q125" s="1"/>
       <c r="R125" s="1" t="s">
-        <v>376</v>
+        <v>373</v>
       </c>
     </row>
     <row r="126" spans="1:18">
       <c r="A126" s="1" t="s">
-        <v>382</v>
+        <v>360</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>383</v>
+        <v>361</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>117</v>
-[...1 lines deleted...]
-      <c r="D126" s="1"/>
+        <v>33</v>
+      </c>
+      <c r="D126" s="1">
+        <v>72</v>
+      </c>
       <c r="E126" s="1" t="s">
-        <v>384</v>
-[...3 lines deleted...]
-      </c>
+        <v>362</v>
+      </c>
+      <c r="F126" s="1"/>
       <c r="G126" s="1" t="s">
-        <v>373</v>
+        <v>357</v>
       </c>
       <c r="H126" s="1" t="s">
-        <v>386</v>
+        <v>376</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>143</v>
+        <v>55</v>
       </c>
       <c r="J126" s="1" t="s">
-        <v>144</v>
+        <v>24</v>
       </c>
       <c r="K126" s="1" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="L126" s="1">
-        <v>9789087228972</v>
+        <v>9789087229054</v>
       </c>
       <c r="M126" s="1">
-        <v>857</v>
+        <v>488</v>
       </c>
       <c r="N126" s="1"/>
       <c r="O126" s="1"/>
       <c r="P126" s="1"/>
       <c r="Q126" s="1"/>
       <c r="R126" s="1" t="s">
-        <v>387</v>
+        <v>364</v>
       </c>
     </row>
     <row r="127" spans="1:18">
       <c r="A127" s="1" t="s">
-        <v>388</v>
+        <v>355</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>389</v>
+        <v>356</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>30</v>
-[...5 lines deleted...]
-      <c r="F127" s="1"/>
+        <v>51</v>
+      </c>
+      <c r="D127" s="1">
+        <v>29</v>
+      </c>
+      <c r="E127" s="1"/>
+      <c r="F127" s="1" t="s">
+        <v>347</v>
+      </c>
       <c r="G127" s="1" t="s">
-        <v>391</v>
+        <v>357</v>
       </c>
       <c r="H127" s="1" t="s">
-        <v>392</v>
+        <v>377</v>
       </c>
       <c r="I127" s="1" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="J127" s="1" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="K127" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L127" s="1">
-        <v>9789087228613</v>
+        <v>9789087228859</v>
       </c>
       <c r="M127" s="1">
-        <v>718</v>
+        <v>916</v>
       </c>
       <c r="N127" s="1"/>
       <c r="O127" s="1"/>
       <c r="P127" s="1"/>
       <c r="Q127" s="1"/>
       <c r="R127" s="1" t="s">
-        <v>393</v>
+        <v>359</v>
       </c>
     </row>
     <row r="128" spans="1:18">
       <c r="A128" s="1" t="s">
-        <v>388</v>
+        <v>360</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>389</v>
+        <v>361</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="D128" s="1"/>
+        <v>33</v>
+      </c>
+      <c r="D128" s="1">
+        <v>72</v>
+      </c>
       <c r="E128" s="1" t="s">
-        <v>390</v>
+        <v>362</v>
       </c>
       <c r="F128" s="1"/>
       <c r="G128" s="1" t="s">
-        <v>391</v>
+        <v>357</v>
       </c>
       <c r="H128" s="1" t="s">
-        <v>394</v>
+        <v>378</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>24</v>
+        <v>102</v>
       </c>
       <c r="J128" s="1" t="s">
-        <v>25</v>
+        <v>237</v>
       </c>
       <c r="K128" s="1" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="L128" s="1">
-        <v>9789087228620</v>
+        <v>9789087229061</v>
       </c>
       <c r="M128" s="1">
-        <v>718</v>
+        <v>488</v>
       </c>
       <c r="N128" s="1"/>
       <c r="O128" s="1"/>
       <c r="P128" s="1"/>
       <c r="Q128" s="1"/>
       <c r="R128" s="1" t="s">
-        <v>393</v>
+        <v>364</v>
       </c>
     </row>
     <row r="129" spans="1:18">
       <c r="A129" s="1" t="s">
-        <v>388</v>
+        <v>379</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>389</v>
-[...3 lines deleted...]
-      </c>
+        <v>380</v>
+      </c>
+      <c r="C129" s="1"/>
       <c r="D129" s="1"/>
       <c r="E129" s="1" t="s">
-        <v>390</v>
+        <v>381</v>
       </c>
       <c r="F129" s="1"/>
       <c r="G129" s="1" t="s">
-        <v>391</v>
+        <v>382</v>
       </c>
       <c r="H129" s="1" t="s">
-        <v>395</v>
+        <v>383</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>63</v>
+        <v>384</v>
       </c>
       <c r="J129" s="1" t="s">
-        <v>64</v>
+        <v>385</v>
       </c>
       <c r="K129" s="1" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="L129" s="1">
-        <v>9789087228606</v>
+        <v>9789087228989</v>
       </c>
       <c r="M129" s="1">
-        <v>718</v>
+        <v>405</v>
       </c>
       <c r="N129" s="1"/>
       <c r="O129" s="1"/>
       <c r="P129" s="1"/>
       <c r="Q129" s="1"/>
       <c r="R129" s="1" t="s">
-        <v>393</v>
+        <v>386</v>
       </c>
     </row>
     <row r="130" spans="1:18">
       <c r="A130" s="1" t="s">
-        <v>388</v>
+        <v>379</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>389</v>
-[...3 lines deleted...]
-      </c>
+        <v>380</v>
+      </c>
+      <c r="C130" s="1"/>
       <c r="D130" s="1"/>
       <c r="E130" s="1" t="s">
-        <v>390</v>
+        <v>381</v>
       </c>
       <c r="F130" s="1"/>
       <c r="G130" s="1" t="s">
-        <v>391</v>
+        <v>382</v>
       </c>
       <c r="H130" s="1" t="s">
-        <v>396</v>
+        <v>387</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>63</v>
+        <v>384</v>
       </c>
       <c r="J130" s="1" t="s">
-        <v>64</v>
+        <v>385</v>
       </c>
       <c r="K130" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L130" s="1"/>
+        <v>25</v>
+      </c>
+      <c r="L130" s="1">
+        <v>9789087228996</v>
+      </c>
       <c r="M130" s="1">
-        <v>718</v>
+        <v>405</v>
       </c>
       <c r="N130" s="1"/>
       <c r="O130" s="1"/>
       <c r="P130" s="1"/>
       <c r="Q130" s="1"/>
       <c r="R130" s="1" t="s">
-        <v>393</v>
+        <v>386</v>
       </c>
     </row>
     <row r="131" spans="1:18">
       <c r="A131" s="1" t="s">
-        <v>397</v>
+        <v>379</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>398</v>
+        <v>380</v>
       </c>
       <c r="C131" s="1"/>
       <c r="D131" s="1"/>
-      <c r="E131" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="E131" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="F131" s="1"/>
       <c r="G131" s="1" t="s">
-        <v>400</v>
+        <v>382</v>
       </c>
       <c r="H131" s="1" t="s">
-        <v>401</v>
+        <v>388</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>363</v>
+        <v>389</v>
       </c>
       <c r="J131" s="1" t="s">
-        <v>364</v>
+        <v>390</v>
       </c>
       <c r="K131" s="1" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L131" s="1"/>
       <c r="M131" s="1">
-        <v>590</v>
+        <v>405</v>
       </c>
       <c r="N131" s="1"/>
       <c r="O131" s="1"/>
       <c r="P131" s="1"/>
       <c r="Q131" s="1"/>
       <c r="R131" s="1" t="s">
-        <v>402</v>
+        <v>386</v>
       </c>
     </row>
     <row r="132" spans="1:18">
       <c r="A132" s="1" t="s">
-        <v>397</v>
+        <v>379</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>398</v>
+        <v>380</v>
       </c>
       <c r="C132" s="1"/>
       <c r="D132" s="1"/>
-      <c r="E132" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="E132" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="F132" s="1"/>
       <c r="G132" s="1" t="s">
-        <v>400</v>
+        <v>382</v>
       </c>
       <c r="H132" s="1" t="s">
-        <v>403</v>
+        <v>391</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>367</v>
+        <v>389</v>
       </c>
       <c r="J132" s="1" t="s">
-        <v>368</v>
+        <v>390</v>
       </c>
       <c r="K132" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L132" s="1">
-        <v>9789087228675</v>
+        <v>9789087228798</v>
       </c>
       <c r="M132" s="1">
-        <v>590</v>
+        <v>405</v>
       </c>
       <c r="N132" s="1"/>
       <c r="O132" s="1"/>
       <c r="P132" s="1"/>
       <c r="Q132" s="1"/>
       <c r="R132" s="1" t="s">
-        <v>402</v>
+        <v>386</v>
       </c>
     </row>
     <row r="133" spans="1:18">
       <c r="A133" s="1" t="s">
-        <v>397</v>
+        <v>392</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-      <c r="D133" s="1"/>
+        <v>393</v>
+      </c>
+      <c r="C133" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="D133" s="1">
+        <v>2023</v>
+      </c>
       <c r="E133" s="1"/>
       <c r="F133" s="1" t="s">
-        <v>399</v>
+        <v>347</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>400</v>
+        <v>394</v>
       </c>
       <c r="H133" s="1" t="s">
-        <v>404</v>
+        <v>395</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>367</v>
+        <v>396</v>
       </c>
       <c r="J133" s="1" t="s">
-        <v>368</v>
+        <v>237</v>
       </c>
       <c r="K133" s="1" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="L133" s="1">
-        <v>9789087228682</v>
+        <v>9789087228880</v>
       </c>
       <c r="M133" s="1">
-        <v>590</v>
+        <v>353</v>
       </c>
       <c r="N133" s="1"/>
       <c r="O133" s="1"/>
       <c r="P133" s="1"/>
       <c r="Q133" s="1"/>
       <c r="R133" s="1" t="s">
-        <v>402</v>
+        <v>397</v>
       </c>
     </row>
     <row r="134" spans="1:18">
       <c r="A134" s="1" t="s">
-        <v>397</v>
+        <v>392</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-      <c r="D134" s="1"/>
+        <v>393</v>
+      </c>
+      <c r="C134" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="D134" s="1">
+        <v>2023</v>
+      </c>
       <c r="E134" s="1"/>
       <c r="F134" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="G134" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="H134" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="I134" s="1" t="s">
         <v>399</v>
       </c>
-      <c r="G134" s="1" t="s">
+      <c r="J134" s="1" t="s">
         <v>400</v>
       </c>
-      <c r="H134" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K134" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L134" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="L134" s="1">
+        <v>9789087228897</v>
+      </c>
       <c r="M134" s="1">
-        <v>590</v>
+        <v>353</v>
       </c>
       <c r="N134" s="1"/>
       <c r="O134" s="1"/>
       <c r="P134" s="1"/>
       <c r="Q134" s="1"/>
       <c r="R134" s="1" t="s">
-        <v>402</v>
+        <v>397</v>
       </c>
     </row>
     <row r="135" spans="1:18">
       <c r="A135" s="1" t="s">
-        <v>406</v>
+        <v>392</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>407</v>
+        <v>393</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>30</v>
-[...5 lines deleted...]
-      <c r="F135" s="1"/>
+        <v>114</v>
+      </c>
+      <c r="D135" s="1">
+        <v>2023</v>
+      </c>
+      <c r="E135" s="1"/>
+      <c r="F135" s="1" t="s">
+        <v>347</v>
+      </c>
       <c r="G135" s="1" t="s">
-        <v>409</v>
+        <v>394</v>
       </c>
       <c r="H135" s="1" t="s">
-        <v>410</v>
+        <v>401</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>112</v>
+        <v>399</v>
       </c>
       <c r="J135" s="1" t="s">
-        <v>227</v>
+        <v>400</v>
       </c>
       <c r="K135" s="1" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="L135" s="1">
-        <v>9789087228705</v>
+        <v>9789087228903</v>
       </c>
       <c r="M135" s="1">
-        <v>533</v>
+        <v>353</v>
       </c>
       <c r="N135" s="1"/>
       <c r="O135" s="1"/>
       <c r="P135" s="1"/>
       <c r="Q135" s="1"/>
       <c r="R135" s="1" t="s">
-        <v>411</v>
+        <v>397</v>
       </c>
     </row>
     <row r="136" spans="1:18">
       <c r="A136" s="1" t="s">
-        <v>406</v>
+        <v>392</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>407</v>
+        <v>393</v>
       </c>
       <c r="C136" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="D136" s="1">
+        <v>2023</v>
+      </c>
+      <c r="E136" s="1"/>
+      <c r="F136" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="H136" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="I136" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="J136" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="K136" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="D136" s="1"/>
-[...21 lines deleted...]
-      </c>
+      <c r="L136" s="1"/>
       <c r="M136" s="1">
-        <v>682</v>
+        <v>353</v>
       </c>
       <c r="N136" s="1"/>
       <c r="O136" s="1"/>
       <c r="P136" s="1"/>
       <c r="Q136" s="1"/>
       <c r="R136" s="1" t="s">
-        <v>411</v>
+        <v>397</v>
       </c>
     </row>
     <row r="137" spans="1:18">
       <c r="A137" s="1" t="s">
-        <v>406</v>
+        <v>403</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>30</v>
+        <v>141</v>
       </c>
       <c r="D137" s="1"/>
       <c r="E137" s="1" t="s">
-        <v>408</v>
-[...1 lines deleted...]
-      <c r="F137" s="1"/>
+        <v>405</v>
+      </c>
+      <c r="F137" s="1" t="s">
+        <v>406</v>
+      </c>
       <c r="G137" s="1" t="s">
-        <v>409</v>
+        <v>394</v>
       </c>
       <c r="H137" s="1" t="s">
-        <v>413</v>
+        <v>407</v>
       </c>
       <c r="I137" s="1" t="s">
-        <v>95</v>
+        <v>164</v>
       </c>
       <c r="J137" s="1" t="s">
-        <v>219</v>
+        <v>165</v>
       </c>
       <c r="K137" s="1" t="s">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="L137" s="1">
-        <v>9789087228699</v>
+        <v>9789087228972</v>
       </c>
       <c r="M137" s="1">
-        <v>682</v>
+        <v>857</v>
       </c>
       <c r="N137" s="1"/>
       <c r="O137" s="1"/>
       <c r="P137" s="1"/>
       <c r="Q137" s="1"/>
       <c r="R137" s="1" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
     </row>
     <row r="138" spans="1:18">
       <c r="A138" s="1" t="s">
-        <v>414</v>
+        <v>409</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>415</v>
+        <v>410</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="D138" s="1"/>
       <c r="E138" s="1" t="s">
-        <v>416</v>
+        <v>411</v>
       </c>
       <c r="F138" s="1"/>
       <c r="G138" s="1" t="s">
-        <v>417</v>
+        <v>412</v>
       </c>
       <c r="H138" s="1" t="s">
-        <v>418</v>
+        <v>413</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>83</v>
+        <v>55</v>
       </c>
       <c r="J138" s="1" t="s">
-        <v>222</v>
+        <v>56</v>
       </c>
       <c r="K138" s="1" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="L138" s="1">
-        <v>9789087228651</v>
+        <v>9789087228613</v>
       </c>
       <c r="M138" s="1">
-        <v>360</v>
+        <v>718</v>
       </c>
       <c r="N138" s="1"/>
       <c r="O138" s="1"/>
       <c r="P138" s="1"/>
       <c r="Q138" s="1"/>
       <c r="R138" s="1" t="s">
-        <v>419</v>
+        <v>414</v>
       </c>
     </row>
     <row r="139" spans="1:18">
       <c r="A139" s="1" t="s">
-        <v>414</v>
+        <v>409</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>415</v>
+        <v>410</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="D139" s="1"/>
       <c r="E139" s="1" t="s">
-        <v>416</v>
+        <v>411</v>
       </c>
       <c r="F139" s="1"/>
       <c r="G139" s="1" t="s">
-        <v>417</v>
+        <v>412</v>
       </c>
       <c r="H139" s="1" t="s">
-        <v>420</v>
+        <v>415</v>
       </c>
       <c r="I139" s="1" t="s">
-        <v>24</v>
+        <v>55</v>
       </c>
       <c r="J139" s="1" t="s">
-        <v>213</v>
+        <v>56</v>
       </c>
       <c r="K139" s="1" t="s">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="L139" s="1">
-        <v>9789087228637</v>
+        <v>9789087228620</v>
       </c>
       <c r="M139" s="1">
-        <v>360</v>
+        <v>718</v>
       </c>
       <c r="N139" s="1"/>
       <c r="O139" s="1"/>
       <c r="P139" s="1"/>
       <c r="Q139" s="1"/>
       <c r="R139" s="1" t="s">
-        <v>419</v>
+        <v>414</v>
       </c>
     </row>
     <row r="140" spans="1:18">
       <c r="A140" s="1" t="s">
-        <v>414</v>
+        <v>409</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>415</v>
+        <v>410</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="D140" s="1"/>
       <c r="E140" s="1" t="s">
-        <v>416</v>
+        <v>411</v>
       </c>
       <c r="F140" s="1"/>
       <c r="G140" s="1" t="s">
-        <v>417</v>
+        <v>412</v>
       </c>
       <c r="H140" s="1" t="s">
-        <v>421</v>
+        <v>416</v>
       </c>
       <c r="I140" s="1" t="s">
-        <v>24</v>
+        <v>82</v>
       </c>
       <c r="J140" s="1" t="s">
-        <v>213</v>
+        <v>83</v>
       </c>
       <c r="K140" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L140" s="1"/>
+        <v>38</v>
+      </c>
+      <c r="L140" s="1">
+        <v>9789087228606</v>
+      </c>
       <c r="M140" s="1">
-        <v>360</v>
+        <v>718</v>
       </c>
       <c r="N140" s="1"/>
       <c r="O140" s="1"/>
       <c r="P140" s="1"/>
       <c r="Q140" s="1"/>
       <c r="R140" s="1" t="s">
-        <v>419</v>
+        <v>414</v>
       </c>
     </row>
     <row r="141" spans="1:18">
       <c r="A141" s="1" t="s">
-        <v>414</v>
+        <v>409</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>415</v>
+        <v>410</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="D141" s="1"/>
       <c r="E141" s="1" t="s">
-        <v>416</v>
+        <v>411</v>
       </c>
       <c r="F141" s="1"/>
       <c r="G141" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="H141" s="1" t="s">
         <v>417</v>
       </c>
-      <c r="H141" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I141" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="J141" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="J141" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K141" s="1" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L141" s="1"/>
       <c r="M141" s="1">
-        <v>360</v>
+        <v>718</v>
       </c>
       <c r="N141" s="1"/>
       <c r="O141" s="1"/>
       <c r="P141" s="1"/>
       <c r="Q141" s="1"/>
       <c r="R141" s="1" t="s">
-        <v>419</v>
+        <v>414</v>
       </c>
     </row>
     <row r="142" spans="1:18">
       <c r="A142" s="1" t="s">
-        <v>423</v>
+        <v>418</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>424</v>
+        <v>419</v>
       </c>
       <c r="C142" s="1"/>
       <c r="D142" s="1"/>
-      <c r="E142" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F142" s="1"/>
+      <c r="E142" s="1"/>
+      <c r="F142" s="1" t="s">
+        <v>420</v>
+      </c>
       <c r="G142" s="1" t="s">
-        <v>425</v>
+        <v>421</v>
       </c>
       <c r="H142" s="1" t="s">
-        <v>426</v>
+        <v>422</v>
       </c>
       <c r="I142" s="1" t="s">
-        <v>95</v>
+        <v>389</v>
       </c>
       <c r="J142" s="1" t="s">
-        <v>427</v>
+        <v>390</v>
       </c>
       <c r="K142" s="1" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="L142" s="1">
-        <v>9789087228576</v>
+        <v>9789087228668</v>
       </c>
       <c r="M142" s="1">
-        <v>728</v>
-[...6 lines deleted...]
-      </c>
+        <v>590</v>
+      </c>
+      <c r="N142" s="1"/>
+      <c r="O142" s="1"/>
       <c r="P142" s="1"/>
       <c r="Q142" s="1"/>
       <c r="R142" s="1" t="s">
-        <v>430</v>
+        <v>423</v>
       </c>
     </row>
     <row r="143" spans="1:18">
       <c r="A143" s="1" t="s">
-        <v>423</v>
+        <v>418</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>424</v>
+        <v>419</v>
       </c>
       <c r="C143" s="1"/>
       <c r="D143" s="1"/>
-      <c r="E143" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F143" s="1"/>
+      <c r="E143" s="1"/>
+      <c r="F143" s="1" t="s">
+        <v>420</v>
+      </c>
       <c r="G143" s="1" t="s">
-        <v>425</v>
+        <v>421</v>
       </c>
       <c r="H143" s="1" t="s">
-        <v>431</v>
+        <v>424</v>
       </c>
       <c r="I143" s="1" t="s">
-        <v>112</v>
+        <v>384</v>
       </c>
       <c r="J143" s="1" t="s">
-        <v>432</v>
+        <v>385</v>
       </c>
       <c r="K143" s="1" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="L143" s="1">
-        <v>9789087228590</v>
+        <v>9789087228675</v>
       </c>
       <c r="M143" s="1">
-        <v>729</v>
-[...6 lines deleted...]
-      </c>
+        <v>590</v>
+      </c>
+      <c r="N143" s="1"/>
+      <c r="O143" s="1"/>
       <c r="P143" s="1"/>
       <c r="Q143" s="1"/>
       <c r="R143" s="1" t="s">
-        <v>430</v>
+        <v>423</v>
       </c>
     </row>
     <row r="144" spans="1:18">
       <c r="A144" s="1" t="s">
-        <v>423</v>
+        <v>418</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>424</v>
+        <v>419</v>
       </c>
       <c r="C144" s="1"/>
       <c r="D144" s="1"/>
-      <c r="E144" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F144" s="1"/>
+      <c r="E144" s="1"/>
+      <c r="F144" s="1" t="s">
+        <v>420</v>
+      </c>
       <c r="G144" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="H144" s="1" t="s">
         <v>425</v>
       </c>
-      <c r="H144" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I144" s="1" t="s">
-        <v>112</v>
+        <v>384</v>
       </c>
       <c r="J144" s="1" t="s">
-        <v>432</v>
+        <v>385</v>
       </c>
       <c r="K144" s="1" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="L144" s="1">
-        <v>9789087228583</v>
+        <v>9789087228682</v>
       </c>
       <c r="M144" s="1">
-        <v>508</v>
-[...6 lines deleted...]
-      </c>
+        <v>590</v>
+      </c>
+      <c r="N144" s="1"/>
+      <c r="O144" s="1"/>
       <c r="P144" s="1"/>
       <c r="Q144" s="1"/>
       <c r="R144" s="1" t="s">
-        <v>430</v>
+        <v>423</v>
       </c>
     </row>
     <row r="145" spans="1:18">
       <c r="A145" s="1" t="s">
-        <v>423</v>
+        <v>418</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>424</v>
+        <v>419</v>
       </c>
       <c r="C145" s="1"/>
       <c r="D145" s="1"/>
-      <c r="E145" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F145" s="1"/>
+      <c r="E145" s="1"/>
+      <c r="F145" s="1" t="s">
+        <v>420</v>
+      </c>
       <c r="G145" s="1" t="s">
-        <v>425</v>
+        <v>421</v>
       </c>
       <c r="H145" s="1" t="s">
-        <v>434</v>
+        <v>426</v>
       </c>
       <c r="I145" s="1" t="s">
-        <v>95</v>
+        <v>389</v>
       </c>
       <c r="J145" s="1" t="s">
-        <v>427</v>
+        <v>390</v>
       </c>
       <c r="K145" s="1" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="L145" s="1"/>
       <c r="M145" s="1">
-        <v>728</v>
-[...6 lines deleted...]
-      </c>
+        <v>590</v>
+      </c>
+      <c r="N145" s="1"/>
+      <c r="O145" s="1"/>
       <c r="P145" s="1"/>
       <c r="Q145" s="1"/>
       <c r="R145" s="1" t="s">
-        <v>430</v>
+        <v>423</v>
       </c>
     </row>
     <row r="146" spans="1:18">
       <c r="A146" s="1" t="s">
-        <v>435</v>
+        <v>427</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>436</v>
+        <v>428</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>69</v>
+        <v>33</v>
       </c>
       <c r="D146" s="1"/>
-      <c r="E146" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="E146" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="F146" s="1"/>
       <c r="G146" s="1" t="s">
-        <v>438</v>
+        <v>430</v>
       </c>
       <c r="H146" s="1" t="s">
-        <v>439</v>
+        <v>431</v>
       </c>
       <c r="I146" s="1" t="s">
-        <v>440</v>
+        <v>42</v>
       </c>
       <c r="J146" s="1" t="s">
-        <v>34</v>
+        <v>248</v>
       </c>
       <c r="K146" s="1" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="L146" s="1">
-        <v>9789087228514</v>
+        <v>9789087228705</v>
       </c>
       <c r="M146" s="1">
-        <v>496</v>
+        <v>533</v>
       </c>
       <c r="N146" s="1"/>
       <c r="O146" s="1"/>
       <c r="P146" s="1"/>
       <c r="Q146" s="1"/>
       <c r="R146" s="1" t="s">
-        <v>441</v>
+        <v>432</v>
       </c>
     </row>
     <row r="147" spans="1:18">
       <c r="A147" s="1" t="s">
-        <v>435</v>
+        <v>427</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>436</v>
+        <v>428</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>69</v>
+        <v>33</v>
       </c>
       <c r="D147" s="1"/>
-      <c r="E147" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="E147" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="F147" s="1"/>
       <c r="G147" s="1" t="s">
-        <v>438</v>
+        <v>430</v>
       </c>
       <c r="H147" s="1" t="s">
-        <v>442</v>
+        <v>433</v>
       </c>
       <c r="I147" s="1" t="s">
-        <v>443</v>
+        <v>42</v>
       </c>
       <c r="J147" s="1" t="s">
-        <v>444</v>
+        <v>248</v>
       </c>
       <c r="K147" s="1" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="L147" s="1">
-        <v>9789087228521</v>
+        <v>9789087228712</v>
       </c>
       <c r="M147" s="1">
-        <v>44</v>
+        <v>682</v>
       </c>
       <c r="N147" s="1"/>
       <c r="O147" s="1"/>
       <c r="P147" s="1"/>
       <c r="Q147" s="1"/>
       <c r="R147" s="1" t="s">
-        <v>441</v>
+        <v>432</v>
       </c>
     </row>
     <row r="148" spans="1:18">
       <c r="A148" s="1" t="s">
-        <v>435</v>
+        <v>427</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>436</v>
+        <v>428</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>69</v>
+        <v>33</v>
       </c>
       <c r="D148" s="1"/>
-      <c r="E148" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="E148" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="F148" s="1"/>
       <c r="G148" s="1" t="s">
-        <v>438</v>
+        <v>430</v>
       </c>
       <c r="H148" s="1" t="s">
-        <v>445</v>
+        <v>434</v>
       </c>
       <c r="I148" s="1" t="s">
-        <v>440</v>
+        <v>36</v>
       </c>
       <c r="J148" s="1" t="s">
-        <v>34</v>
+        <v>245</v>
       </c>
       <c r="K148" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L148" s="1"/>
+        <v>38</v>
+      </c>
+      <c r="L148" s="1">
+        <v>9789087228699</v>
+      </c>
       <c r="M148" s="1">
-        <v>496</v>
+        <v>682</v>
       </c>
       <c r="N148" s="1"/>
       <c r="O148" s="1"/>
       <c r="P148" s="1"/>
       <c r="Q148" s="1"/>
       <c r="R148" s="1" t="s">
-        <v>441</v>
+        <v>432</v>
       </c>
     </row>
     <row r="149" spans="1:18">
       <c r="A149" s="1" t="s">
         <v>435</v>
       </c>
       <c r="B149" s="1" t="s">
         <v>436</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>69</v>
-[...3 lines deleted...]
-      <c r="F149" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D149" s="1">
+        <v>68</v>
+      </c>
+      <c r="E149" s="1" t="s">
         <v>437</v>
       </c>
+      <c r="F149" s="1"/>
       <c r="G149" s="1" t="s">
         <v>438</v>
       </c>
       <c r="H149" s="1" t="s">
-        <v>446</v>
+        <v>439</v>
       </c>
       <c r="I149" s="1" t="s">
-        <v>443</v>
+        <v>102</v>
       </c>
       <c r="J149" s="1" t="s">
-        <v>444</v>
+        <v>237</v>
       </c>
       <c r="K149" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L149" s="1">
-        <v>9789087228538</v>
+        <v>9789087228651</v>
       </c>
       <c r="M149" s="1">
-        <v>496</v>
+        <v>360</v>
       </c>
       <c r="N149" s="1"/>
       <c r="O149" s="1"/>
       <c r="P149" s="1"/>
       <c r="Q149" s="1"/>
       <c r="R149" s="1" t="s">
-        <v>441</v>
+        <v>440</v>
       </c>
     </row>
     <row r="150" spans="1:18">
       <c r="A150" s="1" t="s">
-        <v>447</v>
+        <v>435</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>448</v>
+        <v>436</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>45</v>
-[...5 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="D150" s="1">
+        <v>68</v>
+      </c>
+      <c r="E150" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="F150" s="1"/>
       <c r="G150" s="1" t="s">
-        <v>449</v>
+        <v>438</v>
       </c>
       <c r="H150" s="1" t="s">
-        <v>450</v>
+        <v>441</v>
       </c>
       <c r="I150" s="1" t="s">
-        <v>318</v>
+        <v>55</v>
       </c>
       <c r="J150" s="1" t="s">
-        <v>451</v>
+        <v>24</v>
       </c>
       <c r="K150" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L150" s="1"/>
+        <v>38</v>
+      </c>
+      <c r="L150" s="1">
+        <v>9789087228637</v>
+      </c>
       <c r="M150" s="1">
-        <v>1260</v>
-[...6 lines deleted...]
-      </c>
+        <v>360</v>
+      </c>
+      <c r="N150" s="1"/>
+      <c r="O150" s="1"/>
       <c r="P150" s="1"/>
       <c r="Q150" s="1"/>
       <c r="R150" s="1" t="s">
-        <v>454</v>
+        <v>440</v>
       </c>
     </row>
     <row r="151" spans="1:18">
       <c r="A151" s="1" t="s">
-        <v>447</v>
+        <v>435</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>448</v>
+        <v>436</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>45</v>
-[...5 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="D151" s="1">
+        <v>68</v>
+      </c>
+      <c r="E151" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="F151" s="1"/>
       <c r="G151" s="1" t="s">
-        <v>449</v>
+        <v>438</v>
       </c>
       <c r="H151" s="1" t="s">
-        <v>455</v>
+        <v>442</v>
       </c>
       <c r="I151" s="1" t="s">
-        <v>296</v>
+        <v>55</v>
       </c>
       <c r="J151" s="1" t="s">
-        <v>456</v>
+        <v>24</v>
       </c>
       <c r="K151" s="1" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L151" s="1"/>
       <c r="M151" s="1">
-        <v>1261</v>
-[...6 lines deleted...]
-      </c>
+        <v>360</v>
+      </c>
+      <c r="N151" s="1"/>
+      <c r="O151" s="1"/>
       <c r="P151" s="1"/>
       <c r="Q151" s="1"/>
       <c r="R151" s="1" t="s">
-        <v>454</v>
+        <v>440</v>
       </c>
     </row>
     <row r="152" spans="1:18">
       <c r="A152" s="1" t="s">
-        <v>457</v>
+        <v>435</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>458</v>
+        <v>436</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>20</v>
-[...5 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="D152" s="1">
+        <v>68</v>
+      </c>
+      <c r="E152" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="F152" s="1"/>
       <c r="G152" s="1" t="s">
-        <v>449</v>
+        <v>438</v>
       </c>
       <c r="H152" s="1" t="s">
-        <v>459</v>
+        <v>443</v>
       </c>
       <c r="I152" s="1" t="s">
-        <v>24</v>
+        <v>102</v>
       </c>
       <c r="J152" s="1" t="s">
-        <v>213</v>
+        <v>237</v>
       </c>
       <c r="K152" s="1" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="L152" s="1">
-        <v>9789087228484</v>
+        <v>9789087228644</v>
       </c>
       <c r="M152" s="1">
-        <v>416</v>
-[...6 lines deleted...]
-      </c>
+        <v>360</v>
+      </c>
+      <c r="N152" s="1"/>
+      <c r="O152" s="1"/>
       <c r="P152" s="1"/>
       <c r="Q152" s="1"/>
       <c r="R152" s="1" t="s">
-        <v>460</v>
+        <v>440</v>
       </c>
     </row>
     <row r="153" spans="1:18">
       <c r="A153" s="1" t="s">
-        <v>457</v>
+        <v>444</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>458</v>
-[...1 lines deleted...]
-      <c r="C153" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="C153" s="1"/>
+      <c r="D153" s="1"/>
+      <c r="E153" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="D153" s="1"/>
-[...3 lines deleted...]
-      </c>
+      <c r="F153" s="1"/>
       <c r="G153" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="H153" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="I153" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="J153" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="K153" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="L153" s="1">
+        <v>9789087228576</v>
+      </c>
+      <c r="M153" s="1">
+        <v>728</v>
+      </c>
+      <c r="N153" s="1" t="s">
         <v>449</v>
       </c>
-      <c r="H153" s="1" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="O153" s="1" t="s">
-        <v>146</v>
+        <v>450</v>
       </c>
       <c r="P153" s="1"/>
       <c r="Q153" s="1"/>
       <c r="R153" s="1" t="s">
-        <v>460</v>
+        <v>451</v>
       </c>
     </row>
     <row r="154" spans="1:18">
       <c r="A154" s="1" t="s">
-        <v>457</v>
+        <v>444</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>458</v>
-[...1 lines deleted...]
-      <c r="C154" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="C154" s="1"/>
+      <c r="D154" s="1"/>
+      <c r="E154" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="D154" s="1"/>
-[...3 lines deleted...]
-      </c>
+      <c r="F154" s="1"/>
       <c r="G154" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="H154" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="I154" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="J154" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="K154" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="L154" s="1">
+        <v>9789087228590</v>
+      </c>
+      <c r="M154" s="1">
+        <v>729</v>
+      </c>
+      <c r="N154" s="1" t="s">
         <v>449</v>
       </c>
-      <c r="H154" s="1" t="s">
-[...17 lines deleted...]
-      </c>
       <c r="O154" s="1" t="s">
-        <v>146</v>
+        <v>450</v>
       </c>
       <c r="P154" s="1"/>
       <c r="Q154" s="1"/>
       <c r="R154" s="1" t="s">
-        <v>460</v>
+        <v>451</v>
       </c>
     </row>
     <row r="155" spans="1:18">
       <c r="A155" s="1" t="s">
-        <v>447</v>
+        <v>444</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>448</v>
-[...3 lines deleted...]
-      </c>
+        <v>445</v>
+      </c>
+      <c r="C155" s="1"/>
       <c r="D155" s="1"/>
-      <c r="E155" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="E155" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="F155" s="1"/>
       <c r="G155" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="H155" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="I155" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="J155" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="K155" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="L155" s="1">
+        <v>9789087228583</v>
+      </c>
+      <c r="M155" s="1">
+        <v>508</v>
+      </c>
+      <c r="N155" s="1" t="s">
         <v>449</v>
       </c>
-      <c r="H155" s="1" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="O155" s="1" t="s">
-        <v>453</v>
+        <v>450</v>
       </c>
       <c r="P155" s="1"/>
       <c r="Q155" s="1"/>
       <c r="R155" s="1" t="s">
-        <v>454</v>
+        <v>451</v>
       </c>
     </row>
     <row r="156" spans="1:18">
       <c r="A156" s="1" t="s">
-        <v>457</v>
+        <v>444</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>458</v>
-[...1 lines deleted...]
-      <c r="C156" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="C156" s="1"/>
+      <c r="D156" s="1"/>
+      <c r="E156" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="D156" s="1"/>
-[...3 lines deleted...]
-      </c>
+      <c r="F156" s="1"/>
       <c r="G156" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="H156" s="1" t="s">
+        <v>455</v>
+      </c>
+      <c r="I156" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="J156" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="K156" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="L156" s="1"/>
+      <c r="M156" s="1">
+        <v>728</v>
+      </c>
+      <c r="N156" s="1" t="s">
         <v>449</v>
       </c>
-      <c r="H156" s="1" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="O156" s="1" t="s">
-        <v>146</v>
+        <v>450</v>
       </c>
       <c r="P156" s="1"/>
       <c r="Q156" s="1"/>
       <c r="R156" s="1" t="s">
-        <v>460</v>
+        <v>451</v>
       </c>
     </row>
     <row r="157" spans="1:18">
       <c r="A157" s="1" t="s">
-        <v>447</v>
+        <v>456</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>448</v>
+        <v>457</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>45</v>
+        <v>114</v>
       </c>
       <c r="D157" s="1"/>
       <c r="E157" s="1"/>
       <c r="F157" s="1" t="s">
-        <v>46</v>
+        <v>458</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>449</v>
+        <v>459</v>
       </c>
       <c r="H157" s="1" t="s">
-        <v>465</v>
+        <v>460</v>
       </c>
       <c r="I157" s="1" t="s">
-        <v>296</v>
+        <v>461</v>
       </c>
       <c r="J157" s="1" t="s">
-        <v>456</v>
+        <v>63</v>
       </c>
       <c r="K157" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L157" s="1">
-        <v>9789087228552</v>
+        <v>9789087228514</v>
       </c>
       <c r="M157" s="1">
-        <v>86</v>
-[...6 lines deleted...]
-      </c>
+        <v>496</v>
+      </c>
+      <c r="N157" s="1"/>
+      <c r="O157" s="1"/>
       <c r="P157" s="1"/>
       <c r="Q157" s="1"/>
       <c r="R157" s="1" t="s">
-        <v>454</v>
+        <v>462</v>
       </c>
     </row>
     <row r="158" spans="1:18">
       <c r="A158" s="1" t="s">
-        <v>466</v>
+        <v>456</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>467</v>
+        <v>457</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>20</v>
+        <v>114</v>
       </c>
       <c r="D158" s="1"/>
-      <c r="E158" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F158" s="1"/>
+      <c r="E158" s="1"/>
+      <c r="F158" s="1" t="s">
+        <v>458</v>
+      </c>
       <c r="G158" s="1" t="s">
-        <v>469</v>
+        <v>459</v>
       </c>
       <c r="H158" s="1" t="s">
-        <v>470</v>
+        <v>463</v>
       </c>
       <c r="I158" s="1" t="s">
-        <v>99</v>
+        <v>464</v>
       </c>
       <c r="J158" s="1" t="s">
-        <v>471</v>
+        <v>465</v>
       </c>
       <c r="K158" s="1" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="L158" s="1">
-        <v>9789087228446</v>
+        <v>9789087228521</v>
       </c>
       <c r="M158" s="1">
-        <v>284</v>
-[...6 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="N158" s="1"/>
+      <c r="O158" s="1"/>
       <c r="P158" s="1"/>
       <c r="Q158" s="1"/>
       <c r="R158" s="1" t="s">
-        <v>474</v>
+        <v>462</v>
       </c>
     </row>
     <row r="159" spans="1:18">
       <c r="A159" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="B159" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="C159" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="D159" s="1"/>
+      <c r="E159" s="1"/>
+      <c r="F159" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="G159" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="H159" s="1" t="s">
         <v>466</v>
       </c>
-      <c r="B159" s="1" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="I159" s="1" t="s">
-        <v>99</v>
+        <v>461</v>
       </c>
       <c r="J159" s="1" t="s">
-        <v>471</v>
+        <v>63</v>
       </c>
       <c r="K159" s="1" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L159" s="1"/>
       <c r="M159" s="1">
-        <v>333</v>
-[...6 lines deleted...]
-      </c>
+        <v>496</v>
+      </c>
+      <c r="N159" s="1"/>
+      <c r="O159" s="1"/>
       <c r="P159" s="1"/>
       <c r="Q159" s="1"/>
       <c r="R159" s="1" t="s">
-        <v>474</v>
+        <v>462</v>
       </c>
     </row>
     <row r="160" spans="1:18">
       <c r="A160" s="1" t="s">
-        <v>476</v>
+        <v>456</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>477</v>
+        <v>457</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>20</v>
-[...3 lines deleted...]
-      </c>
+        <v>114</v>
+      </c>
+      <c r="D160" s="1"/>
       <c r="E160" s="1"/>
       <c r="F160" s="1" t="s">
-        <v>325</v>
+        <v>458</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>469</v>
+        <v>459</v>
       </c>
       <c r="H160" s="1" t="s">
-        <v>478</v>
+        <v>467</v>
       </c>
       <c r="I160" s="1" t="s">
-        <v>367</v>
+        <v>464</v>
       </c>
       <c r="J160" s="1" t="s">
-        <v>479</v>
+        <v>465</v>
       </c>
       <c r="K160" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L160" s="1">
-        <v>9789087228132</v>
-[...7 lines deleted...]
-      </c>
+        <v>9789087228538</v>
+      </c>
+      <c r="M160" s="1">
+        <v>496</v>
+      </c>
+      <c r="N160" s="1"/>
+      <c r="O160" s="1"/>
       <c r="P160" s="1"/>
       <c r="Q160" s="1"/>
       <c r="R160" s="1" t="s">
-        <v>482</v>
+        <v>462</v>
       </c>
     </row>
     <row r="161" spans="1:18">
       <c r="A161" s="1" t="s">
-        <v>476</v>
+        <v>468</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>477</v>
+        <v>469</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>20</v>
-[...3 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="D161" s="1"/>
       <c r="E161" s="1"/>
       <c r="F161" s="1" t="s">
-        <v>325</v>
+        <v>76</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="H161" s="1" t="s">
-        <v>483</v>
+        <v>471</v>
       </c>
       <c r="I161" s="1" t="s">
-        <v>367</v>
+        <v>336</v>
       </c>
       <c r="J161" s="1" t="s">
-        <v>479</v>
+        <v>472</v>
       </c>
       <c r="K161" s="1" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L161" s="1"/>
       <c r="M161" s="1">
-        <v>969</v>
+        <v>1260</v>
       </c>
       <c r="N161" s="1" t="s">
-        <v>480</v>
+        <v>473</v>
       </c>
       <c r="O161" s="1" t="s">
-        <v>481</v>
+        <v>474</v>
       </c>
       <c r="P161" s="1"/>
       <c r="Q161" s="1"/>
       <c r="R161" s="1" t="s">
-        <v>482</v>
+        <v>475</v>
       </c>
     </row>
     <row r="162" spans="1:18">
       <c r="A162" s="1" t="s">
-        <v>484</v>
+        <v>468</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>485</v>
+        <v>469</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>117</v>
+        <v>75</v>
       </c>
       <c r="D162" s="1"/>
       <c r="E162" s="1"/>
       <c r="F162" s="1" t="s">
-        <v>486</v>
+        <v>76</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="H162" s="1" t="s">
-        <v>487</v>
+        <v>476</v>
       </c>
       <c r="I162" s="1" t="s">
-        <v>143</v>
+        <v>341</v>
       </c>
       <c r="J162" s="1" t="s">
-        <v>144</v>
+        <v>477</v>
       </c>
       <c r="K162" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L162" s="1">
-        <v>9789087228477</v>
-[...1 lines deleted...]
-      <c r="M162" s="1"/>
+        <v>9789087228569</v>
+      </c>
+      <c r="M162" s="1">
+        <v>1261</v>
+      </c>
       <c r="N162" s="1" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="O162" s="1" t="s">
-        <v>488</v>
+        <v>474</v>
       </c>
       <c r="P162" s="1"/>
       <c r="Q162" s="1"/>
       <c r="R162" s="1" t="s">
-        <v>489</v>
+        <v>475</v>
       </c>
     </row>
     <row r="163" spans="1:18">
       <c r="A163" s="1" t="s">
-        <v>466</v>
+        <v>478</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>467</v>
+        <v>479</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>20</v>
+        <v>51</v>
       </c>
       <c r="D163" s="1"/>
-      <c r="E163" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F163" s="1"/>
+      <c r="E163" s="1"/>
+      <c r="F163" s="1" t="s">
+        <v>347</v>
+      </c>
       <c r="G163" s="1" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="H163" s="1" t="s">
-        <v>490</v>
+        <v>480</v>
       </c>
       <c r="I163" s="1" t="s">
-        <v>73</v>
+        <v>55</v>
       </c>
       <c r="J163" s="1" t="s">
-        <v>96</v>
+        <v>24</v>
       </c>
       <c r="K163" s="1" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-      <c r="M163" s="1"/>
+        <v>38</v>
+      </c>
+      <c r="L163" s="1">
+        <v>9789087228484</v>
+      </c>
+      <c r="M163" s="1">
+        <v>416</v>
+      </c>
       <c r="N163" s="1" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="O163" s="1" t="s">
-        <v>473</v>
+        <v>167</v>
       </c>
       <c r="P163" s="1"/>
       <c r="Q163" s="1"/>
       <c r="R163" s="1" t="s">
-        <v>474</v>
+        <v>481</v>
       </c>
     </row>
     <row r="164" spans="1:18">
       <c r="A164" s="1" t="s">
-        <v>466</v>
+        <v>478</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>467</v>
+        <v>479</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>20</v>
+        <v>51</v>
       </c>
       <c r="D164" s="1"/>
-      <c r="E164" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F164" s="1"/>
+      <c r="E164" s="1"/>
+      <c r="F164" s="1" t="s">
+        <v>347</v>
+      </c>
       <c r="G164" s="1" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="H164" s="1" t="s">
-        <v>491</v>
+        <v>482</v>
       </c>
       <c r="I164" s="1" t="s">
-        <v>73</v>
+        <v>102</v>
       </c>
       <c r="J164" s="1" t="s">
-        <v>96</v>
+        <v>237</v>
       </c>
       <c r="K164" s="1" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="L164" s="1">
-        <v>9789087228422</v>
+        <v>9789087228491</v>
       </c>
       <c r="M164" s="1">
-        <v>284</v>
+        <v>344</v>
       </c>
       <c r="N164" s="1" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="O164" s="1" t="s">
-        <v>473</v>
+        <v>167</v>
       </c>
       <c r="P164" s="1"/>
       <c r="Q164" s="1"/>
       <c r="R164" s="1" t="s">
-        <v>474</v>
+        <v>481</v>
       </c>
     </row>
     <row r="165" spans="1:18">
       <c r="A165" s="1" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>20</v>
-[...3 lines deleted...]
-      </c>
+        <v>51</v>
+      </c>
+      <c r="D165" s="1"/>
       <c r="E165" s="1"/>
       <c r="F165" s="1" t="s">
-        <v>325</v>
+        <v>347</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="H165" s="1" t="s">
-        <v>492</v>
+        <v>483</v>
       </c>
       <c r="I165" s="1" t="s">
-        <v>363</v>
+        <v>55</v>
       </c>
       <c r="J165" s="1" t="s">
-        <v>90</v>
+        <v>24</v>
       </c>
       <c r="K165" s="1" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="L165" s="1"/>
-      <c r="M165" s="1"/>
+      <c r="M165" s="1">
+        <v>416</v>
+      </c>
       <c r="N165" s="1" t="s">
-        <v>480</v>
+        <v>473</v>
       </c>
       <c r="O165" s="1" t="s">
-        <v>481</v>
+        <v>167</v>
       </c>
       <c r="P165" s="1"/>
       <c r="Q165" s="1"/>
       <c r="R165" s="1" t="s">
-        <v>482</v>
+        <v>481</v>
       </c>
     </row>
     <row r="166" spans="1:18">
       <c r="A166" s="1" t="s">
-        <v>476</v>
+        <v>468</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>477</v>
+        <v>469</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>20</v>
-[...3 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="D166" s="1"/>
       <c r="E166" s="1"/>
       <c r="F166" s="1" t="s">
-        <v>325</v>
+        <v>76</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="H166" s="1" t="s">
-        <v>493</v>
+        <v>484</v>
       </c>
       <c r="I166" s="1" t="s">
-        <v>363</v>
+        <v>336</v>
       </c>
       <c r="J166" s="1" t="s">
-        <v>90</v>
+        <v>472</v>
       </c>
       <c r="K166" s="1" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="L166" s="1">
-        <v>9789087228118</v>
+        <v>9789087228545</v>
       </c>
       <c r="M166" s="1">
-        <v>1054</v>
+        <v>1260</v>
       </c>
       <c r="N166" s="1" t="s">
-        <v>480</v>
+        <v>473</v>
       </c>
       <c r="O166" s="1" t="s">
-        <v>481</v>
+        <v>474</v>
       </c>
       <c r="P166" s="1"/>
       <c r="Q166" s="1"/>
       <c r="R166" s="1" t="s">
-        <v>482</v>
+        <v>475</v>
       </c>
     </row>
     <row r="167" spans="1:18">
       <c r="A167" s="1" t="s">
-        <v>494</v>
+        <v>478</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>495</v>
-[...1 lines deleted...]
-      <c r="C167" s="1"/>
+        <v>479</v>
+      </c>
+      <c r="C167" s="1" t="s">
+        <v>51</v>
+      </c>
       <c r="D167" s="1"/>
       <c r="E167" s="1"/>
       <c r="F167" s="1" t="s">
-        <v>496</v>
+        <v>347</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>497</v>
+        <v>470</v>
       </c>
       <c r="H167" s="1" t="s">
-        <v>498</v>
+        <v>485</v>
       </c>
       <c r="I167" s="1" t="s">
-        <v>499</v>
+        <v>102</v>
       </c>
       <c r="J167" s="1" t="s">
-        <v>500</v>
+        <v>237</v>
       </c>
       <c r="K167" s="1" t="s">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="L167" s="1">
-        <v>9789087228187</v>
+        <v>9789087228507</v>
       </c>
       <c r="M167" s="1">
-        <v>360</v>
+        <v>417</v>
       </c>
       <c r="N167" s="1" t="s">
-        <v>501</v>
+        <v>473</v>
       </c>
       <c r="O167" s="1" t="s">
-        <v>502</v>
+        <v>167</v>
       </c>
       <c r="P167" s="1"/>
       <c r="Q167" s="1"/>
       <c r="R167" s="1" t="s">
-        <v>503</v>
+        <v>481</v>
       </c>
     </row>
     <row r="168" spans="1:18">
       <c r="A168" s="1" t="s">
-        <v>494</v>
+        <v>468</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>495</v>
-[...1 lines deleted...]
-      <c r="C168" s="1"/>
+        <v>469</v>
+      </c>
+      <c r="C168" s="1" t="s">
+        <v>75</v>
+      </c>
       <c r="D168" s="1"/>
       <c r="E168" s="1"/>
       <c r="F168" s="1" t="s">
-        <v>496</v>
+        <v>76</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>497</v>
+        <v>470</v>
       </c>
       <c r="H168" s="1" t="s">
-        <v>504</v>
+        <v>486</v>
       </c>
       <c r="I168" s="1" t="s">
-        <v>505</v>
+        <v>341</v>
       </c>
       <c r="J168" s="1" t="s">
-        <v>506</v>
+        <v>477</v>
       </c>
       <c r="K168" s="1" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="L168" s="1">
-        <v>9789087228194</v>
+        <v>9789087228552</v>
       </c>
       <c r="M168" s="1">
-        <v>36</v>
+        <v>86</v>
       </c>
       <c r="N168" s="1" t="s">
-        <v>501</v>
+        <v>473</v>
       </c>
       <c r="O168" s="1" t="s">
-        <v>502</v>
+        <v>474</v>
       </c>
       <c r="P168" s="1"/>
       <c r="Q168" s="1"/>
       <c r="R168" s="1" t="s">
-        <v>503</v>
+        <v>475</v>
       </c>
     </row>
     <row r="169" spans="1:18">
       <c r="A169" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="B169" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="C169" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D169" s="1"/>
+      <c r="E169" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="F169" s="1"/>
+      <c r="G169" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="H169" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="I169" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="J169" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="K169" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="L169" s="1">
+        <v>9789087228446</v>
+      </c>
+      <c r="M169" s="1">
+        <v>284</v>
+      </c>
+      <c r="N169" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="O169" s="1" t="s">
         <v>494</v>
-      </c>
-[...34 lines deleted...]
-        <v>502</v>
       </c>
       <c r="P169" s="1"/>
       <c r="Q169" s="1"/>
       <c r="R169" s="1" t="s">
-        <v>503</v>
+        <v>495</v>
       </c>
     </row>
     <row r="170" spans="1:18">
       <c r="A170" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="B170" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="C170" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D170" s="1"/>
+      <c r="E170" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="F170" s="1"/>
+      <c r="G170" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="H170" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="I170" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="J170" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="K170" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="L170" s="1">
+        <v>9789087228439</v>
+      </c>
+      <c r="M170" s="1">
+        <v>333</v>
+      </c>
+      <c r="N170" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="O170" s="1" t="s">
         <v>494</v>
-      </c>
-[...32 lines deleted...]
-        <v>502</v>
       </c>
       <c r="P170" s="1"/>
       <c r="Q170" s="1"/>
       <c r="R170" s="1" t="s">
-        <v>503</v>
+        <v>495</v>
       </c>
     </row>
     <row r="171" spans="1:18">
       <c r="A171" s="1" t="s">
-        <v>509</v>
+        <v>497</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>510</v>
+        <v>498</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>250</v>
-[...1 lines deleted...]
-      <c r="D171" s="1"/>
+        <v>51</v>
+      </c>
+      <c r="D171" s="1">
+        <v>26</v>
+      </c>
       <c r="E171" s="1"/>
       <c r="F171" s="1" t="s">
-        <v>511</v>
+        <v>347</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>512</v>
+        <v>490</v>
       </c>
       <c r="H171" s="1" t="s">
-        <v>513</v>
+        <v>499</v>
       </c>
       <c r="I171" s="1" t="s">
-        <v>121</v>
+        <v>384</v>
       </c>
       <c r="J171" s="1" t="s">
-        <v>514</v>
+        <v>500</v>
       </c>
       <c r="K171" s="1" t="s">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="L171" s="1">
-        <v>9789087228361</v>
-[...3 lines deleted...]
-      </c>
+        <v>9789087228132</v>
+      </c>
+      <c r="M171" s="1"/>
       <c r="N171" s="1" t="s">
-        <v>452</v>
+        <v>501</v>
       </c>
       <c r="O171" s="1" t="s">
-        <v>515</v>
+        <v>39</v>
       </c>
       <c r="P171" s="1"/>
       <c r="Q171" s="1"/>
       <c r="R171" s="1" t="s">
-        <v>516</v>
+        <v>502</v>
       </c>
     </row>
     <row r="172" spans="1:18">
       <c r="A172" s="1" t="s">
-        <v>509</v>
+        <v>497</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>510</v>
+        <v>498</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>250</v>
-[...1 lines deleted...]
-      <c r="D172" s="1"/>
+        <v>51</v>
+      </c>
+      <c r="D172" s="1">
+        <v>26</v>
+      </c>
       <c r="E172" s="1"/>
       <c r="F172" s="1" t="s">
-        <v>511</v>
+        <v>347</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>512</v>
+        <v>490</v>
       </c>
       <c r="H172" s="1" t="s">
-        <v>517</v>
+        <v>503</v>
       </c>
       <c r="I172" s="1" t="s">
-        <v>125</v>
+        <v>384</v>
       </c>
       <c r="J172" s="1" t="s">
-        <v>518</v>
+        <v>500</v>
       </c>
       <c r="K172" s="1" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="L172" s="1">
-        <v>9789087228378</v>
+        <v>9789087228125</v>
       </c>
       <c r="M172" s="1">
-        <v>38</v>
+        <v>969</v>
       </c>
       <c r="N172" s="1" t="s">
-        <v>452</v>
+        <v>501</v>
       </c>
       <c r="O172" s="1" t="s">
-        <v>515</v>
+        <v>39</v>
       </c>
       <c r="P172" s="1"/>
       <c r="Q172" s="1"/>
       <c r="R172" s="1" t="s">
-        <v>516</v>
+        <v>502</v>
       </c>
     </row>
     <row r="173" spans="1:18">
       <c r="A173" s="1" t="s">
-        <v>509</v>
+        <v>504</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>510</v>
+        <v>505</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>250</v>
+        <v>141</v>
       </c>
       <c r="D173" s="1"/>
       <c r="E173" s="1"/>
       <c r="F173" s="1" t="s">
-        <v>511</v>
+        <v>506</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>512</v>
+        <v>490</v>
       </c>
       <c r="H173" s="1" t="s">
-        <v>519</v>
+        <v>507</v>
       </c>
       <c r="I173" s="1" t="s">
-        <v>121</v>
+        <v>164</v>
       </c>
       <c r="J173" s="1" t="s">
-        <v>514</v>
+        <v>165</v>
       </c>
       <c r="K173" s="1" t="s">
-        <v>55</v>
-[...4 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="L173" s="1">
+        <v>9789087228477</v>
+      </c>
+      <c r="M173" s="1"/>
       <c r="N173" s="1" t="s">
-        <v>452</v>
+        <v>493</v>
       </c>
       <c r="O173" s="1" t="s">
-        <v>515</v>
+        <v>508</v>
       </c>
       <c r="P173" s="1"/>
       <c r="Q173" s="1"/>
       <c r="R173" s="1" t="s">
-        <v>516</v>
+        <v>509</v>
       </c>
     </row>
     <row r="174" spans="1:18">
       <c r="A174" s="1" t="s">
-        <v>509</v>
+        <v>487</v>
       </c>
       <c r="B174" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="C174" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D174" s="1"/>
+      <c r="E174" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="F174" s="1"/>
+      <c r="G174" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="H174" s="1" t="s">
         <v>510</v>
       </c>
-      <c r="C174" s="1" t="s">
-[...12 lines deleted...]
-      </c>
       <c r="I174" s="1" t="s">
-        <v>125</v>
+        <v>117</v>
       </c>
       <c r="J174" s="1" t="s">
-        <v>518</v>
+        <v>121</v>
       </c>
       <c r="K174" s="1" t="s">
-        <v>26</v>
-[...6 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L174" s="1"/>
+      <c r="M174" s="1"/>
       <c r="N174" s="1" t="s">
-        <v>452</v>
+        <v>493</v>
       </c>
       <c r="O174" s="1" t="s">
-        <v>515</v>
+        <v>494</v>
       </c>
       <c r="P174" s="1"/>
       <c r="Q174" s="1"/>
       <c r="R174" s="1" t="s">
-        <v>516</v>
+        <v>495</v>
       </c>
     </row>
     <row r="175" spans="1:18">
       <c r="A175" s="1" t="s">
-        <v>521</v>
+        <v>487</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>522</v>
+        <v>488</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>20</v>
-[...3 lines deleted...]
-      </c>
+        <v>51</v>
+      </c>
+      <c r="D175" s="1"/>
       <c r="E175" s="1" t="s">
-        <v>523</v>
+        <v>489</v>
       </c>
       <c r="F175" s="1"/>
       <c r="G175" s="1" t="s">
-        <v>524</v>
+        <v>490</v>
       </c>
       <c r="H175" s="1" t="s">
-        <v>525</v>
+        <v>511</v>
       </c>
       <c r="I175" s="1" t="s">
-        <v>526</v>
+        <v>117</v>
       </c>
       <c r="J175" s="1" t="s">
-        <v>332</v>
+        <v>121</v>
       </c>
       <c r="K175" s="1" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="L175" s="1">
-        <v>9789087228057</v>
+        <v>9789087228422</v>
       </c>
       <c r="M175" s="1">
-        <v>656</v>
+        <v>284</v>
       </c>
       <c r="N175" s="1" t="s">
-        <v>527</v>
+        <v>493</v>
       </c>
       <c r="O175" s="1" t="s">
-        <v>528</v>
+        <v>494</v>
       </c>
       <c r="P175" s="1"/>
       <c r="Q175" s="1"/>
       <c r="R175" s="1" t="s">
-        <v>529</v>
+        <v>495</v>
       </c>
     </row>
     <row r="176" spans="1:18">
       <c r="A176" s="1" t="s">
-        <v>521</v>
+        <v>497</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>522</v>
+        <v>498</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>20</v>
+        <v>51</v>
       </c>
       <c r="D176" s="1">
-        <v>25</v>
-[...4 lines deleted...]
-      <c r="F176" s="1"/>
+        <v>26</v>
+      </c>
+      <c r="E176" s="1"/>
+      <c r="F176" s="1" t="s">
+        <v>347</v>
+      </c>
       <c r="G176" s="1" t="s">
-        <v>524</v>
+        <v>490</v>
       </c>
       <c r="H176" s="1" t="s">
-        <v>530</v>
+        <v>512</v>
       </c>
       <c r="I176" s="1" t="s">
-        <v>531</v>
+        <v>389</v>
       </c>
       <c r="J176" s="1" t="s">
-        <v>96</v>
+        <v>109</v>
       </c>
       <c r="K176" s="1" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L176" s="1"/>
       <c r="M176" s="1"/>
       <c r="N176" s="1" t="s">
-        <v>527</v>
+        <v>501</v>
       </c>
       <c r="O176" s="1" t="s">
-        <v>528</v>
+        <v>39</v>
       </c>
       <c r="P176" s="1"/>
       <c r="Q176" s="1"/>
       <c r="R176" s="1" t="s">
-        <v>529</v>
+        <v>502</v>
       </c>
     </row>
     <row r="177" spans="1:18">
       <c r="A177" s="1" t="s">
-        <v>521</v>
+        <v>497</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>522</v>
+        <v>498</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>20</v>
+        <v>51</v>
       </c>
       <c r="D177" s="1">
-        <v>25</v>
-[...4 lines deleted...]
-      <c r="F177" s="1"/>
+        <v>26</v>
+      </c>
+      <c r="E177" s="1"/>
+      <c r="F177" s="1" t="s">
+        <v>347</v>
+      </c>
       <c r="G177" s="1" t="s">
-        <v>524</v>
+        <v>490</v>
       </c>
       <c r="H177" s="1" t="s">
-        <v>532</v>
+        <v>513</v>
       </c>
       <c r="I177" s="1" t="s">
-        <v>526</v>
+        <v>389</v>
       </c>
       <c r="J177" s="1" t="s">
-        <v>332</v>
+        <v>109</v>
       </c>
       <c r="K177" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L177" s="1"/>
+        <v>38</v>
+      </c>
+      <c r="L177" s="1">
+        <v>9789087228118</v>
+      </c>
       <c r="M177" s="1">
-        <v>656</v>
+        <v>1054</v>
       </c>
       <c r="N177" s="1" t="s">
-        <v>527</v>
+        <v>501</v>
       </c>
       <c r="O177" s="1" t="s">
-        <v>528</v>
+        <v>39</v>
       </c>
       <c r="P177" s="1"/>
       <c r="Q177" s="1"/>
       <c r="R177" s="1" t="s">
-        <v>529</v>
+        <v>502</v>
       </c>
     </row>
     <row r="178" spans="1:18">
       <c r="A178" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="B178" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="C178" s="1"/>
+      <c r="D178" s="1"/>
+      <c r="E178" s="1"/>
+      <c r="F178" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="G178" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="H178" s="1" t="s">
+        <v>518</v>
+      </c>
+      <c r="I178" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="J178" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="K178" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="L178" s="1">
+        <v>9789087228187</v>
+      </c>
+      <c r="M178" s="1">
+        <v>360</v>
+      </c>
+      <c r="N178" s="1" t="s">
         <v>521</v>
       </c>
-      <c r="B178" s="1" t="s">
+      <c r="O178" s="1" t="s">
         <v>522</v>
-      </c>
-[...35 lines deleted...]
-        <v>528</v>
       </c>
       <c r="P178" s="1"/>
       <c r="Q178" s="1"/>
       <c r="R178" s="1" t="s">
-        <v>529</v>
+        <v>523</v>
       </c>
     </row>
     <row r="179" spans="1:18">
       <c r="A179" s="1" t="s">
-        <v>534</v>
+        <v>514</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>535</v>
-[...10 lines deleted...]
-      <c r="F179" s="1"/>
+        <v>515</v>
+      </c>
+      <c r="C179" s="1"/>
+      <c r="D179" s="1"/>
+      <c r="E179" s="1"/>
+      <c r="F179" s="1" t="s">
+        <v>516</v>
+      </c>
       <c r="G179" s="1" t="s">
-        <v>537</v>
+        <v>517</v>
       </c>
       <c r="H179" s="1" t="s">
-        <v>538</v>
+        <v>524</v>
       </c>
       <c r="I179" s="1" t="s">
-        <v>99</v>
+        <v>525</v>
       </c>
       <c r="J179" s="1" t="s">
-        <v>471</v>
+        <v>526</v>
       </c>
       <c r="K179" s="1" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="L179" s="1">
-        <v>9789087228095</v>
-[...1 lines deleted...]
-      <c r="M179" s="1"/>
+        <v>9789087228194</v>
+      </c>
+      <c r="M179" s="1">
+        <v>36</v>
+      </c>
       <c r="N179" s="1" t="s">
-        <v>527</v>
+        <v>521</v>
       </c>
       <c r="O179" s="1" t="s">
-        <v>528</v>
+        <v>522</v>
       </c>
       <c r="P179" s="1"/>
       <c r="Q179" s="1"/>
       <c r="R179" s="1" t="s">
-        <v>539</v>
+        <v>523</v>
       </c>
     </row>
     <row r="180" spans="1:18">
       <c r="A180" s="1" t="s">
-        <v>534</v>
+        <v>514</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>535</v>
-[...10 lines deleted...]
-      <c r="F180" s="1"/>
+        <v>515</v>
+      </c>
+      <c r="C180" s="1"/>
+      <c r="D180" s="1"/>
+      <c r="E180" s="1"/>
+      <c r="F180" s="1" t="s">
+        <v>516</v>
+      </c>
       <c r="G180" s="1" t="s">
-        <v>537</v>
+        <v>517</v>
       </c>
       <c r="H180" s="1" t="s">
-        <v>540</v>
+        <v>527</v>
       </c>
       <c r="I180" s="1" t="s">
-        <v>73</v>
+        <v>525</v>
       </c>
       <c r="J180" s="1" t="s">
-        <v>96</v>
+        <v>526</v>
       </c>
       <c r="K180" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L180" s="1"/>
+        <v>25</v>
+      </c>
+      <c r="L180" s="1">
+        <v>9789087228200</v>
+      </c>
       <c r="M180" s="1">
-        <v>328</v>
+        <v>361</v>
       </c>
       <c r="N180" s="1" t="s">
-        <v>527</v>
+        <v>521</v>
       </c>
       <c r="O180" s="1" t="s">
-        <v>528</v>
+        <v>522</v>
       </c>
       <c r="P180" s="1"/>
       <c r="Q180" s="1"/>
       <c r="R180" s="1" t="s">
-        <v>539</v>
+        <v>523</v>
       </c>
     </row>
     <row r="181" spans="1:18">
       <c r="A181" s="1" t="s">
-        <v>534</v>
+        <v>514</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>535</v>
-[...1 lines deleted...]
-      <c r="C181" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="C181" s="1"/>
+      <c r="D181" s="1"/>
+      <c r="E181" s="1"/>
+      <c r="F181" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="G181" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="H181" s="1" t="s">
+        <v>528</v>
+      </c>
+      <c r="I181" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="J181" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="K181" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="D181" s="1">
-[...23 lines deleted...]
-      </c>
+      <c r="L181" s="1"/>
       <c r="M181" s="1">
-        <v>327</v>
+        <v>383</v>
       </c>
       <c r="N181" s="1" t="s">
-        <v>527</v>
+        <v>521</v>
       </c>
       <c r="O181" s="1" t="s">
-        <v>528</v>
+        <v>522</v>
       </c>
       <c r="P181" s="1"/>
       <c r="Q181" s="1"/>
       <c r="R181" s="1" t="s">
-        <v>539</v>
+        <v>523</v>
       </c>
     </row>
     <row r="182" spans="1:18">
       <c r="A182" s="1" t="s">
-        <v>542</v>
+        <v>529</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>543</v>
+        <v>530</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>30</v>
+        <v>266</v>
       </c>
       <c r="D182" s="1"/>
-      <c r="E182" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F182" s="1"/>
+      <c r="E182" s="1"/>
+      <c r="F182" s="1" t="s">
+        <v>531</v>
+      </c>
       <c r="G182" s="1" t="s">
-        <v>545</v>
+        <v>532</v>
       </c>
       <c r="H182" s="1" t="s">
-        <v>546</v>
+        <v>533</v>
       </c>
       <c r="I182" s="1" t="s">
-        <v>83</v>
+        <v>172</v>
       </c>
       <c r="J182" s="1" t="s">
-        <v>222</v>
+        <v>534</v>
       </c>
       <c r="K182" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L182" s="1">
-        <v>9789087228033</v>
+        <v>9789087228361</v>
       </c>
       <c r="M182" s="1">
-        <v>412</v>
+        <v>383</v>
       </c>
       <c r="N182" s="1" t="s">
-        <v>547</v>
+        <v>473</v>
       </c>
       <c r="O182" s="1" t="s">
-        <v>548</v>
+        <v>535</v>
       </c>
       <c r="P182" s="1"/>
       <c r="Q182" s="1"/>
       <c r="R182" s="1" t="s">
-        <v>549</v>
+        <v>536</v>
       </c>
     </row>
     <row r="183" spans="1:18">
       <c r="A183" s="1" t="s">
-        <v>542</v>
+        <v>529</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>543</v>
+        <v>530</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>30</v>
+        <v>266</v>
       </c>
       <c r="D183" s="1"/>
-      <c r="E183" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F183" s="1"/>
+      <c r="E183" s="1"/>
+      <c r="F183" s="1" t="s">
+        <v>531</v>
+      </c>
       <c r="G183" s="1" t="s">
-        <v>545</v>
+        <v>532</v>
       </c>
       <c r="H183" s="1" t="s">
-        <v>550</v>
+        <v>537</v>
       </c>
       <c r="I183" s="1" t="s">
-        <v>24</v>
+        <v>145</v>
       </c>
       <c r="J183" s="1" t="s">
-        <v>213</v>
+        <v>538</v>
       </c>
       <c r="K183" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L183" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="L183" s="1">
+        <v>9789087228378</v>
+      </c>
       <c r="M183" s="1">
-        <v>394</v>
+        <v>38</v>
       </c>
       <c r="N183" s="1" t="s">
-        <v>547</v>
+        <v>473</v>
       </c>
       <c r="O183" s="1" t="s">
-        <v>548</v>
+        <v>535</v>
       </c>
       <c r="P183" s="1"/>
       <c r="Q183" s="1"/>
       <c r="R183" s="1" t="s">
-        <v>549</v>
+        <v>536</v>
       </c>
     </row>
     <row r="184" spans="1:18">
       <c r="A184" s="1" t="s">
-        <v>542</v>
+        <v>529</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>543</v>
+        <v>530</v>
       </c>
       <c r="C184" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="D184" s="1"/>
+      <c r="E184" s="1"/>
+      <c r="F184" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="G184" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="H184" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="I184" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="J184" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="K184" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="D184" s="1"/>
-[...21 lines deleted...]
-      </c>
+      <c r="L184" s="1"/>
       <c r="M184" s="1">
-        <v>413</v>
+        <v>383</v>
       </c>
       <c r="N184" s="1" t="s">
-        <v>547</v>
+        <v>473</v>
       </c>
       <c r="O184" s="1" t="s">
-        <v>548</v>
+        <v>535</v>
       </c>
       <c r="P184" s="1"/>
       <c r="Q184" s="1"/>
       <c r="R184" s="1" t="s">
-        <v>549</v>
+        <v>536</v>
       </c>
     </row>
     <row r="185" spans="1:18">
       <c r="A185" s="1" t="s">
-        <v>542</v>
+        <v>529</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>543</v>
+        <v>530</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>30</v>
+        <v>266</v>
       </c>
       <c r="D185" s="1"/>
-      <c r="E185" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F185" s="1"/>
+      <c r="E185" s="1"/>
+      <c r="F185" s="1" t="s">
+        <v>531</v>
+      </c>
       <c r="G185" s="1" t="s">
-        <v>545</v>
+        <v>532</v>
       </c>
       <c r="H185" s="1" t="s">
-        <v>552</v>
+        <v>540</v>
       </c>
       <c r="I185" s="1" t="s">
-        <v>24</v>
+        <v>145</v>
       </c>
       <c r="J185" s="1" t="s">
-        <v>213</v>
+        <v>538</v>
       </c>
       <c r="K185" s="1" t="s">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="L185" s="1">
-        <v>9789087228026</v>
+        <v>9789087228385</v>
       </c>
       <c r="M185" s="1">
-        <v>394</v>
+        <v>383</v>
       </c>
       <c r="N185" s="1" t="s">
-        <v>547</v>
+        <v>473</v>
       </c>
       <c r="O185" s="1" t="s">
-        <v>548</v>
+        <v>535</v>
       </c>
       <c r="P185" s="1"/>
       <c r="Q185" s="1"/>
       <c r="R185" s="1" t="s">
-        <v>549</v>
+        <v>536</v>
       </c>
     </row>
     <row r="186" spans="1:18">
       <c r="A186" s="1" t="s">
-        <v>553</v>
+        <v>541</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>554</v>
+        <v>542</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>20</v>
-[...7 lines deleted...]
-      </c>
+        <v>51</v>
+      </c>
+      <c r="D186" s="1">
+        <v>25</v>
+      </c>
+      <c r="E186" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="F186" s="1"/>
       <c r="G186" s="1" t="s">
-        <v>557</v>
+        <v>544</v>
       </c>
       <c r="H186" s="1" t="s">
-        <v>558</v>
+        <v>545</v>
       </c>
       <c r="I186" s="1" t="s">
-        <v>99</v>
+        <v>546</v>
       </c>
       <c r="J186" s="1" t="s">
-        <v>471</v>
+        <v>29</v>
       </c>
       <c r="K186" s="1" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="L186" s="1">
-        <v>9789087228019</v>
+        <v>9789087228057</v>
       </c>
       <c r="M186" s="1">
-        <v>396</v>
+        <v>656</v>
       </c>
       <c r="N186" s="1" t="s">
-        <v>480</v>
+        <v>547</v>
       </c>
       <c r="O186" s="1" t="s">
-        <v>559</v>
-[...3 lines deleted...]
-      </c>
+        <v>548</v>
+      </c>
+      <c r="P186" s="1"/>
       <c r="Q186" s="1"/>
       <c r="R186" s="1" t="s">
-        <v>561</v>
+        <v>549</v>
       </c>
     </row>
     <row r="187" spans="1:18">
       <c r="A187" s="1" t="s">
-        <v>553</v>
+        <v>541</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>554</v>
+        <v>542</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>20</v>
-[...7 lines deleted...]
-      </c>
+        <v>51</v>
+      </c>
+      <c r="D187" s="1">
+        <v>25</v>
+      </c>
+      <c r="E187" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="F187" s="1"/>
       <c r="G187" s="1" t="s">
-        <v>557</v>
+        <v>544</v>
       </c>
       <c r="H187" s="1" t="s">
-        <v>562</v>
+        <v>550</v>
       </c>
       <c r="I187" s="1" t="s">
-        <v>73</v>
+        <v>551</v>
       </c>
       <c r="J187" s="1" t="s">
-        <v>96</v>
+        <v>121</v>
       </c>
       <c r="K187" s="1" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="L187" s="1">
-        <v>9789087227999</v>
-[...3 lines deleted...]
-      </c>
+        <v>9789087228064</v>
+      </c>
+      <c r="M187" s="1"/>
       <c r="N187" s="1" t="s">
-        <v>480</v>
+        <v>547</v>
       </c>
       <c r="O187" s="1" t="s">
-        <v>559</v>
-[...3 lines deleted...]
-      </c>
+        <v>548</v>
+      </c>
+      <c r="P187" s="1"/>
       <c r="Q187" s="1"/>
       <c r="R187" s="1" t="s">
-        <v>561</v>
+        <v>549</v>
       </c>
     </row>
     <row r="188" spans="1:18">
       <c r="A188" s="1" t="s">
-        <v>553</v>
+        <v>541</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>554</v>
+        <v>542</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>20</v>
-[...7 lines deleted...]
-      </c>
+        <v>51</v>
+      </c>
+      <c r="D188" s="1">
+        <v>25</v>
+      </c>
+      <c r="E188" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="F188" s="1"/>
       <c r="G188" s="1" t="s">
-        <v>557</v>
+        <v>544</v>
       </c>
       <c r="H188" s="1" t="s">
-        <v>563</v>
+        <v>552</v>
       </c>
       <c r="I188" s="1" t="s">
-        <v>99</v>
+        <v>546</v>
       </c>
       <c r="J188" s="1" t="s">
-        <v>471</v>
+        <v>29</v>
       </c>
       <c r="K188" s="1" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L188" s="1"/>
       <c r="M188" s="1">
-        <v>396</v>
+        <v>656</v>
       </c>
       <c r="N188" s="1" t="s">
-        <v>480</v>
+        <v>547</v>
       </c>
       <c r="O188" s="1" t="s">
-        <v>559</v>
-[...3 lines deleted...]
-      </c>
+        <v>548</v>
+      </c>
+      <c r="P188" s="1"/>
       <c r="Q188" s="1"/>
       <c r="R188" s="1" t="s">
-        <v>561</v>
+        <v>549</v>
       </c>
     </row>
     <row r="189" spans="1:18">
       <c r="A189" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="B189" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="C189" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D189" s="1">
+        <v>25</v>
+      </c>
+      <c r="E189" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="F189" s="1"/>
+      <c r="G189" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="H189" s="1" t="s">
         <v>553</v>
       </c>
-      <c r="B189" s="1" t="s">
-[...17 lines deleted...]
-      </c>
       <c r="I189" s="1" t="s">
-        <v>73</v>
+        <v>551</v>
       </c>
       <c r="J189" s="1" t="s">
-        <v>96</v>
+        <v>121</v>
       </c>
       <c r="K189" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L189" s="1"/>
+        <v>25</v>
+      </c>
+      <c r="L189" s="1">
+        <v>9789087228071</v>
+      </c>
       <c r="M189" s="1">
-        <v>396</v>
+        <v>657</v>
       </c>
       <c r="N189" s="1" t="s">
-        <v>480</v>
+        <v>547</v>
       </c>
       <c r="O189" s="1" t="s">
-        <v>559</v>
-[...3 lines deleted...]
-      </c>
+        <v>548</v>
+      </c>
+      <c r="P189" s="1"/>
       <c r="Q189" s="1"/>
       <c r="R189" s="1" t="s">
-        <v>561</v>
+        <v>549</v>
       </c>
     </row>
     <row r="190" spans="1:18">
       <c r="A190" s="1" t="s">
-        <v>565</v>
+        <v>554</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>566</v>
+        <v>555</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>250</v>
-[...5 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="D190" s="1">
+        <v>67</v>
+      </c>
+      <c r="E190" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="F190" s="1"/>
       <c r="G190" s="1" t="s">
-        <v>568</v>
+        <v>557</v>
       </c>
       <c r="H190" s="1" t="s">
-        <v>569</v>
+        <v>558</v>
       </c>
       <c r="I190" s="1" t="s">
-        <v>375</v>
+        <v>124</v>
       </c>
       <c r="J190" s="1" t="s">
-        <v>315</v>
+        <v>492</v>
       </c>
       <c r="K190" s="1" t="s">
-        <v>55</v>
-[...4 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="L190" s="1">
+        <v>9789087228095</v>
+      </c>
+      <c r="M190" s="1"/>
       <c r="N190" s="1" t="s">
-        <v>472</v>
+        <v>547</v>
       </c>
       <c r="O190" s="1" t="s">
-        <v>570</v>
+        <v>548</v>
       </c>
       <c r="P190" s="1"/>
       <c r="Q190" s="1"/>
       <c r="R190" s="1" t="s">
-        <v>571</v>
+        <v>559</v>
       </c>
     </row>
     <row r="191" spans="1:18">
       <c r="A191" s="1" t="s">
-        <v>565</v>
+        <v>554</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>566</v>
+        <v>555</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>250</v>
-[...5 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="D191" s="1">
+        <v>67</v>
+      </c>
+      <c r="E191" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="F191" s="1"/>
       <c r="G191" s="1" t="s">
-        <v>568</v>
+        <v>557</v>
       </c>
       <c r="H191" s="1" t="s">
-        <v>572</v>
+        <v>560</v>
       </c>
       <c r="I191" s="1" t="s">
-        <v>378</v>
+        <v>117</v>
       </c>
       <c r="J191" s="1" t="s">
-        <v>573</v>
+        <v>121</v>
       </c>
       <c r="K191" s="1" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L191" s="1"/>
       <c r="M191" s="1">
-        <v>282</v>
+        <v>328</v>
       </c>
       <c r="N191" s="1" t="s">
-        <v>472</v>
+        <v>547</v>
       </c>
       <c r="O191" s="1" t="s">
-        <v>570</v>
+        <v>548</v>
       </c>
       <c r="P191" s="1"/>
       <c r="Q191" s="1"/>
       <c r="R191" s="1" t="s">
-        <v>571</v>
+        <v>559</v>
       </c>
     </row>
     <row r="192" spans="1:18">
       <c r="A192" s="1" t="s">
-        <v>565</v>
+        <v>554</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>566</v>
+        <v>555</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>250</v>
-[...5 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="D192" s="1">
+        <v>67</v>
+      </c>
+      <c r="E192" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="F192" s="1"/>
       <c r="G192" s="1" t="s">
-        <v>568</v>
+        <v>557</v>
       </c>
       <c r="H192" s="1" t="s">
-        <v>574</v>
+        <v>561</v>
       </c>
       <c r="I192" s="1" t="s">
-        <v>375</v>
+        <v>124</v>
       </c>
       <c r="J192" s="1" t="s">
-        <v>315</v>
+        <v>492</v>
       </c>
       <c r="K192" s="1" t="s">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="L192" s="1">
-        <v>9789087227968</v>
+        <v>9789087228101</v>
       </c>
       <c r="M192" s="1">
-        <v>282</v>
+        <v>327</v>
       </c>
       <c r="N192" s="1" t="s">
-        <v>472</v>
+        <v>547</v>
       </c>
       <c r="O192" s="1" t="s">
-        <v>570</v>
+        <v>548</v>
       </c>
       <c r="P192" s="1"/>
       <c r="Q192" s="1"/>
       <c r="R192" s="1" t="s">
-        <v>571</v>
+        <v>559</v>
       </c>
     </row>
     <row r="193" spans="1:18">
       <c r="A193" s="1" t="s">
+        <v>562</v>
+      </c>
+      <c r="B193" s="1" t="s">
+        <v>563</v>
+      </c>
+      <c r="C193" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D193" s="1"/>
+      <c r="E193" s="1" t="s">
+        <v>564</v>
+      </c>
+      <c r="F193" s="1"/>
+      <c r="G193" s="1" t="s">
         <v>565</v>
       </c>
-      <c r="B193" s="1" t="s">
+      <c r="H193" s="1" t="s">
         <v>566</v>
       </c>
-      <c r="C193" s="1" t="s">
-[...4 lines deleted...]
-      <c r="F193" s="1" t="s">
+      <c r="I193" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="J193" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="K193" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="L193" s="1">
+        <v>9789087228033</v>
+      </c>
+      <c r="M193" s="1">
+        <v>412</v>
+      </c>
+      <c r="N193" s="1" t="s">
         <v>567</v>
       </c>
-      <c r="G193" s="1" t="s">
+      <c r="O193" s="1" t="s">
         <v>568</v>
-      </c>
-[...22 lines deleted...]
-        <v>570</v>
       </c>
       <c r="P193" s="1"/>
       <c r="Q193" s="1"/>
       <c r="R193" s="1" t="s">
-        <v>571</v>
+        <v>569</v>
       </c>
     </row>
     <row r="194" spans="1:18">
       <c r="A194" s="1" t="s">
-        <v>576</v>
+        <v>562</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>577</v>
+        <v>563</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>69</v>
+        <v>33</v>
       </c>
       <c r="D194" s="1"/>
-      <c r="E194" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="E194" s="1" t="s">
+        <v>564</v>
+      </c>
+      <c r="F194" s="1"/>
       <c r="G194" s="1" t="s">
-        <v>578</v>
+        <v>565</v>
       </c>
       <c r="H194" s="1" t="s">
-        <v>579</v>
+        <v>570</v>
       </c>
       <c r="I194" s="1" t="s">
-        <v>580</v>
+        <v>55</v>
       </c>
       <c r="J194" s="1" t="s">
-        <v>581</v>
+        <v>24</v>
       </c>
       <c r="K194" s="1" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L194" s="1"/>
       <c r="M194" s="1">
-        <v>324</v>
-[...1 lines deleted...]
-      <c r="N194" s="1"/>
+        <v>394</v>
+      </c>
+      <c r="N194" s="1" t="s">
+        <v>567</v>
+      </c>
       <c r="O194" s="1" t="s">
-        <v>582</v>
+        <v>568</v>
       </c>
       <c r="P194" s="1"/>
       <c r="Q194" s="1"/>
       <c r="R194" s="1" t="s">
-        <v>583</v>
+        <v>569</v>
       </c>
     </row>
     <row r="195" spans="1:18">
       <c r="A195" s="1" t="s">
-        <v>584</v>
+        <v>562</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>585</v>
+        <v>563</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="D195" s="1"/>
       <c r="E195" s="1" t="s">
-        <v>586</v>
+        <v>564</v>
       </c>
       <c r="F195" s="1"/>
       <c r="G195" s="1" t="s">
-        <v>578</v>
+        <v>565</v>
       </c>
       <c r="H195" s="1" t="s">
-        <v>587</v>
+        <v>571</v>
       </c>
       <c r="I195" s="1" t="s">
-        <v>121</v>
+        <v>102</v>
       </c>
       <c r="J195" s="1" t="s">
-        <v>514</v>
+        <v>237</v>
       </c>
       <c r="K195" s="1" t="s">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="L195" s="1">
-        <v>9789087227937</v>
+        <v>9789087228040</v>
       </c>
       <c r="M195" s="1">
-        <v>324</v>
+        <v>413</v>
       </c>
       <c r="N195" s="1" t="s">
-        <v>547</v>
+        <v>567</v>
       </c>
       <c r="O195" s="1" t="s">
-        <v>588</v>
+        <v>568</v>
       </c>
       <c r="P195" s="1"/>
       <c r="Q195" s="1"/>
       <c r="R195" s="1" t="s">
-        <v>589</v>
+        <v>569</v>
       </c>
     </row>
     <row r="196" spans="1:18">
       <c r="A196" s="1" t="s">
-        <v>590</v>
+        <v>562</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>591</v>
-[...1 lines deleted...]
-      <c r="C196" s="1"/>
+        <v>563</v>
+      </c>
+      <c r="C196" s="1" t="s">
+        <v>33</v>
+      </c>
       <c r="D196" s="1"/>
-      <c r="E196" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="E196" s="1" t="s">
+        <v>564</v>
+      </c>
+      <c r="F196" s="1"/>
       <c r="G196" s="1" t="s">
-        <v>578</v>
+        <v>565</v>
       </c>
       <c r="H196" s="1" t="s">
-        <v>593</v>
+        <v>572</v>
       </c>
       <c r="I196" s="1" t="s">
-        <v>594</v>
+        <v>55</v>
       </c>
       <c r="J196" s="1" t="s">
-        <v>595</v>
+        <v>24</v>
       </c>
       <c r="K196" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L196" s="1">
-        <v>9789087227821</v>
+        <v>9789087228026</v>
       </c>
       <c r="M196" s="1">
-        <v>712</v>
-[...1 lines deleted...]
-      <c r="N196" s="1"/>
+        <v>394</v>
+      </c>
+      <c r="N196" s="1" t="s">
+        <v>567</v>
+      </c>
       <c r="O196" s="1" t="s">
-        <v>570</v>
+        <v>568</v>
       </c>
       <c r="P196" s="1"/>
       <c r="Q196" s="1"/>
       <c r="R196" s="1" t="s">
-        <v>596</v>
+        <v>569</v>
       </c>
     </row>
     <row r="197" spans="1:18">
       <c r="A197" s="1" t="s">
-        <v>584</v>
+        <v>573</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>585</v>
+        <v>574</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>30</v>
-[...7 lines deleted...]
-      <c r="F197" s="1"/>
+        <v>51</v>
+      </c>
+      <c r="D197" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="E197" s="1"/>
+      <c r="F197" s="1" t="s">
+        <v>576</v>
+      </c>
       <c r="G197" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="H197" s="1" t="s">
         <v>578</v>
       </c>
-      <c r="H197" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I197" s="1" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="J197" s="1" t="s">
-        <v>518</v>
+        <v>492</v>
       </c>
       <c r="K197" s="1" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="L197" s="1">
-        <v>9789087227944</v>
+        <v>9789087228019</v>
       </c>
       <c r="M197" s="1">
-        <v>324</v>
+        <v>396</v>
       </c>
       <c r="N197" s="1" t="s">
-        <v>547</v>
+        <v>501</v>
       </c>
       <c r="O197" s="1" t="s">
-        <v>588</v>
-[...1 lines deleted...]
-      <c r="P197" s="1"/>
+        <v>579</v>
+      </c>
+      <c r="P197" s="1" t="s">
+        <v>580</v>
+      </c>
       <c r="Q197" s="1"/>
       <c r="R197" s="1" t="s">
-        <v>589</v>
+        <v>581</v>
       </c>
     </row>
     <row r="198" spans="1:18">
       <c r="A198" s="1" t="s">
-        <v>590</v>
+        <v>573</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>591</v>
-[...2 lines deleted...]
-      <c r="D198" s="1"/>
+        <v>574</v>
+      </c>
+      <c r="C198" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D198" s="1" t="s">
+        <v>575</v>
+      </c>
       <c r="E198" s="1"/>
       <c r="F198" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>578</v>
+        <v>577</v>
       </c>
       <c r="H198" s="1" t="s">
-        <v>598</v>
+        <v>582</v>
       </c>
       <c r="I198" s="1" t="s">
-        <v>309</v>
+        <v>117</v>
       </c>
       <c r="J198" s="1" t="s">
-        <v>599</v>
+        <v>121</v>
       </c>
       <c r="K198" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L198" s="1"/>
+        <v>38</v>
+      </c>
+      <c r="L198" s="1">
+        <v>9789087227999</v>
+      </c>
       <c r="M198" s="1">
-        <v>712</v>
-[...1 lines deleted...]
-      <c r="N198" s="1"/>
+        <v>396</v>
+      </c>
+      <c r="N198" s="1" t="s">
+        <v>501</v>
+      </c>
       <c r="O198" s="1" t="s">
-        <v>570</v>
-[...1 lines deleted...]
-      <c r="P198" s="1"/>
+        <v>579</v>
+      </c>
+      <c r="P198" s="1" t="s">
+        <v>580</v>
+      </c>
       <c r="Q198" s="1"/>
       <c r="R198" s="1" t="s">
-        <v>596</v>
+        <v>581</v>
       </c>
     </row>
     <row r="199" spans="1:18">
       <c r="A199" s="1" t="s">
-        <v>584</v>
+        <v>573</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>585</v>
+        <v>574</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>30</v>
-[...7 lines deleted...]
-      <c r="F199" s="1"/>
+        <v>51</v>
+      </c>
+      <c r="D199" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="E199" s="1"/>
+      <c r="F199" s="1" t="s">
+        <v>576</v>
+      </c>
       <c r="G199" s="1" t="s">
-        <v>578</v>
+        <v>577</v>
       </c>
       <c r="H199" s="1" t="s">
-        <v>600</v>
+        <v>583</v>
       </c>
       <c r="I199" s="1" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="J199" s="1" t="s">
-        <v>514</v>
+        <v>492</v>
       </c>
       <c r="K199" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L199" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="L199" s="1">
+        <v>9789087228002</v>
+      </c>
       <c r="M199" s="1">
-        <v>324</v>
+        <v>396</v>
       </c>
       <c r="N199" s="1" t="s">
-        <v>547</v>
+        <v>501</v>
       </c>
       <c r="O199" s="1" t="s">
-        <v>588</v>
-[...1 lines deleted...]
-      <c r="P199" s="1"/>
+        <v>579</v>
+      </c>
+      <c r="P199" s="1" t="s">
+        <v>580</v>
+      </c>
       <c r="Q199" s="1"/>
       <c r="R199" s="1" t="s">
-        <v>589</v>
+        <v>581</v>
       </c>
     </row>
     <row r="200" spans="1:18">
       <c r="A200" s="1" t="s">
-        <v>590</v>
+        <v>573</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>591</v>
-[...2 lines deleted...]
-      <c r="D200" s="1"/>
+        <v>574</v>
+      </c>
+      <c r="C200" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D200" s="1" t="s">
+        <v>575</v>
+      </c>
       <c r="E200" s="1"/>
       <c r="F200" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>578</v>
+        <v>577</v>
       </c>
       <c r="H200" s="1" t="s">
-        <v>601</v>
+        <v>584</v>
       </c>
       <c r="I200" s="1" t="s">
-        <v>594</v>
+        <v>117</v>
       </c>
       <c r="J200" s="1" t="s">
-        <v>595</v>
+        <v>121</v>
       </c>
       <c r="K200" s="1" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L200" s="1"/>
       <c r="M200" s="1">
-        <v>712</v>
-[...1 lines deleted...]
-      <c r="N200" s="1"/>
+        <v>396</v>
+      </c>
+      <c r="N200" s="1" t="s">
+        <v>501</v>
+      </c>
       <c r="O200" s="1" t="s">
-        <v>570</v>
-[...1 lines deleted...]
-      <c r="P200" s="1"/>
+        <v>579</v>
+      </c>
+      <c r="P200" s="1" t="s">
+        <v>580</v>
+      </c>
       <c r="Q200" s="1"/>
       <c r="R200" s="1" t="s">
-        <v>596</v>
+        <v>581</v>
       </c>
     </row>
     <row r="201" spans="1:18">
       <c r="A201" s="1" t="s">
-        <v>576</v>
+        <v>585</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>577</v>
+        <v>586</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>69</v>
+        <v>266</v>
       </c>
       <c r="D201" s="1"/>
       <c r="E201" s="1"/>
       <c r="F201" s="1" t="s">
-        <v>325</v>
+        <v>587</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>578</v>
+        <v>588</v>
       </c>
       <c r="H201" s="1" t="s">
-        <v>602</v>
+        <v>589</v>
       </c>
       <c r="I201" s="1" t="s">
-        <v>603</v>
+        <v>396</v>
       </c>
       <c r="J201" s="1" t="s">
-        <v>263</v>
+        <v>331</v>
       </c>
       <c r="K201" s="1" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L201" s="1"/>
       <c r="M201" s="1">
-        <v>324</v>
-[...1 lines deleted...]
-      <c r="N201" s="1"/>
+        <v>282</v>
+      </c>
+      <c r="N201" s="1" t="s">
+        <v>493</v>
+      </c>
       <c r="O201" s="1" t="s">
-        <v>582</v>
+        <v>590</v>
       </c>
       <c r="P201" s="1"/>
       <c r="Q201" s="1"/>
       <c r="R201" s="1" t="s">
-        <v>583</v>
+        <v>591</v>
       </c>
     </row>
     <row r="202" spans="1:18">
       <c r="A202" s="1" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>30</v>
-[...7 lines deleted...]
-      <c r="F202" s="1"/>
+        <v>266</v>
+      </c>
+      <c r="D202" s="1"/>
+      <c r="E202" s="1"/>
+      <c r="F202" s="1" t="s">
+        <v>587</v>
+      </c>
       <c r="G202" s="1" t="s">
-        <v>578</v>
+        <v>588</v>
       </c>
       <c r="H202" s="1" t="s">
-        <v>604</v>
+        <v>592</v>
       </c>
       <c r="I202" s="1" t="s">
-        <v>125</v>
+        <v>399</v>
       </c>
       <c r="J202" s="1" t="s">
-        <v>518</v>
+        <v>593</v>
       </c>
       <c r="K202" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L202" s="1">
-        <v>9789087227951</v>
+        <v>9789087227982</v>
       </c>
       <c r="M202" s="1">
-        <v>324</v>
+        <v>282</v>
       </c>
       <c r="N202" s="1" t="s">
-        <v>547</v>
+        <v>493</v>
       </c>
       <c r="O202" s="1" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="P202" s="1"/>
       <c r="Q202" s="1"/>
       <c r="R202" s="1" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
     </row>
     <row r="203" spans="1:18">
       <c r="A203" s="1" t="s">
-        <v>576</v>
+        <v>585</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>577</v>
+        <v>586</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>69</v>
+        <v>266</v>
       </c>
       <c r="D203" s="1"/>
       <c r="E203" s="1"/>
       <c r="F203" s="1" t="s">
-        <v>325</v>
+        <v>587</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>578</v>
+        <v>588</v>
       </c>
       <c r="H203" s="1" t="s">
-        <v>605</v>
+        <v>594</v>
       </c>
       <c r="I203" s="1" t="s">
-        <v>580</v>
+        <v>396</v>
       </c>
       <c r="J203" s="1" t="s">
-        <v>581</v>
+        <v>331</v>
       </c>
       <c r="K203" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L203" s="1">
-        <v>9789087227883</v>
+        <v>9789087227968</v>
       </c>
       <c r="M203" s="1">
-        <v>324</v>
-[...1 lines deleted...]
-      <c r="N203" s="1"/>
+        <v>282</v>
+      </c>
+      <c r="N203" s="1" t="s">
+        <v>493</v>
+      </c>
       <c r="O203" s="1" t="s">
-        <v>582</v>
+        <v>590</v>
       </c>
       <c r="P203" s="1"/>
       <c r="Q203" s="1"/>
       <c r="R203" s="1" t="s">
-        <v>583</v>
+        <v>591</v>
       </c>
     </row>
     <row r="204" spans="1:18">
       <c r="A204" s="1" t="s">
-        <v>590</v>
+        <v>585</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>591</v>
-[...1 lines deleted...]
-      <c r="C204" s="1"/>
+        <v>586</v>
+      </c>
+      <c r="C204" s="1" t="s">
+        <v>266</v>
+      </c>
       <c r="D204" s="1"/>
       <c r="E204" s="1"/>
       <c r="F204" s="1" t="s">
-        <v>592</v>
+        <v>587</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>578</v>
+        <v>588</v>
       </c>
       <c r="H204" s="1" t="s">
-        <v>606</v>
+        <v>595</v>
       </c>
       <c r="I204" s="1" t="s">
-        <v>309</v>
+        <v>399</v>
       </c>
       <c r="J204" s="1" t="s">
-        <v>599</v>
+        <v>593</v>
       </c>
       <c r="K204" s="1" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="L204" s="1">
-        <v>9789087227814</v>
+        <v>9789087227975</v>
       </c>
       <c r="M204" s="1">
-        <v>712</v>
-[...1 lines deleted...]
-      <c r="N204" s="1"/>
+        <v>282</v>
+      </c>
+      <c r="N204" s="1" t="s">
+        <v>493</v>
+      </c>
       <c r="O204" s="1" t="s">
-        <v>570</v>
+        <v>590</v>
       </c>
       <c r="P204" s="1"/>
       <c r="Q204" s="1"/>
       <c r="R204" s="1" t="s">
-        <v>596</v>
+        <v>591</v>
       </c>
     </row>
     <row r="205" spans="1:18">
       <c r="A205" s="1" t="s">
-        <v>576</v>
+        <v>596</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>577</v>
+        <v>597</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>69</v>
+        <v>114</v>
       </c>
       <c r="D205" s="1"/>
       <c r="E205" s="1"/>
       <c r="F205" s="1" t="s">
-        <v>325</v>
+        <v>347</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>578</v>
+        <v>598</v>
       </c>
       <c r="H205" s="1" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="I205" s="1" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="J205" s="1" t="s">
-        <v>263</v>
+        <v>601</v>
       </c>
       <c r="K205" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L205" s="1"/>
+        <v>25</v>
+      </c>
+      <c r="L205" s="1">
+        <v>9789087227890</v>
+      </c>
       <c r="M205" s="1">
         <v>324</v>
       </c>
       <c r="N205" s="1"/>
       <c r="O205" s="1" t="s">
-        <v>582</v>
+        <v>602</v>
       </c>
       <c r="P205" s="1"/>
       <c r="Q205" s="1"/>
       <c r="R205" s="1" t="s">
-        <v>583</v>
+        <v>603</v>
       </c>
     </row>
     <row r="206" spans="1:18">
       <c r="A206" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="B206" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="C206" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D206" s="1">
+        <v>65</v>
+      </c>
+      <c r="E206" s="1" t="s">
+        <v>606</v>
+      </c>
+      <c r="F206" s="1"/>
+      <c r="G206" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="H206" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="I206" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="J206" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="K206" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="L206" s="1">
+        <v>9789087227937</v>
+      </c>
+      <c r="M206" s="1">
+        <v>324</v>
+      </c>
+      <c r="N206" s="1" t="s">
+        <v>567</v>
+      </c>
+      <c r="O206" s="1" t="s">
         <v>608</v>
-      </c>
-[...38 lines deleted...]
-        <v>614</v>
       </c>
       <c r="P206" s="1"/>
       <c r="Q206" s="1"/>
       <c r="R206" s="1" t="s">
-        <v>615</v>
+        <v>609</v>
       </c>
     </row>
     <row r="207" spans="1:18">
       <c r="A207" s="1" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>609</v>
-[...6 lines deleted...]
-      </c>
+        <v>611</v>
+      </c>
+      <c r="C207" s="1"/>
+      <c r="D207" s="1"/>
       <c r="E207" s="1"/>
       <c r="F207" s="1" t="s">
-        <v>46</v>
+        <v>612</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>611</v>
+        <v>598</v>
       </c>
       <c r="H207" s="1" t="s">
-        <v>616</v>
+        <v>613</v>
       </c>
       <c r="I207" s="1" t="s">
-        <v>24</v>
+        <v>614</v>
       </c>
       <c r="J207" s="1" t="s">
-        <v>617</v>
+        <v>615</v>
       </c>
       <c r="K207" s="1" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="L207" s="1">
-        <v>9789087227852</v>
+        <v>9789087227821</v>
       </c>
       <c r="M207" s="1">
-        <v>1084</v>
-[...3 lines deleted...]
-      </c>
+        <v>712</v>
+      </c>
+      <c r="N207" s="1"/>
       <c r="O207" s="1" t="s">
-        <v>614</v>
+        <v>590</v>
       </c>
       <c r="P207" s="1"/>
       <c r="Q207" s="1"/>
       <c r="R207" s="1" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
     </row>
     <row r="208" spans="1:18">
       <c r="A208" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="B208" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="C208" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D208" s="1">
+        <v>65</v>
+      </c>
+      <c r="E208" s="1" t="s">
+        <v>606</v>
+      </c>
+      <c r="F208" s="1"/>
+      <c r="G208" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="H208" s="1" t="s">
+        <v>617</v>
+      </c>
+      <c r="I208" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="J208" s="1" t="s">
+        <v>538</v>
+      </c>
+      <c r="K208" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="L208" s="1">
+        <v>9789087227944</v>
+      </c>
+      <c r="M208" s="1">
+        <v>324</v>
+      </c>
+      <c r="N208" s="1" t="s">
+        <v>567</v>
+      </c>
+      <c r="O208" s="1" t="s">
         <v>608</v>
-      </c>
-[...36 lines deleted...]
-        <v>614</v>
       </c>
       <c r="P208" s="1"/>
       <c r="Q208" s="1"/>
       <c r="R208" s="1" t="s">
-        <v>615</v>
+        <v>609</v>
       </c>
     </row>
     <row r="209" spans="1:18">
       <c r="A209" s="1" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>609</v>
-[...6 lines deleted...]
-      </c>
+        <v>611</v>
+      </c>
+      <c r="C209" s="1"/>
+      <c r="D209" s="1"/>
       <c r="E209" s="1"/>
       <c r="F209" s="1" t="s">
-        <v>46</v>
+        <v>612</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>611</v>
+        <v>598</v>
       </c>
       <c r="H209" s="1" t="s">
+        <v>618</v>
+      </c>
+      <c r="I209" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="J209" s="1" t="s">
         <v>619</v>
       </c>
-      <c r="I209" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K209" s="1" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L209" s="1"/>
       <c r="M209" s="1">
-        <v>1084</v>
-[...3 lines deleted...]
-      </c>
+        <v>712</v>
+      </c>
+      <c r="N209" s="1"/>
       <c r="O209" s="1" t="s">
-        <v>614</v>
+        <v>590</v>
       </c>
       <c r="P209" s="1"/>
       <c r="Q209" s="1"/>
       <c r="R209" s="1" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
     </row>
     <row r="210" spans="1:18">
       <c r="A210" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="B210" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="C210" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D210" s="1">
+        <v>65</v>
+      </c>
+      <c r="E210" s="1" t="s">
+        <v>606</v>
+      </c>
+      <c r="F210" s="1"/>
+      <c r="G210" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="H210" s="1" t="s">
         <v>620</v>
       </c>
-      <c r="B210" s="1" t="s">
-[...17 lines deleted...]
-      </c>
       <c r="I210" s="1" t="s">
-        <v>143</v>
+        <v>172</v>
       </c>
       <c r="J210" s="1" t="s">
-        <v>144</v>
+        <v>534</v>
       </c>
       <c r="K210" s="1" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L210" s="1"/>
       <c r="M210" s="1">
-        <v>786</v>
+        <v>324</v>
       </c>
       <c r="N210" s="1" t="s">
-        <v>452</v>
+        <v>567</v>
       </c>
       <c r="O210" s="1" t="s">
-        <v>626</v>
+        <v>608</v>
       </c>
       <c r="P210" s="1"/>
       <c r="Q210" s="1"/>
       <c r="R210" s="1" t="s">
-        <v>627</v>
+        <v>609</v>
       </c>
     </row>
     <row r="211" spans="1:18">
       <c r="A211" s="1" t="s">
-        <v>628</v>
+        <v>610</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>629</v>
-[...10 lines deleted...]
-      <c r="F211" s="1"/>
+        <v>611</v>
+      </c>
+      <c r="C211" s="1"/>
+      <c r="D211" s="1"/>
+      <c r="E211" s="1"/>
+      <c r="F211" s="1" t="s">
+        <v>612</v>
+      </c>
       <c r="G211" s="1" t="s">
-        <v>624</v>
+        <v>598</v>
       </c>
       <c r="H211" s="1" t="s">
-        <v>632</v>
+        <v>621</v>
       </c>
       <c r="I211" s="1" t="s">
-        <v>121</v>
+        <v>614</v>
       </c>
       <c r="J211" s="1" t="s">
-        <v>514</v>
+        <v>615</v>
       </c>
       <c r="K211" s="1" t="s">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="L211" s="1">
-        <v>9789087227784</v>
+        <v>9789087227838</v>
       </c>
       <c r="M211" s="1">
-        <v>392</v>
-[...3 lines deleted...]
-      </c>
+        <v>712</v>
+      </c>
+      <c r="N211" s="1"/>
       <c r="O211" s="1" t="s">
-        <v>633</v>
-[...3 lines deleted...]
-      </c>
+        <v>590</v>
+      </c>
+      <c r="P211" s="1"/>
       <c r="Q211" s="1"/>
       <c r="R211" s="1" t="s">
-        <v>635</v>
+        <v>616</v>
       </c>
     </row>
     <row r="212" spans="1:18">
       <c r="A212" s="1" t="s">
-        <v>628</v>
+        <v>596</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>629</v>
+        <v>597</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>30</v>
-[...7 lines deleted...]
-      <c r="F212" s="1"/>
+        <v>114</v>
+      </c>
+      <c r="D212" s="1"/>
+      <c r="E212" s="1"/>
+      <c r="F212" s="1" t="s">
+        <v>347</v>
+      </c>
       <c r="G212" s="1" t="s">
-        <v>624</v>
+        <v>598</v>
       </c>
       <c r="H212" s="1" t="s">
-        <v>636</v>
+        <v>622</v>
       </c>
       <c r="I212" s="1" t="s">
-        <v>125</v>
+        <v>623</v>
       </c>
       <c r="J212" s="1" t="s">
-        <v>518</v>
+        <v>279</v>
       </c>
       <c r="K212" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L212" s="1">
-        <v>9789087227791</v>
+        <v>9789087227876</v>
       </c>
       <c r="M212" s="1">
-        <v>400</v>
-[...3 lines deleted...]
-      </c>
+        <v>324</v>
+      </c>
+      <c r="N212" s="1"/>
       <c r="O212" s="1" t="s">
-        <v>633</v>
-[...3 lines deleted...]
-      </c>
+        <v>602</v>
+      </c>
+      <c r="P212" s="1"/>
       <c r="Q212" s="1"/>
       <c r="R212" s="1" t="s">
-        <v>635</v>
+        <v>603</v>
       </c>
     </row>
     <row r="213" spans="1:18">
       <c r="A213" s="1" t="s">
-        <v>628</v>
+        <v>604</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>629</v>
+        <v>605</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>630</v>
+        <v>33</v>
+      </c>
+      <c r="D213" s="1">
+        <v>65</v>
       </c>
       <c r="E213" s="1" t="s">
-        <v>631</v>
+        <v>606</v>
       </c>
       <c r="F213" s="1"/>
       <c r="G213" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="H213" s="1" t="s">
         <v>624</v>
       </c>
-      <c r="H213" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I213" s="1" t="s">
-        <v>121</v>
+        <v>145</v>
       </c>
       <c r="J213" s="1" t="s">
-        <v>514</v>
+        <v>538</v>
       </c>
       <c r="K213" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L213" s="1"/>
+        <v>25</v>
+      </c>
+      <c r="L213" s="1">
+        <v>9789087227951</v>
+      </c>
       <c r="M213" s="1">
-        <v>392</v>
+        <v>324</v>
       </c>
       <c r="N213" s="1" t="s">
-        <v>501</v>
+        <v>567</v>
       </c>
       <c r="O213" s="1" t="s">
-        <v>633</v>
-[...3 lines deleted...]
-      </c>
+        <v>608</v>
+      </c>
+      <c r="P213" s="1"/>
       <c r="Q213" s="1"/>
       <c r="R213" s="1" t="s">
-        <v>635</v>
+        <v>609</v>
       </c>
     </row>
     <row r="214" spans="1:18">
       <c r="A214" s="1" t="s">
-        <v>628</v>
+        <v>596</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>629</v>
+        <v>597</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>30</v>
-[...7 lines deleted...]
-      <c r="F214" s="1"/>
+        <v>114</v>
+      </c>
+      <c r="D214" s="1"/>
+      <c r="E214" s="1"/>
+      <c r="F214" s="1" t="s">
+        <v>347</v>
+      </c>
       <c r="G214" s="1" t="s">
-        <v>624</v>
+        <v>598</v>
       </c>
       <c r="H214" s="1" t="s">
-        <v>638</v>
+        <v>625</v>
       </c>
       <c r="I214" s="1" t="s">
-        <v>125</v>
+        <v>600</v>
       </c>
       <c r="J214" s="1" t="s">
-        <v>518</v>
+        <v>601</v>
       </c>
       <c r="K214" s="1" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="L214" s="1">
-        <v>9789087227807</v>
+        <v>9789087227883</v>
       </c>
       <c r="M214" s="1">
-        <v>392</v>
-[...3 lines deleted...]
-      </c>
+        <v>324</v>
+      </c>
+      <c r="N214" s="1"/>
       <c r="O214" s="1" t="s">
-        <v>633</v>
-[...3 lines deleted...]
-      </c>
+        <v>602</v>
+      </c>
+      <c r="P214" s="1"/>
       <c r="Q214" s="1"/>
       <c r="R214" s="1" t="s">
-        <v>635</v>
+        <v>603</v>
       </c>
     </row>
     <row r="215" spans="1:18">
       <c r="A215" s="1" t="s">
-        <v>639</v>
+        <v>610</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>640</v>
-[...10 lines deleted...]
-      <c r="F215" s="1"/>
+        <v>611</v>
+      </c>
+      <c r="C215" s="1"/>
+      <c r="D215" s="1"/>
+      <c r="E215" s="1"/>
+      <c r="F215" s="1" t="s">
+        <v>612</v>
+      </c>
       <c r="G215" s="1" t="s">
-        <v>643</v>
+        <v>598</v>
       </c>
       <c r="H215" s="1" t="s">
-        <v>644</v>
+        <v>626</v>
       </c>
       <c r="I215" s="1" t="s">
-        <v>83</v>
+        <v>325</v>
       </c>
       <c r="J215" s="1" t="s">
-        <v>222</v>
+        <v>619</v>
       </c>
       <c r="K215" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L215" s="1">
-        <v>9789087227517</v>
+        <v>9789087227814</v>
       </c>
       <c r="M215" s="1">
-        <v>556</v>
-[...3 lines deleted...]
-      </c>
+        <v>712</v>
+      </c>
+      <c r="N215" s="1"/>
       <c r="O215" s="1" t="s">
-        <v>481</v>
+        <v>590</v>
       </c>
       <c r="P215" s="1"/>
       <c r="Q215" s="1"/>
       <c r="R215" s="1" t="s">
-        <v>645</v>
+        <v>616</v>
       </c>
     </row>
     <row r="216" spans="1:18">
       <c r="A216" s="1" t="s">
-        <v>639</v>
+        <v>596</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>640</v>
+        <v>597</v>
       </c>
       <c r="C216" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="D216" s="1"/>
+      <c r="E216" s="1"/>
+      <c r="F216" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="G216" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="H216" s="1" t="s">
+        <v>627</v>
+      </c>
+      <c r="I216" s="1" t="s">
+        <v>623</v>
+      </c>
+      <c r="J216" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="K216" s="1" t="s">
         <v>30</v>
-      </c>
-[...20 lines deleted...]
-        <v>55</v>
       </c>
       <c r="L216" s="1"/>
       <c r="M216" s="1">
-        <v>555</v>
-[...3 lines deleted...]
-      </c>
+        <v>324</v>
+      </c>
+      <c r="N216" s="1"/>
       <c r="O216" s="1" t="s">
-        <v>481</v>
+        <v>602</v>
       </c>
       <c r="P216" s="1"/>
       <c r="Q216" s="1"/>
       <c r="R216" s="1" t="s">
-        <v>645</v>
+        <v>603</v>
       </c>
     </row>
     <row r="217" spans="1:18">
       <c r="A217" s="1" t="s">
-        <v>639</v>
+        <v>628</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>640</v>
+        <v>629</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>30</v>
+        <v>75</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>641</v>
-[...4 lines deleted...]
-      <c r="F217" s="1"/>
+        <v>630</v>
+      </c>
+      <c r="E217" s="1"/>
+      <c r="F217" s="1" t="s">
+        <v>76</v>
+      </c>
       <c r="G217" s="1" t="s">
-        <v>643</v>
+        <v>631</v>
       </c>
       <c r="H217" s="1" t="s">
-        <v>647</v>
+        <v>632</v>
       </c>
       <c r="I217" s="1" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="J217" s="1" t="s">
-        <v>222</v>
+        <v>633</v>
       </c>
       <c r="K217" s="1" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="L217" s="1">
-        <v>9789087227524</v>
+        <v>9789087227845</v>
       </c>
       <c r="M217" s="1">
-        <v>555</v>
+        <v>1052</v>
       </c>
       <c r="N217" s="1" t="s">
-        <v>452</v>
+        <v>493</v>
       </c>
       <c r="O217" s="1" t="s">
-        <v>481</v>
+        <v>634</v>
       </c>
       <c r="P217" s="1"/>
       <c r="Q217" s="1"/>
       <c r="R217" s="1" t="s">
-        <v>645</v>
+        <v>635</v>
       </c>
     </row>
     <row r="218" spans="1:18">
       <c r="A218" s="1" t="s">
-        <v>639</v>
+        <v>628</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>640</v>
+        <v>629</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>30</v>
+        <v>75</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>641</v>
-[...4 lines deleted...]
-      <c r="F218" s="1"/>
+        <v>630</v>
+      </c>
+      <c r="E218" s="1"/>
+      <c r="F218" s="1" t="s">
+        <v>76</v>
+      </c>
       <c r="G218" s="1" t="s">
-        <v>643</v>
+        <v>631</v>
       </c>
       <c r="H218" s="1" t="s">
-        <v>648</v>
+        <v>636</v>
       </c>
       <c r="I218" s="1" t="s">
-        <v>24</v>
+        <v>55</v>
       </c>
       <c r="J218" s="1" t="s">
-        <v>213</v>
+        <v>637</v>
       </c>
       <c r="K218" s="1" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="L218" s="1">
-        <v>9789087227500</v>
+        <v>9789087227852</v>
       </c>
       <c r="M218" s="1">
-        <v>556</v>
+        <v>1084</v>
       </c>
       <c r="N218" s="1" t="s">
-        <v>452</v>
+        <v>493</v>
       </c>
       <c r="O218" s="1" t="s">
-        <v>481</v>
+        <v>634</v>
       </c>
       <c r="P218" s="1"/>
       <c r="Q218" s="1"/>
       <c r="R218" s="1" t="s">
-        <v>645</v>
+        <v>635</v>
       </c>
     </row>
     <row r="219" spans="1:18">
       <c r="A219" s="1" t="s">
-        <v>649</v>
+        <v>628</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>650</v>
-[...2 lines deleted...]
-      <c r="D219" s="1"/>
+        <v>629</v>
+      </c>
+      <c r="C219" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="D219" s="1" t="s">
+        <v>630</v>
+      </c>
       <c r="E219" s="1"/>
       <c r="F219" s="1" t="s">
-        <v>651</v>
+        <v>76</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>652</v>
+        <v>631</v>
       </c>
       <c r="H219" s="1" t="s">
-        <v>653</v>
+        <v>638</v>
       </c>
       <c r="I219" s="1" t="s">
-        <v>505</v>
+        <v>82</v>
       </c>
       <c r="J219" s="1" t="s">
-        <v>368</v>
+        <v>633</v>
       </c>
       <c r="K219" s="1" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L219" s="1"/>
       <c r="M219" s="1">
-        <v>452</v>
+        <v>1052</v>
       </c>
       <c r="N219" s="1" t="s">
-        <v>547</v>
+        <v>493</v>
       </c>
       <c r="O219" s="1" t="s">
-        <v>654</v>
+        <v>634</v>
       </c>
       <c r="P219" s="1"/>
       <c r="Q219" s="1"/>
       <c r="R219" s="1" t="s">
-        <v>655</v>
+        <v>635</v>
       </c>
     </row>
     <row r="220" spans="1:18">
       <c r="A220" s="1" t="s">
-        <v>649</v>
+        <v>628</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>650</v>
-[...2 lines deleted...]
-      <c r="D220" s="1"/>
+        <v>629</v>
+      </c>
+      <c r="C220" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="D220" s="1" t="s">
+        <v>630</v>
+      </c>
       <c r="E220" s="1"/>
       <c r="F220" s="1" t="s">
-        <v>651</v>
+        <v>76</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>652</v>
+        <v>631</v>
       </c>
       <c r="H220" s="1" t="s">
-        <v>656</v>
+        <v>639</v>
       </c>
       <c r="I220" s="1" t="s">
-        <v>499</v>
+        <v>55</v>
       </c>
       <c r="J220" s="1" t="s">
-        <v>364</v>
+        <v>637</v>
       </c>
       <c r="K220" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L220" s="1"/>
+        <v>25</v>
+      </c>
+      <c r="L220" s="1">
+        <v>9789087227869</v>
+      </c>
       <c r="M220" s="1">
-        <v>452</v>
+        <v>1084</v>
       </c>
       <c r="N220" s="1" t="s">
-        <v>547</v>
+        <v>493</v>
       </c>
       <c r="O220" s="1" t="s">
-        <v>654</v>
+        <v>634</v>
       </c>
       <c r="P220" s="1"/>
       <c r="Q220" s="1"/>
       <c r="R220" s="1" t="s">
-        <v>655</v>
+        <v>635</v>
       </c>
     </row>
     <row r="221" spans="1:18">
       <c r="A221" s="1" t="s">
-        <v>649</v>
+        <v>640</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>650</v>
-[...2 lines deleted...]
-      <c r="D221" s="1"/>
+        <v>641</v>
+      </c>
+      <c r="C221" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="D221" s="1" t="s">
+        <v>642</v>
+      </c>
       <c r="E221" s="1"/>
       <c r="F221" s="1" t="s">
-        <v>651</v>
+        <v>643</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>652</v>
+        <v>644</v>
       </c>
       <c r="H221" s="1" t="s">
-        <v>657</v>
+        <v>645</v>
       </c>
       <c r="I221" s="1" t="s">
-        <v>505</v>
+        <v>164</v>
       </c>
       <c r="J221" s="1" t="s">
-        <v>368</v>
+        <v>165</v>
       </c>
       <c r="K221" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L221" s="1">
-        <v>9789087227463</v>
+        <v>9789087227777</v>
       </c>
       <c r="M221" s="1">
-        <v>456</v>
+        <v>786</v>
       </c>
       <c r="N221" s="1" t="s">
-        <v>547</v>
+        <v>473</v>
       </c>
       <c r="O221" s="1" t="s">
-        <v>654</v>
+        <v>646</v>
       </c>
       <c r="P221" s="1"/>
       <c r="Q221" s="1"/>
       <c r="R221" s="1" t="s">
-        <v>655</v>
+        <v>647</v>
       </c>
     </row>
     <row r="222" spans="1:18">
       <c r="A222" s="1" t="s">
+        <v>648</v>
+      </c>
+      <c r="B222" s="1" t="s">
         <v>649</v>
       </c>
-      <c r="B222" s="1" t="s">
+      <c r="C222" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D222" s="1" t="s">
         <v>650</v>
       </c>
-      <c r="C222" s="1"/>
-[...2 lines deleted...]
-      <c r="F222" s="1" t="s">
+      <c r="E222" s="1" t="s">
         <v>651</v>
       </c>
+      <c r="F222" s="1"/>
       <c r="G222" s="1" t="s">
+        <v>644</v>
+      </c>
+      <c r="H222" s="1" t="s">
         <v>652</v>
       </c>
-      <c r="H222" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I222" s="1" t="s">
-        <v>499</v>
+        <v>172</v>
       </c>
       <c r="J222" s="1" t="s">
-        <v>364</v>
+        <v>534</v>
       </c>
       <c r="K222" s="1" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="L222" s="1">
-        <v>9789087227449</v>
+        <v>9789087227784</v>
       </c>
       <c r="M222" s="1">
-        <v>452</v>
+        <v>392</v>
       </c>
       <c r="N222" s="1" t="s">
-        <v>547</v>
+        <v>521</v>
       </c>
       <c r="O222" s="1" t="s">
+        <v>653</v>
+      </c>
+      <c r="P222" s="1" t="s">
         <v>654</v>
       </c>
-      <c r="P222" s="1"/>
       <c r="Q222" s="1"/>
       <c r="R222" s="1" t="s">
         <v>655</v>
       </c>
     </row>
     <row r="223" spans="1:18">
       <c r="A223" s="1" t="s">
-        <v>659</v>
+        <v>648</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>660</v>
+        <v>649</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>661</v>
+        <v>650</v>
       </c>
       <c r="E223" s="1" t="s">
-        <v>662</v>
+        <v>651</v>
       </c>
       <c r="F223" s="1"/>
       <c r="G223" s="1" t="s">
-        <v>663</v>
+        <v>644</v>
       </c>
       <c r="H223" s="1" t="s">
-        <v>664</v>
+        <v>656</v>
       </c>
       <c r="I223" s="1" t="s">
-        <v>125</v>
+        <v>145</v>
       </c>
       <c r="J223" s="1" t="s">
-        <v>518</v>
+        <v>538</v>
       </c>
       <c r="K223" s="1" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="L223" s="1">
-        <v>9789087227432</v>
+        <v>9789087227791</v>
       </c>
       <c r="M223" s="1">
-        <v>328</v>
+        <v>400</v>
       </c>
       <c r="N223" s="1" t="s">
-        <v>472</v>
+        <v>521</v>
       </c>
       <c r="O223" s="1" t="s">
-        <v>481</v>
+        <v>653</v>
       </c>
       <c r="P223" s="1" t="s">
-        <v>665</v>
+        <v>654</v>
       </c>
       <c r="Q223" s="1"/>
       <c r="R223" s="1" t="s">
-        <v>666</v>
+        <v>655</v>
       </c>
     </row>
     <row r="224" spans="1:18">
       <c r="A224" s="1" t="s">
-        <v>667</v>
+        <v>648</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>668</v>
+        <v>649</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>669</v>
+        <v>650</v>
       </c>
       <c r="E224" s="1" t="s">
-        <v>670</v>
+        <v>651</v>
       </c>
       <c r="F224" s="1"/>
       <c r="G224" s="1" t="s">
-        <v>663</v>
+        <v>644</v>
       </c>
       <c r="H224" s="1" t="s">
-        <v>671</v>
+        <v>657</v>
       </c>
       <c r="I224" s="1" t="s">
-        <v>83</v>
+        <v>172</v>
       </c>
       <c r="J224" s="1" t="s">
-        <v>222</v>
+        <v>534</v>
       </c>
       <c r="K224" s="1" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L224" s="1"/>
       <c r="M224" s="1">
-        <v>520</v>
+        <v>392</v>
       </c>
       <c r="N224" s="1" t="s">
-        <v>480</v>
+        <v>521</v>
       </c>
       <c r="O224" s="1" t="s">
-        <v>672</v>
-[...1 lines deleted...]
-      <c r="P224" s="1"/>
+        <v>653</v>
+      </c>
+      <c r="P224" s="1" t="s">
+        <v>654</v>
+      </c>
       <c r="Q224" s="1"/>
       <c r="R224" s="1" t="s">
-        <v>673</v>
+        <v>655</v>
       </c>
     </row>
     <row r="225" spans="1:18">
       <c r="A225" s="1" t="s">
-        <v>659</v>
+        <v>648</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>660</v>
+        <v>649</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>661</v>
+        <v>650</v>
       </c>
       <c r="E225" s="1" t="s">
-        <v>662</v>
+        <v>651</v>
       </c>
       <c r="F225" s="1"/>
       <c r="G225" s="1" t="s">
-        <v>663</v>
+        <v>644</v>
       </c>
       <c r="H225" s="1" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="I225" s="1" t="s">
-        <v>121</v>
+        <v>145</v>
       </c>
       <c r="J225" s="1" t="s">
-        <v>514</v>
+        <v>538</v>
       </c>
       <c r="K225" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L225" s="1"/>
+        <v>25</v>
+      </c>
+      <c r="L225" s="1">
+        <v>9789087227807</v>
+      </c>
       <c r="M225" s="1">
-        <v>328</v>
+        <v>392</v>
       </c>
       <c r="N225" s="1" t="s">
-        <v>472</v>
+        <v>521</v>
       </c>
       <c r="O225" s="1" t="s">
-        <v>481</v>
+        <v>653</v>
       </c>
       <c r="P225" s="1" t="s">
-        <v>665</v>
+        <v>654</v>
       </c>
       <c r="Q225" s="1"/>
       <c r="R225" s="1" t="s">
-        <v>666</v>
+        <v>655</v>
       </c>
     </row>
     <row r="226" spans="1:18">
       <c r="A226" s="1" t="s">
-        <v>667</v>
+        <v>659</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>668</v>
+        <v>660</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>669</v>
+        <v>661</v>
       </c>
       <c r="E226" s="1" t="s">
-        <v>670</v>
+        <v>662</v>
       </c>
       <c r="F226" s="1"/>
       <c r="G226" s="1" t="s">
         <v>663</v>
       </c>
       <c r="H226" s="1" t="s">
-        <v>675</v>
+        <v>664</v>
       </c>
       <c r="I226" s="1" t="s">
-        <v>24</v>
+        <v>102</v>
       </c>
       <c r="J226" s="1" t="s">
-        <v>213</v>
+        <v>237</v>
       </c>
       <c r="K226" s="1" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="L226" s="1">
-        <v>9789087227470</v>
+        <v>9789087227517</v>
       </c>
       <c r="M226" s="1">
-        <v>520</v>
+        <v>556</v>
       </c>
       <c r="N226" s="1" t="s">
-        <v>480</v>
+        <v>473</v>
       </c>
       <c r="O226" s="1" t="s">
-        <v>672</v>
+        <v>39</v>
       </c>
       <c r="P226" s="1"/>
       <c r="Q226" s="1"/>
       <c r="R226" s="1" t="s">
-        <v>673</v>
+        <v>665</v>
       </c>
     </row>
     <row r="227" spans="1:18">
       <c r="A227" s="1" t="s">
         <v>659</v>
       </c>
       <c r="B227" s="1" t="s">
         <v>660</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D227" s="1" t="s">
         <v>661</v>
       </c>
       <c r="E227" s="1" t="s">
         <v>662</v>
       </c>
       <c r="F227" s="1"/>
       <c r="G227" s="1" t="s">
         <v>663</v>
       </c>
       <c r="H227" s="1" t="s">
-        <v>676</v>
+        <v>666</v>
       </c>
       <c r="I227" s="1" t="s">
-        <v>125</v>
+        <v>55</v>
       </c>
       <c r="J227" s="1" t="s">
-        <v>518</v>
+        <v>24</v>
       </c>
       <c r="K227" s="1" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L227" s="1"/>
       <c r="M227" s="1">
-        <v>328</v>
+        <v>555</v>
       </c>
       <c r="N227" s="1" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="O227" s="1" t="s">
-        <v>481</v>
-[...3 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="P227" s="1"/>
       <c r="Q227" s="1"/>
       <c r="R227" s="1" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
     </row>
     <row r="228" spans="1:18">
       <c r="A228" s="1" t="s">
-        <v>667</v>
+        <v>659</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>668</v>
+        <v>660</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>669</v>
+        <v>661</v>
       </c>
       <c r="E228" s="1" t="s">
-        <v>670</v>
+        <v>662</v>
       </c>
       <c r="F228" s="1"/>
       <c r="G228" s="1" t="s">
         <v>663</v>
       </c>
       <c r="H228" s="1" t="s">
-        <v>677</v>
+        <v>667</v>
       </c>
       <c r="I228" s="1" t="s">
-        <v>83</v>
+        <v>102</v>
       </c>
       <c r="J228" s="1" t="s">
-        <v>222</v>
+        <v>237</v>
       </c>
       <c r="K228" s="1" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="L228" s="1">
-        <v>9789087227487</v>
+        <v>9789087227524</v>
       </c>
       <c r="M228" s="1">
-        <v>520</v>
+        <v>555</v>
       </c>
       <c r="N228" s="1" t="s">
-        <v>480</v>
+        <v>473</v>
       </c>
       <c r="O228" s="1" t="s">
-        <v>672</v>
+        <v>39</v>
       </c>
       <c r="P228" s="1"/>
       <c r="Q228" s="1"/>
       <c r="R228" s="1" t="s">
-        <v>673</v>
+        <v>665</v>
       </c>
     </row>
     <row r="229" spans="1:18">
       <c r="A229" s="1" t="s">
         <v>659</v>
       </c>
       <c r="B229" s="1" t="s">
         <v>660</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D229" s="1" t="s">
         <v>661</v>
       </c>
       <c r="E229" s="1" t="s">
         <v>662</v>
       </c>
       <c r="F229" s="1"/>
       <c r="G229" s="1" t="s">
         <v>663</v>
       </c>
       <c r="H229" s="1" t="s">
-        <v>678</v>
+        <v>668</v>
       </c>
       <c r="I229" s="1" t="s">
-        <v>121</v>
+        <v>55</v>
       </c>
       <c r="J229" s="1" t="s">
-        <v>514</v>
+        <v>24</v>
       </c>
       <c r="K229" s="1" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="L229" s="1">
-        <v>9789087227418</v>
+        <v>9789087227500</v>
       </c>
       <c r="M229" s="1">
-        <v>328</v>
+        <v>556</v>
       </c>
       <c r="N229" s="1" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="O229" s="1" t="s">
-        <v>481</v>
-[...3 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="P229" s="1"/>
       <c r="Q229" s="1"/>
       <c r="R229" s="1" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
     </row>
     <row r="230" spans="1:18">
       <c r="A230" s="1" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>668</v>
-[...7 lines deleted...]
-      <c r="E230" s="1" t="s">
         <v>670</v>
       </c>
-      <c r="F230" s="1"/>
+      <c r="C230" s="1"/>
+      <c r="D230" s="1"/>
+      <c r="E230" s="1"/>
+      <c r="F230" s="1" t="s">
+        <v>671</v>
+      </c>
       <c r="G230" s="1" t="s">
-        <v>663</v>
+        <v>672</v>
       </c>
       <c r="H230" s="1" t="s">
-        <v>679</v>
+        <v>673</v>
       </c>
       <c r="I230" s="1" t="s">
-        <v>24</v>
+        <v>525</v>
       </c>
       <c r="J230" s="1" t="s">
-        <v>213</v>
+        <v>385</v>
       </c>
       <c r="K230" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L230" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="L230" s="1">
+        <v>9789087227456</v>
+      </c>
       <c r="M230" s="1">
-        <v>520</v>
+        <v>452</v>
       </c>
       <c r="N230" s="1" t="s">
-        <v>480</v>
+        <v>567</v>
       </c>
       <c r="O230" s="1" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="P230" s="1"/>
       <c r="Q230" s="1"/>
       <c r="R230" s="1" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
     </row>
     <row r="231" spans="1:18">
       <c r="A231" s="1" t="s">
-        <v>680</v>
+        <v>669</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>681</v>
-[...1 lines deleted...]
-      <c r="C231" s="1" t="s">
+        <v>670</v>
+      </c>
+      <c r="C231" s="1"/>
+      <c r="D231" s="1"/>
+      <c r="E231" s="1"/>
+      <c r="F231" s="1" t="s">
+        <v>671</v>
+      </c>
+      <c r="G231" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="H231" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="I231" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="J231" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="K231" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="D231" s="1" t="s">
-[...23 lines deleted...]
-      </c>
+      <c r="L231" s="1"/>
       <c r="M231" s="1">
-        <v>1576</v>
+        <v>452</v>
       </c>
       <c r="N231" s="1" t="s">
-        <v>686</v>
+        <v>567</v>
       </c>
       <c r="O231" s="1" t="s">
-        <v>687</v>
+        <v>674</v>
       </c>
       <c r="P231" s="1"/>
       <c r="Q231" s="1"/>
       <c r="R231" s="1" t="s">
-        <v>688</v>
+        <v>675</v>
       </c>
     </row>
     <row r="232" spans="1:18">
       <c r="A232" s="1" t="s">
-        <v>680</v>
+        <v>669</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>681</v>
-[...10 lines deleted...]
-      <c r="F232" s="1"/>
+        <v>670</v>
+      </c>
+      <c r="C232" s="1"/>
+      <c r="D232" s="1"/>
+      <c r="E232" s="1"/>
+      <c r="F232" s="1" t="s">
+        <v>671</v>
+      </c>
       <c r="G232" s="1" t="s">
-        <v>684</v>
+        <v>672</v>
       </c>
       <c r="H232" s="1" t="s">
-        <v>689</v>
+        <v>677</v>
       </c>
       <c r="I232" s="1" t="s">
-        <v>690</v>
+        <v>525</v>
       </c>
       <c r="J232" s="1" t="s">
-        <v>691</v>
+        <v>385</v>
       </c>
       <c r="K232" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L232" s="1"/>
+        <v>25</v>
+      </c>
+      <c r="L232" s="1">
+        <v>9789087227463</v>
+      </c>
       <c r="M232" s="1">
-        <v>1576</v>
+        <v>456</v>
       </c>
       <c r="N232" s="1" t="s">
-        <v>686</v>
+        <v>567</v>
       </c>
       <c r="O232" s="1" t="s">
-        <v>687</v>
+        <v>674</v>
       </c>
       <c r="P232" s="1"/>
       <c r="Q232" s="1"/>
       <c r="R232" s="1" t="s">
-        <v>688</v>
+        <v>675</v>
       </c>
     </row>
     <row r="233" spans="1:18">
       <c r="A233" s="1" t="s">
-        <v>680</v>
+        <v>669</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>681</v>
-[...10 lines deleted...]
-      <c r="F233" s="1"/>
+        <v>670</v>
+      </c>
+      <c r="C233" s="1"/>
+      <c r="D233" s="1"/>
+      <c r="E233" s="1"/>
+      <c r="F233" s="1" t="s">
+        <v>671</v>
+      </c>
       <c r="G233" s="1" t="s">
-        <v>684</v>
+        <v>672</v>
       </c>
       <c r="H233" s="1" t="s">
-        <v>692</v>
+        <v>678</v>
       </c>
       <c r="I233" s="1" t="s">
-        <v>499</v>
+        <v>519</v>
       </c>
       <c r="J233" s="1" t="s">
-        <v>500</v>
+        <v>390</v>
       </c>
       <c r="K233" s="1" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="L233" s="1">
-        <v>9789087227395</v>
+        <v>9789087227449</v>
       </c>
       <c r="M233" s="1">
-        <v>1576</v>
+        <v>452</v>
       </c>
       <c r="N233" s="1" t="s">
-        <v>686</v>
+        <v>567</v>
       </c>
       <c r="O233" s="1" t="s">
-        <v>687</v>
+        <v>674</v>
       </c>
       <c r="P233" s="1"/>
       <c r="Q233" s="1"/>
       <c r="R233" s="1" t="s">
-        <v>688</v>
+        <v>675</v>
       </c>
     </row>
     <row r="234" spans="1:18">
       <c r="A234" s="1" t="s">
-        <v>693</v>
+        <v>679</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>694</v>
-[...3 lines deleted...]
-      <c r="E234" s="1"/>
+        <v>680</v>
+      </c>
+      <c r="C234" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D234" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="E234" s="1" t="s">
+        <v>682</v>
+      </c>
       <c r="F234" s="1"/>
       <c r="G234" s="1" t="s">
+        <v>683</v>
+      </c>
+      <c r="H234" s="1" t="s">
         <v>684</v>
       </c>
-      <c r="H234" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I234" s="1" t="s">
-        <v>440</v>
+        <v>145</v>
       </c>
       <c r="J234" s="1" t="s">
-        <v>113</v>
+        <v>538</v>
       </c>
       <c r="K234" s="1" t="s">
-        <v>26</v>
-[...5 lines deleted...]
-      <c r="P234" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="L234" s="1">
+        <v>9789087227432</v>
+      </c>
+      <c r="M234" s="1">
+        <v>328</v>
+      </c>
+      <c r="N234" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="O234" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="P234" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="Q234" s="1"/>
       <c r="R234" s="1" t="s">
-        <v>696</v>
+        <v>686</v>
       </c>
     </row>
     <row r="235" spans="1:18">
       <c r="A235" s="1" t="s">
-        <v>680</v>
+        <v>687</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>681</v>
+        <v>688</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>682</v>
+        <v>689</v>
       </c>
       <c r="E235" s="1" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="F235" s="1"/>
       <c r="G235" s="1" t="s">
-        <v>684</v>
+        <v>683</v>
       </c>
       <c r="H235" s="1" t="s">
-        <v>697</v>
+        <v>691</v>
       </c>
       <c r="I235" s="1" t="s">
-        <v>690</v>
+        <v>102</v>
       </c>
       <c r="J235" s="1" t="s">
-        <v>691</v>
+        <v>237</v>
       </c>
       <c r="K235" s="1" t="s">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="L235" s="1">
-        <v>9789087227388</v>
-[...1 lines deleted...]
-      <c r="M235" s="1"/>
+        <v>9789087227494</v>
+      </c>
+      <c r="M235" s="1">
+        <v>520</v>
+      </c>
       <c r="N235" s="1" t="s">
-        <v>686</v>
+        <v>501</v>
       </c>
       <c r="O235" s="1" t="s">
-        <v>687</v>
+        <v>692</v>
       </c>
       <c r="P235" s="1"/>
       <c r="Q235" s="1"/>
       <c r="R235" s="1" t="s">
-        <v>688</v>
+        <v>693</v>
       </c>
     </row>
     <row r="236" spans="1:18">
       <c r="A236" s="1" t="s">
-        <v>698</v>
+        <v>679</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>699</v>
-[...2 lines deleted...]
-      <c r="D236" s="1"/>
+        <v>680</v>
+      </c>
+      <c r="C236" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D236" s="1" t="s">
+        <v>681</v>
+      </c>
       <c r="E236" s="1" t="s">
-        <v>700</v>
+        <v>682</v>
       </c>
       <c r="F236" s="1"/>
       <c r="G236" s="1" t="s">
-        <v>701</v>
+        <v>683</v>
       </c>
       <c r="H236" s="1" t="s">
-        <v>702</v>
+        <v>694</v>
       </c>
       <c r="I236" s="1" t="s">
-        <v>309</v>
+        <v>172</v>
       </c>
       <c r="J236" s="1" t="s">
-        <v>599</v>
+        <v>534</v>
       </c>
       <c r="K236" s="1" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L236" s="1"/>
       <c r="M236" s="1">
-        <v>460</v>
+        <v>328</v>
       </c>
       <c r="N236" s="1" t="s">
-        <v>703</v>
+        <v>493</v>
       </c>
       <c r="O236" s="1" t="s">
-        <v>704</v>
-[...1 lines deleted...]
-      <c r="P236" s="1"/>
+        <v>39</v>
+      </c>
+      <c r="P236" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="Q236" s="1"/>
       <c r="R236" s="1" t="s">
-        <v>705</v>
+        <v>686</v>
       </c>
     </row>
     <row r="237" spans="1:18">
       <c r="A237" s="1" t="s">
-        <v>698</v>
+        <v>687</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>699</v>
-[...2 lines deleted...]
-      <c r="D237" s="1"/>
+        <v>688</v>
+      </c>
+      <c r="C237" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D237" s="1" t="s">
+        <v>689</v>
+      </c>
       <c r="E237" s="1" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="F237" s="1"/>
       <c r="G237" s="1" t="s">
-        <v>701</v>
+        <v>683</v>
       </c>
       <c r="H237" s="1" t="s">
-        <v>706</v>
+        <v>695</v>
       </c>
       <c r="I237" s="1" t="s">
-        <v>594</v>
+        <v>55</v>
       </c>
       <c r="J237" s="1" t="s">
-        <v>595</v>
+        <v>24</v>
       </c>
       <c r="K237" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L237" s="1">
-        <v>9789087227364</v>
+        <v>9789087227470</v>
       </c>
       <c r="M237" s="1">
-        <v>460</v>
+        <v>520</v>
       </c>
       <c r="N237" s="1" t="s">
-        <v>703</v>
+        <v>501</v>
       </c>
       <c r="O237" s="1" t="s">
-        <v>704</v>
+        <v>692</v>
       </c>
       <c r="P237" s="1"/>
       <c r="Q237" s="1"/>
       <c r="R237" s="1" t="s">
-        <v>705</v>
+        <v>693</v>
       </c>
     </row>
     <row r="238" spans="1:18">
       <c r="A238" s="1" t="s">
-        <v>698</v>
+        <v>679</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>699</v>
-[...2 lines deleted...]
-      <c r="D238" s="1"/>
+        <v>680</v>
+      </c>
+      <c r="C238" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D238" s="1" t="s">
+        <v>681</v>
+      </c>
       <c r="E238" s="1" t="s">
-        <v>700</v>
+        <v>682</v>
       </c>
       <c r="F238" s="1"/>
       <c r="G238" s="1" t="s">
-        <v>701</v>
+        <v>683</v>
       </c>
       <c r="H238" s="1" t="s">
-        <v>707</v>
+        <v>696</v>
       </c>
       <c r="I238" s="1" t="s">
-        <v>594</v>
+        <v>145</v>
       </c>
       <c r="J238" s="1" t="s">
-        <v>595</v>
+        <v>538</v>
       </c>
       <c r="K238" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L238" s="1">
-        <v>9789087227371</v>
+        <v>9789087227425</v>
       </c>
       <c r="M238" s="1">
-        <v>460</v>
+        <v>328</v>
       </c>
       <c r="N238" s="1" t="s">
-        <v>703</v>
+        <v>493</v>
       </c>
       <c r="O238" s="1" t="s">
-        <v>704</v>
-[...1 lines deleted...]
-      <c r="P238" s="1"/>
+        <v>39</v>
+      </c>
+      <c r="P238" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="Q238" s="1"/>
       <c r="R238" s="1" t="s">
-        <v>705</v>
+        <v>686</v>
       </c>
     </row>
     <row r="239" spans="1:18">
       <c r="A239" s="1" t="s">
-        <v>708</v>
+        <v>687</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>709</v>
-[...6 lines deleted...]
-      </c>
+        <v>688</v>
+      </c>
+      <c r="C239" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D239" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="E239" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="F239" s="1"/>
       <c r="G239" s="1" t="s">
-        <v>711</v>
+        <v>683</v>
       </c>
       <c r="H239" s="1" t="s">
-        <v>712</v>
+        <v>697</v>
       </c>
       <c r="I239" s="1" t="s">
-        <v>499</v>
+        <v>102</v>
       </c>
       <c r="J239" s="1" t="s">
-        <v>364</v>
+        <v>237</v>
       </c>
       <c r="K239" s="1" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="L239" s="1">
-        <v>9789087227296</v>
+        <v>9789087227487</v>
       </c>
       <c r="M239" s="1">
-        <v>932</v>
+        <v>520</v>
       </c>
       <c r="N239" s="1" t="s">
-        <v>452</v>
+        <v>501</v>
       </c>
       <c r="O239" s="1" t="s">
-        <v>713</v>
-[...3 lines deleted...]
-      </c>
+        <v>692</v>
+      </c>
+      <c r="P239" s="1"/>
       <c r="Q239" s="1"/>
       <c r="R239" s="1" t="s">
-        <v>715</v>
+        <v>693</v>
       </c>
     </row>
     <row r="240" spans="1:18">
       <c r="A240" s="1" t="s">
-        <v>716</v>
+        <v>679</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>717</v>
+        <v>680</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>718</v>
+        <v>681</v>
       </c>
       <c r="E240" s="1" t="s">
-        <v>719</v>
+        <v>682</v>
       </c>
       <c r="F240" s="1"/>
       <c r="G240" s="1" t="s">
-        <v>711</v>
+        <v>683</v>
       </c>
       <c r="H240" s="1" t="s">
-        <v>720</v>
+        <v>698</v>
       </c>
       <c r="I240" s="1" t="s">
-        <v>378</v>
+        <v>172</v>
       </c>
       <c r="J240" s="1" t="s">
-        <v>573</v>
+        <v>534</v>
       </c>
       <c r="K240" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L240" s="1">
-        <v>9789087227333</v>
+        <v>9789087227418</v>
       </c>
       <c r="M240" s="1">
-        <v>292</v>
-[...3 lines deleted...]
-      <c r="P240" s="1"/>
+        <v>328</v>
+      </c>
+      <c r="N240" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="O240" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="P240" s="1" t="s">
+        <v>685</v>
+      </c>
       <c r="Q240" s="1"/>
       <c r="R240" s="1" t="s">
-        <v>721</v>
+        <v>686</v>
       </c>
     </row>
     <row r="241" spans="1:18">
       <c r="A241" s="1" t="s">
-        <v>722</v>
+        <v>687</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>723</v>
+        <v>688</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>20</v>
+        <v>51</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>724</v>
-[...4 lines deleted...]
-      </c>
+        <v>689</v>
+      </c>
+      <c r="E241" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="F241" s="1"/>
       <c r="G241" s="1" t="s">
-        <v>711</v>
+        <v>683</v>
       </c>
       <c r="H241" s="1" t="s">
-        <v>726</v>
+        <v>699</v>
       </c>
       <c r="I241" s="1" t="s">
-        <v>531</v>
+        <v>55</v>
       </c>
       <c r="J241" s="1" t="s">
-        <v>96</v>
+        <v>24</v>
       </c>
       <c r="K241" s="1" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L241" s="1"/>
       <c r="M241" s="1">
-        <v>1014</v>
+        <v>520</v>
       </c>
       <c r="N241" s="1" t="s">
-        <v>727</v>
-[...1 lines deleted...]
-      <c r="O241" s="1"/>
+        <v>501</v>
+      </c>
+      <c r="O241" s="1" t="s">
+        <v>692</v>
+      </c>
       <c r="P241" s="1"/>
       <c r="Q241" s="1"/>
       <c r="R241" s="1" t="s">
-        <v>728</v>
+        <v>693</v>
       </c>
     </row>
     <row r="242" spans="1:18">
       <c r="A242" s="1" t="s">
-        <v>716</v>
+        <v>700</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>717</v>
+        <v>701</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>718</v>
+        <v>702</v>
       </c>
       <c r="E242" s="1" t="s">
-        <v>719</v>
+        <v>703</v>
       </c>
       <c r="F242" s="1"/>
       <c r="G242" s="1" t="s">
-        <v>711</v>
+        <v>704</v>
       </c>
       <c r="H242" s="1" t="s">
-        <v>729</v>
+        <v>705</v>
       </c>
       <c r="I242" s="1" t="s">
-        <v>375</v>
+        <v>519</v>
       </c>
       <c r="J242" s="1" t="s">
-        <v>315</v>
+        <v>520</v>
       </c>
       <c r="K242" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L242" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="L242" s="1">
+        <v>9789087227401</v>
+      </c>
       <c r="M242" s="1">
-        <v>292</v>
-[...2 lines deleted...]
-      <c r="O242" s="1"/>
+        <v>1576</v>
+      </c>
+      <c r="N242" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="O242" s="1" t="s">
+        <v>707</v>
+      </c>
       <c r="P242" s="1"/>
       <c r="Q242" s="1"/>
       <c r="R242" s="1" t="s">
-        <v>721</v>
+        <v>708</v>
       </c>
     </row>
     <row r="243" spans="1:18">
       <c r="A243" s="1" t="s">
-        <v>708</v>
+        <v>700</v>
       </c>
       <c r="B243" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="C243" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D243" s="1" t="s">
+        <v>702</v>
+      </c>
+      <c r="E243" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="F243" s="1"/>
+      <c r="G243" s="1" t="s">
+        <v>704</v>
+      </c>
+      <c r="H243" s="1" t="s">
         <v>709</v>
       </c>
-      <c r="C243" s="1"/>
-[...2 lines deleted...]
-      <c r="F243" s="1" t="s">
+      <c r="I243" s="1" t="s">
         <v>710</v>
       </c>
-      <c r="G243" s="1" t="s">
+      <c r="J243" s="1" t="s">
         <v>711</v>
       </c>
-      <c r="H243" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K243" s="1" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L243" s="1"/>
       <c r="M243" s="1">
-        <v>932</v>
+        <v>1576</v>
       </c>
       <c r="N243" s="1" t="s">
-        <v>452</v>
+        <v>706</v>
       </c>
       <c r="O243" s="1" t="s">
-        <v>713</v>
-[...3 lines deleted...]
-      </c>
+        <v>707</v>
+      </c>
+      <c r="P243" s="1"/>
       <c r="Q243" s="1"/>
       <c r="R243" s="1" t="s">
-        <v>715</v>
+        <v>708</v>
       </c>
     </row>
     <row r="244" spans="1:18">
       <c r="A244" s="1" t="s">
-        <v>716</v>
+        <v>700</v>
       </c>
       <c r="B244" s="1" t="s">
-        <v>717</v>
+        <v>701</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>718</v>
+        <v>702</v>
       </c>
       <c r="E244" s="1" t="s">
-        <v>719</v>
+        <v>703</v>
       </c>
       <c r="F244" s="1"/>
       <c r="G244" s="1" t="s">
-        <v>711</v>
+        <v>704</v>
       </c>
       <c r="H244" s="1" t="s">
-        <v>731</v>
+        <v>712</v>
       </c>
       <c r="I244" s="1" t="s">
-        <v>378</v>
+        <v>519</v>
       </c>
       <c r="J244" s="1" t="s">
-        <v>573</v>
+        <v>520</v>
       </c>
       <c r="K244" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L244" s="1">
-        <v>9789087227340</v>
+        <v>9789087227395</v>
       </c>
       <c r="M244" s="1">
-        <v>292</v>
-[...2 lines deleted...]
-      <c r="O244" s="1"/>
+        <v>1576</v>
+      </c>
+      <c r="N244" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="O244" s="1" t="s">
+        <v>707</v>
+      </c>
       <c r="P244" s="1"/>
       <c r="Q244" s="1"/>
       <c r="R244" s="1" t="s">
-        <v>721</v>
+        <v>708</v>
       </c>
     </row>
     <row r="245" spans="1:18">
       <c r="A245" s="1" t="s">
-        <v>708</v>
+        <v>713</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>709</v>
+        <v>714</v>
       </c>
       <c r="C245" s="1"/>
       <c r="D245" s="1"/>
       <c r="E245" s="1"/>
-      <c r="F245" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F245" s="1"/>
       <c r="G245" s="1" t="s">
-        <v>711</v>
+        <v>704</v>
       </c>
       <c r="H245" s="1" t="s">
-        <v>732</v>
+        <v>715</v>
       </c>
       <c r="I245" s="1" t="s">
-        <v>499</v>
+        <v>461</v>
       </c>
       <c r="J245" s="1" t="s">
-        <v>364</v>
+        <v>43</v>
       </c>
       <c r="K245" s="1" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="L245" s="1"/>
-      <c r="M245" s="1">
-[...10 lines deleted...]
-      </c>
+      <c r="M245" s="1"/>
+      <c r="N245" s="1"/>
+      <c r="O245" s="1"/>
+      <c r="P245" s="1"/>
       <c r="Q245" s="1"/>
       <c r="R245" s="1" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
     </row>
     <row r="246" spans="1:18">
       <c r="A246" s="1" t="s">
-        <v>722</v>
+        <v>700</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>723</v>
+        <v>701</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>724</v>
-[...4 lines deleted...]
-      </c>
+        <v>702</v>
+      </c>
+      <c r="E246" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="F246" s="1"/>
       <c r="G246" s="1" t="s">
+        <v>704</v>
+      </c>
+      <c r="H246" s="1" t="s">
+        <v>717</v>
+      </c>
+      <c r="I246" s="1" t="s">
+        <v>710</v>
+      </c>
+      <c r="J246" s="1" t="s">
         <v>711</v>
       </c>
-      <c r="H246" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K246" s="1" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="L246" s="1">
-        <v>9789087227289</v>
-[...3 lines deleted...]
-      </c>
+        <v>9789087227388</v>
+      </c>
+      <c r="M246" s="1"/>
       <c r="N246" s="1" t="s">
-        <v>727</v>
-[...1 lines deleted...]
-      <c r="O246" s="1"/>
+        <v>706</v>
+      </c>
+      <c r="O246" s="1" t="s">
+        <v>707</v>
+      </c>
       <c r="P246" s="1"/>
       <c r="Q246" s="1"/>
       <c r="R246" s="1" t="s">
-        <v>728</v>
+        <v>708</v>
       </c>
     </row>
     <row r="247" spans="1:18">
       <c r="A247" s="1" t="s">
-        <v>708</v>
+        <v>718</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>709</v>
+        <v>719</v>
       </c>
       <c r="C247" s="1"/>
       <c r="D247" s="1"/>
-      <c r="E247" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="E247" s="1" t="s">
+        <v>720</v>
+      </c>
+      <c r="F247" s="1"/>
       <c r="G247" s="1" t="s">
-        <v>711</v>
+        <v>721</v>
       </c>
       <c r="H247" s="1" t="s">
-        <v>734</v>
+        <v>722</v>
       </c>
       <c r="I247" s="1" t="s">
-        <v>505</v>
+        <v>325</v>
       </c>
       <c r="J247" s="1" t="s">
-        <v>368</v>
+        <v>619</v>
       </c>
       <c r="K247" s="1" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="L247" s="1">
-        <v>9789087227319</v>
+        <v>9789087227357</v>
       </c>
       <c r="M247" s="1">
-        <v>932</v>
+        <v>460</v>
       </c>
       <c r="N247" s="1" t="s">
-        <v>452</v>
+        <v>723</v>
       </c>
       <c r="O247" s="1" t="s">
-        <v>713</v>
-[...3 lines deleted...]
-      </c>
+        <v>724</v>
+      </c>
+      <c r="P247" s="1"/>
       <c r="Q247" s="1"/>
       <c r="R247" s="1" t="s">
-        <v>715</v>
+        <v>725</v>
       </c>
     </row>
     <row r="248" spans="1:18">
       <c r="A248" s="1" t="s">
-        <v>722</v>
+        <v>718</v>
       </c>
       <c r="B248" s="1" t="s">
+        <v>719</v>
+      </c>
+      <c r="C248" s="1"/>
+      <c r="D248" s="1"/>
+      <c r="E248" s="1" t="s">
+        <v>720</v>
+      </c>
+      <c r="F248" s="1"/>
+      <c r="G248" s="1" t="s">
+        <v>721</v>
+      </c>
+      <c r="H248" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="I248" s="1" t="s">
+        <v>614</v>
+      </c>
+      <c r="J248" s="1" t="s">
+        <v>615</v>
+      </c>
+      <c r="K248" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="L248" s="1">
+        <v>9789087227364</v>
+      </c>
+      <c r="M248" s="1">
+        <v>460</v>
+      </c>
+      <c r="N248" s="1" t="s">
         <v>723</v>
       </c>
-      <c r="C248" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D248" s="1" t="s">
+      <c r="O248" s="1" t="s">
         <v>724</v>
       </c>
-      <c r="E248" s="1"/>
-[...27 lines deleted...]
-      <c r="O248" s="1"/>
       <c r="P248" s="1"/>
       <c r="Q248" s="1"/>
       <c r="R248" s="1" t="s">
-        <v>728</v>
+        <v>725</v>
       </c>
     </row>
     <row r="249" spans="1:18">
       <c r="A249" s="1" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="B249" s="1" t="s">
-        <v>717</v>
-[...6 lines deleted...]
-      </c>
+        <v>719</v>
+      </c>
+      <c r="C249" s="1"/>
+      <c r="D249" s="1"/>
       <c r="E249" s="1" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="F249" s="1"/>
       <c r="G249" s="1" t="s">
-        <v>711</v>
+        <v>721</v>
       </c>
       <c r="H249" s="1" t="s">
-        <v>736</v>
+        <v>727</v>
       </c>
       <c r="I249" s="1" t="s">
-        <v>375</v>
+        <v>614</v>
       </c>
       <c r="J249" s="1" t="s">
-        <v>315</v>
+        <v>615</v>
       </c>
       <c r="K249" s="1" t="s">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="L249" s="1">
-        <v>9789087227326</v>
+        <v>9789087227371</v>
       </c>
       <c r="M249" s="1">
-        <v>292</v>
-[...2 lines deleted...]
-      <c r="O249" s="1"/>
+        <v>460</v>
+      </c>
+      <c r="N249" s="1" t="s">
+        <v>723</v>
+      </c>
+      <c r="O249" s="1" t="s">
+        <v>724</v>
+      </c>
       <c r="P249" s="1"/>
       <c r="Q249" s="1"/>
       <c r="R249" s="1" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
     </row>
     <row r="250" spans="1:18">
       <c r="A250" s="1" t="s">
-        <v>737</v>
+        <v>728</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>738</v>
+        <v>729</v>
       </c>
       <c r="C250" s="1"/>
       <c r="D250" s="1"/>
       <c r="E250" s="1"/>
       <c r="F250" s="1" t="s">
-        <v>739</v>
+        <v>730</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>740</v>
+        <v>731</v>
       </c>
       <c r="H250" s="1" t="s">
-        <v>741</v>
+        <v>732</v>
       </c>
       <c r="I250" s="1" t="s">
-        <v>112</v>
+        <v>519</v>
       </c>
       <c r="J250" s="1" t="s">
-        <v>742</v>
+        <v>390</v>
       </c>
       <c r="K250" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L250" s="1"/>
+        <v>38</v>
+      </c>
+      <c r="L250" s="1">
+        <v>9789087227296</v>
+      </c>
       <c r="M250" s="1">
-        <v>716</v>
+        <v>932</v>
       </c>
       <c r="N250" s="1" t="s">
-        <v>452</v>
+        <v>473</v>
       </c>
       <c r="O250" s="1" t="s">
-        <v>146</v>
+        <v>733</v>
       </c>
       <c r="P250" s="1" t="s">
-        <v>743</v>
+        <v>734</v>
       </c>
       <c r="Q250" s="1"/>
       <c r="R250" s="1" t="s">
-        <v>744</v>
+        <v>735</v>
       </c>
     </row>
     <row r="251" spans="1:18">
       <c r="A251" s="1" t="s">
+        <v>736</v>
+      </c>
+      <c r="B251" s="1" t="s">
         <v>737</v>
       </c>
-      <c r="B251" s="1" t="s">
+      <c r="C251" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D251" s="1" t="s">
         <v>738</v>
       </c>
-      <c r="C251" s="1"/>
-[...2 lines deleted...]
-      <c r="F251" s="1" t="s">
+      <c r="E251" s="1" t="s">
         <v>739</v>
       </c>
+      <c r="F251" s="1"/>
       <c r="G251" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="H251" s="1" t="s">
         <v>740</v>
       </c>
-      <c r="H251" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I251" s="1" t="s">
-        <v>107</v>
+        <v>399</v>
       </c>
       <c r="J251" s="1" t="s">
-        <v>746</v>
+        <v>593</v>
       </c>
       <c r="K251" s="1" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="L251" s="1">
-        <v>9789087227173</v>
+        <v>9789087227333</v>
       </c>
       <c r="M251" s="1">
-        <v>716</v>
-[...9 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="N251" s="1"/>
+      <c r="O251" s="1"/>
+      <c r="P251" s="1"/>
       <c r="Q251" s="1"/>
       <c r="R251" s="1" t="s">
-        <v>744</v>
+        <v>741</v>
       </c>
     </row>
     <row r="252" spans="1:18">
       <c r="A252" s="1" t="s">
-        <v>737</v>
+        <v>742</v>
       </c>
       <c r="B252" s="1" t="s">
-        <v>738</v>
-[...2 lines deleted...]
-      <c r="D252" s="1"/>
+        <v>743</v>
+      </c>
+      <c r="C252" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D252" s="1" t="s">
+        <v>744</v>
+      </c>
       <c r="E252" s="1"/>
       <c r="F252" s="1" t="s">
-        <v>739</v>
+        <v>745</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>740</v>
+        <v>731</v>
       </c>
       <c r="H252" s="1" t="s">
+        <v>746</v>
+      </c>
+      <c r="I252" s="1" t="s">
+        <v>551</v>
+      </c>
+      <c r="J252" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="K252" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="L252" s="1">
+        <v>9789087227272</v>
+      </c>
+      <c r="M252" s="1">
+        <v>1014</v>
+      </c>
+      <c r="N252" s="1" t="s">
         <v>747</v>
       </c>
-      <c r="I252" s="1" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="O252" s="1"/>
+      <c r="P252" s="1"/>
       <c r="Q252" s="1"/>
       <c r="R252" s="1" t="s">
-        <v>744</v>
+        <v>748</v>
       </c>
     </row>
     <row r="253" spans="1:18">
       <c r="A253" s="1" t="s">
+        <v>736</v>
+      </c>
+      <c r="B253" s="1" t="s">
         <v>737</v>
       </c>
-      <c r="B253" s="1" t="s">
+      <c r="C253" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D253" s="1" t="s">
         <v>738</v>
       </c>
-      <c r="C253" s="1"/>
-[...2 lines deleted...]
-      <c r="F253" s="1" t="s">
+      <c r="E253" s="1" t="s">
         <v>739</v>
       </c>
+      <c r="F253" s="1"/>
       <c r="G253" s="1" t="s">
-        <v>740</v>
+        <v>731</v>
       </c>
       <c r="H253" s="1" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="I253" s="1" t="s">
-        <v>107</v>
+        <v>396</v>
       </c>
       <c r="J253" s="1" t="s">
-        <v>746</v>
+        <v>331</v>
       </c>
       <c r="K253" s="1" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L253" s="1"/>
       <c r="M253" s="1">
-        <v>716</v>
-[...9 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="N253" s="1"/>
+      <c r="O253" s="1"/>
+      <c r="P253" s="1"/>
       <c r="Q253" s="1"/>
       <c r="R253" s="1" t="s">
-        <v>744</v>
+        <v>741</v>
       </c>
     </row>
     <row r="254" spans="1:18">
       <c r="A254" s="1" t="s">
-        <v>749</v>
+        <v>728</v>
       </c>
       <c r="B254" s="1" t="s">
+        <v>729</v>
+      </c>
+      <c r="C254" s="1"/>
+      <c r="D254" s="1"/>
+      <c r="E254" s="1"/>
+      <c r="F254" s="1" t="s">
+        <v>730</v>
+      </c>
+      <c r="G254" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="H254" s="1" t="s">
         <v>750</v>
       </c>
-      <c r="C254" s="1" t="s">
-[...12 lines deleted...]
-      </c>
       <c r="I254" s="1" t="s">
-        <v>375</v>
+        <v>525</v>
       </c>
       <c r="J254" s="1" t="s">
-        <v>315</v>
+        <v>385</v>
       </c>
       <c r="K254" s="1" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="L254" s="1">
-        <v>9789087227210</v>
+        <v>9789087227302</v>
       </c>
       <c r="M254" s="1">
-        <v>356</v>
+        <v>932</v>
       </c>
       <c r="N254" s="1" t="s">
-        <v>452</v>
+        <v>473</v>
       </c>
       <c r="O254" s="1" t="s">
-        <v>582</v>
+        <v>733</v>
       </c>
       <c r="P254" s="1" t="s">
-        <v>754</v>
+        <v>734</v>
       </c>
       <c r="Q254" s="1"/>
       <c r="R254" s="1" t="s">
-        <v>755</v>
+        <v>735</v>
       </c>
     </row>
     <row r="255" spans="1:18">
       <c r="A255" s="1" t="s">
-        <v>749</v>
+        <v>736</v>
       </c>
       <c r="B255" s="1" t="s">
-        <v>750</v>
+        <v>737</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="D255" s="1"/>
+        <v>51</v>
+      </c>
+      <c r="D255" s="1" t="s">
+        <v>738</v>
+      </c>
       <c r="E255" s="1" t="s">
-        <v>751</v>
+        <v>739</v>
       </c>
       <c r="F255" s="1"/>
       <c r="G255" s="1" t="s">
-        <v>752</v>
+        <v>731</v>
       </c>
       <c r="H255" s="1" t="s">
-        <v>756</v>
+        <v>751</v>
       </c>
       <c r="I255" s="1" t="s">
-        <v>378</v>
+        <v>399</v>
       </c>
       <c r="J255" s="1" t="s">
-        <v>573</v>
+        <v>593</v>
       </c>
       <c r="K255" s="1" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="L255" s="1">
-        <v>9789087227234</v>
+        <v>9789087227340</v>
       </c>
       <c r="M255" s="1">
-        <v>356</v>
-[...9 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="N255" s="1"/>
+      <c r="O255" s="1"/>
+      <c r="P255" s="1"/>
       <c r="Q255" s="1"/>
       <c r="R255" s="1" t="s">
-        <v>755</v>
+        <v>741</v>
       </c>
     </row>
     <row r="256" spans="1:18">
       <c r="A256" s="1" t="s">
-        <v>749</v>
+        <v>728</v>
       </c>
       <c r="B256" s="1" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="C256" s="1" t="s">
+        <v>729</v>
+      </c>
+      <c r="C256" s="1"/>
+      <c r="D256" s="1"/>
+      <c r="E256" s="1"/>
+      <c r="F256" s="1" t="s">
+        <v>730</v>
+      </c>
+      <c r="G256" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="H256" s="1" t="s">
+        <v>752</v>
+      </c>
+      <c r="I256" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="J256" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="K256" s="1" t="s">
         <v>30</v>
-      </c>
-[...18 lines deleted...]
-        <v>55</v>
       </c>
       <c r="L256" s="1"/>
       <c r="M256" s="1">
-        <v>356</v>
+        <v>932</v>
       </c>
       <c r="N256" s="1" t="s">
-        <v>452</v>
+        <v>473</v>
       </c>
       <c r="O256" s="1" t="s">
-        <v>582</v>
+        <v>733</v>
       </c>
       <c r="P256" s="1" t="s">
-        <v>754</v>
+        <v>734</v>
       </c>
       <c r="Q256" s="1"/>
       <c r="R256" s="1" t="s">
-        <v>755</v>
+        <v>735</v>
       </c>
     </row>
     <row r="257" spans="1:18">
       <c r="A257" s="1" t="s">
-        <v>749</v>
+        <v>742</v>
       </c>
       <c r="B257" s="1" t="s">
-        <v>750</v>
+        <v>743</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>30</v>
-[...5 lines deleted...]
-      <c r="F257" s="1"/>
+        <v>51</v>
+      </c>
+      <c r="D257" s="1" t="s">
+        <v>744</v>
+      </c>
+      <c r="E257" s="1"/>
+      <c r="F257" s="1" t="s">
+        <v>745</v>
+      </c>
       <c r="G257" s="1" t="s">
-        <v>752</v>
+        <v>731</v>
       </c>
       <c r="H257" s="1" t="s">
-        <v>758</v>
+        <v>753</v>
       </c>
       <c r="I257" s="1" t="s">
-        <v>378</v>
+        <v>551</v>
       </c>
       <c r="J257" s="1" t="s">
-        <v>573</v>
+        <v>121</v>
       </c>
       <c r="K257" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L257" s="1">
-        <v>9789087227227</v>
+        <v>9789087227289</v>
       </c>
       <c r="M257" s="1">
-        <v>356</v>
+        <v>1014</v>
       </c>
       <c r="N257" s="1" t="s">
-        <v>452</v>
-[...6 lines deleted...]
-      </c>
+        <v>747</v>
+      </c>
+      <c r="O257" s="1"/>
+      <c r="P257" s="1"/>
       <c r="Q257" s="1"/>
       <c r="R257" s="1" t="s">
-        <v>755</v>
+        <v>748</v>
       </c>
     </row>
     <row r="258" spans="1:18">
       <c r="A258" s="1" t="s">
-        <v>759</v>
+        <v>728</v>
       </c>
       <c r="B258" s="1" t="s">
-        <v>760</v>
-[...3 lines deleted...]
-      </c>
+        <v>729</v>
+      </c>
+      <c r="C258" s="1"/>
       <c r="D258" s="1"/>
       <c r="E258" s="1"/>
       <c r="F258" s="1" t="s">
-        <v>761</v>
+        <v>730</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>762</v>
+        <v>731</v>
       </c>
       <c r="H258" s="1" t="s">
-        <v>763</v>
+        <v>754</v>
       </c>
       <c r="I258" s="1" t="s">
-        <v>580</v>
+        <v>525</v>
       </c>
       <c r="J258" s="1" t="s">
-        <v>764</v>
+        <v>385</v>
       </c>
       <c r="K258" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L258" s="1">
-        <v>9789087227135</v>
+        <v>9789087227319</v>
       </c>
       <c r="M258" s="1">
-        <v>402</v>
-[...1 lines deleted...]
-      <c r="N258" s="1"/>
+        <v>932</v>
+      </c>
+      <c r="N258" s="1" t="s">
+        <v>473</v>
+      </c>
       <c r="O258" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="P258" s="1"/>
+        <v>733</v>
+      </c>
+      <c r="P258" s="1" t="s">
+        <v>734</v>
+      </c>
       <c r="Q258" s="1"/>
       <c r="R258" s="1" t="s">
-        <v>765</v>
+        <v>735</v>
       </c>
     </row>
     <row r="259" spans="1:18">
       <c r="A259" s="1" t="s">
-        <v>766</v>
+        <v>742</v>
       </c>
       <c r="B259" s="1" t="s">
-        <v>767</v>
-[...5 lines deleted...]
-      </c>
+        <v>743</v>
+      </c>
+      <c r="C259" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D259" s="1" t="s">
+        <v>744</v>
+      </c>
+      <c r="E259" s="1"/>
       <c r="F259" s="1" t="s">
-        <v>769</v>
+        <v>745</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>762</v>
+        <v>731</v>
       </c>
       <c r="H259" s="1" t="s">
-        <v>770</v>
+        <v>755</v>
       </c>
       <c r="I259" s="1" t="s">
-        <v>112</v>
+        <v>546</v>
       </c>
       <c r="J259" s="1" t="s">
-        <v>742</v>
+        <v>29</v>
       </c>
       <c r="K259" s="1" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="L259" s="1">
-        <v>9789087227142</v>
+        <v>9789087227203</v>
       </c>
       <c r="M259" s="1">
-        <v>752</v>
+        <v>1014</v>
       </c>
       <c r="N259" s="1" t="s">
-        <v>145</v>
-[...3 lines deleted...]
-      </c>
+        <v>747</v>
+      </c>
+      <c r="O259" s="1"/>
       <c r="P259" s="1"/>
       <c r="Q259" s="1"/>
       <c r="R259" s="1" t="s">
-        <v>771</v>
+        <v>748</v>
       </c>
     </row>
     <row r="260" spans="1:18">
       <c r="A260" s="1" t="s">
-        <v>766</v>
+        <v>736</v>
       </c>
       <c r="B260" s="1" t="s">
-        <v>767</v>
-[...2 lines deleted...]
-      <c r="D260" s="1"/>
+        <v>737</v>
+      </c>
+      <c r="C260" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D260" s="1" t="s">
+        <v>738</v>
+      </c>
       <c r="E260" s="1" t="s">
-        <v>768</v>
-[...3 lines deleted...]
-      </c>
+        <v>739</v>
+      </c>
+      <c r="F260" s="1"/>
       <c r="G260" s="1" t="s">
-        <v>762</v>
+        <v>731</v>
       </c>
       <c r="H260" s="1" t="s">
-        <v>772</v>
+        <v>756</v>
       </c>
       <c r="I260" s="1" t="s">
-        <v>107</v>
+        <v>396</v>
       </c>
       <c r="J260" s="1" t="s">
-        <v>746</v>
+        <v>331</v>
       </c>
       <c r="K260" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L260" s="1">
-        <v>9789087227180</v>
+        <v>9789087227326</v>
       </c>
       <c r="M260" s="1">
-        <v>752</v>
-[...6 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="N260" s="1"/>
+      <c r="O260" s="1"/>
       <c r="P260" s="1"/>
       <c r="Q260" s="1"/>
       <c r="R260" s="1" t="s">
-        <v>771</v>
+        <v>741</v>
       </c>
     </row>
     <row r="261" spans="1:18">
       <c r="A261" s="1" t="s">
-        <v>759</v>
+        <v>757</v>
       </c>
       <c r="B261" s="1" t="s">
-        <v>760</v>
-[...3 lines deleted...]
-      </c>
+        <v>758</v>
+      </c>
+      <c r="C261" s="1"/>
       <c r="D261" s="1"/>
       <c r="E261" s="1"/>
       <c r="F261" s="1" t="s">
+        <v>759</v>
+      </c>
+      <c r="G261" s="1" t="s">
+        <v>760</v>
+      </c>
+      <c r="H261" s="1" t="s">
         <v>761</v>
       </c>
-      <c r="G261" s="1" t="s">
+      <c r="I261" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="J261" s="1" t="s">
         <v>762</v>
       </c>
-      <c r="H261" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K261" s="1" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L261" s="1"/>
       <c r="M261" s="1">
-        <v>402</v>
-[...1 lines deleted...]
-      <c r="N261" s="1"/>
+        <v>716</v>
+      </c>
+      <c r="N261" s="1" t="s">
+        <v>473</v>
+      </c>
       <c r="O261" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="P261" s="1"/>
+        <v>167</v>
+      </c>
+      <c r="P261" s="1" t="s">
+        <v>763</v>
+      </c>
       <c r="Q261" s="1"/>
       <c r="R261" s="1" t="s">
-        <v>765</v>
+        <v>764</v>
       </c>
     </row>
     <row r="262" spans="1:18">
       <c r="A262" s="1" t="s">
-        <v>759</v>
+        <v>757</v>
       </c>
       <c r="B262" s="1" t="s">
-        <v>760</v>
-[...3 lines deleted...]
-      </c>
+        <v>758</v>
+      </c>
+      <c r="C262" s="1"/>
       <c r="D262" s="1"/>
       <c r="E262" s="1"/>
       <c r="F262" s="1" t="s">
-        <v>761</v>
+        <v>759</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>762</v>
+        <v>760</v>
       </c>
       <c r="H262" s="1" t="s">
-        <v>774</v>
+        <v>765</v>
       </c>
       <c r="I262" s="1" t="s">
-        <v>603</v>
+        <v>133</v>
       </c>
       <c r="J262" s="1" t="s">
-        <v>573</v>
+        <v>766</v>
       </c>
       <c r="K262" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L262" s="1"/>
+        <v>25</v>
+      </c>
+      <c r="L262" s="1">
+        <v>9789087227173</v>
+      </c>
       <c r="M262" s="1">
-        <v>402</v>
-[...1 lines deleted...]
-      <c r="N262" s="1"/>
+        <v>716</v>
+      </c>
+      <c r="N262" s="1" t="s">
+        <v>473</v>
+      </c>
       <c r="O262" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="P262" s="1"/>
+        <v>167</v>
+      </c>
+      <c r="P262" s="1" t="s">
+        <v>763</v>
+      </c>
       <c r="Q262" s="1"/>
       <c r="R262" s="1" t="s">
-        <v>765</v>
+        <v>764</v>
       </c>
     </row>
     <row r="263" spans="1:18">
       <c r="A263" s="1" t="s">
-        <v>759</v>
+        <v>757</v>
       </c>
       <c r="B263" s="1" t="s">
-        <v>760</v>
-[...3 lines deleted...]
-      </c>
+        <v>758</v>
+      </c>
+      <c r="C263" s="1"/>
       <c r="D263" s="1"/>
       <c r="E263" s="1"/>
       <c r="F263" s="1" t="s">
-        <v>761</v>
+        <v>759</v>
       </c>
       <c r="G263" s="1" t="s">
+        <v>760</v>
+      </c>
+      <c r="H263" s="1" t="s">
+        <v>767</v>
+      </c>
+      <c r="I263" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="J263" s="1" t="s">
         <v>762</v>
       </c>
-      <c r="H263" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K263" s="1" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="L263" s="1">
-        <v>9789087227111</v>
-[...2 lines deleted...]
-      <c r="N263" s="1"/>
+        <v>9789087227159</v>
+      </c>
+      <c r="M263" s="1">
+        <v>716</v>
+      </c>
+      <c r="N263" s="1" t="s">
+        <v>473</v>
+      </c>
       <c r="O263" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="P263" s="1"/>
+        <v>167</v>
+      </c>
+      <c r="P263" s="1" t="s">
+        <v>763</v>
+      </c>
       <c r="Q263" s="1"/>
       <c r="R263" s="1" t="s">
-        <v>765</v>
+        <v>764</v>
       </c>
     </row>
     <row r="264" spans="1:18">
       <c r="A264" s="1" t="s">
-        <v>766</v>
+        <v>757</v>
       </c>
       <c r="B264" s="1" t="s">
-        <v>767</v>
+        <v>758</v>
       </c>
       <c r="C264" s="1"/>
       <c r="D264" s="1"/>
-      <c r="E264" s="1" t="s">
+      <c r="E264" s="1"/>
+      <c r="F264" s="1" t="s">
+        <v>759</v>
+      </c>
+      <c r="G264" s="1" t="s">
+        <v>760</v>
+      </c>
+      <c r="H264" s="1" t="s">
         <v>768</v>
       </c>
-      <c r="F264" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I264" s="1" t="s">
-        <v>107</v>
+        <v>133</v>
       </c>
       <c r="J264" s="1" t="s">
-        <v>746</v>
+        <v>766</v>
       </c>
       <c r="K264" s="1" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="L264" s="1">
-        <v>9789087227197</v>
+        <v>9789087227166</v>
       </c>
       <c r="M264" s="1">
-        <v>752</v>
+        <v>716</v>
       </c>
       <c r="N264" s="1" t="s">
-        <v>145</v>
+        <v>473</v>
       </c>
       <c r="O264" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="P264" s="1"/>
+        <v>167</v>
+      </c>
+      <c r="P264" s="1" t="s">
+        <v>763</v>
+      </c>
       <c r="Q264" s="1"/>
       <c r="R264" s="1" t="s">
-        <v>771</v>
+        <v>764</v>
       </c>
     </row>
     <row r="265" spans="1:18">
       <c r="A265" s="1" t="s">
-        <v>777</v>
+        <v>769</v>
       </c>
       <c r="B265" s="1" t="s">
-        <v>778</v>
+        <v>770</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="D265" s="1"/>
       <c r="E265" s="1" t="s">
-        <v>780</v>
+        <v>771</v>
       </c>
       <c r="F265" s="1"/>
       <c r="G265" s="1" t="s">
-        <v>781</v>
+        <v>772</v>
       </c>
       <c r="H265" s="1" t="s">
-        <v>782</v>
+        <v>773</v>
       </c>
       <c r="I265" s="1" t="s">
-        <v>24</v>
+        <v>396</v>
       </c>
       <c r="J265" s="1" t="s">
-        <v>213</v>
+        <v>331</v>
       </c>
       <c r="K265" s="1" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="L265" s="1">
-        <v>9789087227050</v>
+        <v>9789087227210</v>
       </c>
       <c r="M265" s="1">
-        <v>624</v>
+        <v>356</v>
       </c>
       <c r="N265" s="1" t="s">
-        <v>501</v>
+        <v>473</v>
       </c>
       <c r="O265" s="1" t="s">
-        <v>146</v>
-[...1 lines deleted...]
-      <c r="P265" s="1"/>
+        <v>602</v>
+      </c>
+      <c r="P265" s="1" t="s">
+        <v>774</v>
+      </c>
       <c r="Q265" s="1"/>
       <c r="R265" s="1" t="s">
-        <v>783</v>
+        <v>775</v>
       </c>
     </row>
     <row r="266" spans="1:18">
       <c r="A266" s="1" t="s">
-        <v>777</v>
+        <v>769</v>
       </c>
       <c r="B266" s="1" t="s">
-        <v>778</v>
+        <v>770</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="D266" s="1"/>
       <c r="E266" s="1" t="s">
-        <v>780</v>
+        <v>771</v>
       </c>
       <c r="F266" s="1"/>
       <c r="G266" s="1" t="s">
-        <v>781</v>
+        <v>772</v>
       </c>
       <c r="H266" s="1" t="s">
-        <v>784</v>
+        <v>776</v>
       </c>
       <c r="I266" s="1" t="s">
-        <v>24</v>
+        <v>399</v>
       </c>
       <c r="J266" s="1" t="s">
-        <v>213</v>
+        <v>593</v>
       </c>
       <c r="K266" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L266" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="L266" s="1">
+        <v>9789087227234</v>
+      </c>
       <c r="M266" s="1">
-        <v>624</v>
+        <v>356</v>
       </c>
       <c r="N266" s="1" t="s">
-        <v>501</v>
+        <v>473</v>
       </c>
       <c r="O266" s="1" t="s">
-        <v>146</v>
-[...1 lines deleted...]
-      <c r="P266" s="1"/>
+        <v>602</v>
+      </c>
+      <c r="P266" s="1" t="s">
+        <v>774</v>
+      </c>
       <c r="Q266" s="1"/>
       <c r="R266" s="1" t="s">
-        <v>783</v>
+        <v>775</v>
       </c>
     </row>
     <row r="267" spans="1:18">
       <c r="A267" s="1" t="s">
-        <v>777</v>
+        <v>769</v>
       </c>
       <c r="B267" s="1" t="s">
-        <v>778</v>
+        <v>770</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="D267" s="1"/>
       <c r="E267" s="1" t="s">
-        <v>780</v>
+        <v>771</v>
       </c>
       <c r="F267" s="1"/>
       <c r="G267" s="1" t="s">
-        <v>781</v>
+        <v>772</v>
       </c>
       <c r="H267" s="1" t="s">
-        <v>785</v>
+        <v>777</v>
       </c>
       <c r="I267" s="1" t="s">
-        <v>83</v>
+        <v>396</v>
       </c>
       <c r="J267" s="1" t="s">
-        <v>222</v>
+        <v>331</v>
       </c>
       <c r="K267" s="1" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L267" s="1"/>
       <c r="M267" s="1">
-        <v>624</v>
+        <v>356</v>
       </c>
       <c r="N267" s="1" t="s">
-        <v>501</v>
+        <v>473</v>
       </c>
       <c r="O267" s="1" t="s">
-        <v>146</v>
-[...1 lines deleted...]
-      <c r="P267" s="1"/>
+        <v>602</v>
+      </c>
+      <c r="P267" s="1" t="s">
+        <v>774</v>
+      </c>
       <c r="Q267" s="1"/>
       <c r="R267" s="1" t="s">
-        <v>783</v>
+        <v>775</v>
       </c>
     </row>
     <row r="268" spans="1:18">
       <c r="A268" s="1" t="s">
-        <v>777</v>
+        <v>769</v>
       </c>
       <c r="B268" s="1" t="s">
-        <v>778</v>
+        <v>770</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="D268" s="1"/>
       <c r="E268" s="1" t="s">
-        <v>780</v>
+        <v>771</v>
       </c>
       <c r="F268" s="1"/>
       <c r="G268" s="1" t="s">
-        <v>781</v>
+        <v>772</v>
       </c>
       <c r="H268" s="1" t="s">
-        <v>786</v>
+        <v>778</v>
       </c>
       <c r="I268" s="1" t="s">
-        <v>83</v>
+        <v>399</v>
       </c>
       <c r="J268" s="1" t="s">
-        <v>222</v>
+        <v>593</v>
       </c>
       <c r="K268" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L268" s="1">
-        <v>9789087227074</v>
+        <v>9789087227227</v>
       </c>
       <c r="M268" s="1">
-        <v>624</v>
+        <v>356</v>
       </c>
       <c r="N268" s="1" t="s">
-        <v>501</v>
+        <v>473</v>
       </c>
       <c r="O268" s="1" t="s">
-        <v>146</v>
-[...1 lines deleted...]
-      <c r="P268" s="1"/>
+        <v>602</v>
+      </c>
+      <c r="P268" s="1" t="s">
+        <v>774</v>
+      </c>
       <c r="Q268" s="1"/>
       <c r="R268" s="1" t="s">
-        <v>783</v>
+        <v>775</v>
       </c>
     </row>
     <row r="269" spans="1:18">
       <c r="A269" s="1" t="s">
-        <v>787</v>
+        <v>779</v>
       </c>
       <c r="B269" s="1" t="s">
-        <v>788</v>
+        <v>780</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>117</v>
-[...3 lines deleted...]
-      </c>
+        <v>114</v>
+      </c>
+      <c r="D269" s="1"/>
       <c r="E269" s="1"/>
       <c r="F269" s="1" t="s">
-        <v>789</v>
+        <v>781</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>790</v>
+        <v>782</v>
       </c>
       <c r="H269" s="1" t="s">
-        <v>791</v>
+        <v>783</v>
       </c>
       <c r="I269" s="1" t="s">
-        <v>143</v>
+        <v>600</v>
       </c>
       <c r="J269" s="1" t="s">
-        <v>144</v>
+        <v>784</v>
       </c>
       <c r="K269" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L269" s="1">
-        <v>9789087226893</v>
+        <v>9789087227135</v>
       </c>
       <c r="M269" s="1">
-        <v>740</v>
-[...3 lines deleted...]
-      </c>
+        <v>402</v>
+      </c>
+      <c r="N269" s="1"/>
       <c r="O269" s="1" t="s">
-        <v>793</v>
+        <v>602</v>
       </c>
       <c r="P269" s="1"/>
       <c r="Q269" s="1"/>
       <c r="R269" s="1" t="s">
-        <v>794</v>
+        <v>785</v>
       </c>
     </row>
     <row r="270" spans="1:18">
       <c r="A270" s="1" t="s">
-        <v>795</v>
+        <v>786</v>
       </c>
       <c r="B270" s="1" t="s">
-        <v>796</v>
+        <v>787</v>
       </c>
       <c r="C270" s="1"/>
       <c r="D270" s="1"/>
       <c r="E270" s="1" t="s">
-        <v>797</v>
-[...1 lines deleted...]
-      <c r="F270" s="1"/>
+        <v>788</v>
+      </c>
+      <c r="F270" s="1" t="s">
+        <v>789</v>
+      </c>
       <c r="G270" s="1" t="s">
-        <v>798</v>
+        <v>782</v>
       </c>
       <c r="H270" s="1" t="s">
-        <v>799</v>
+        <v>790</v>
       </c>
       <c r="I270" s="1" t="s">
-        <v>800</v>
+        <v>42</v>
       </c>
       <c r="J270" s="1" t="s">
-        <v>801</v>
+        <v>762</v>
       </c>
       <c r="K270" s="1" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="L270" s="1">
-        <v>9789087226848</v>
+        <v>9789087227142</v>
       </c>
       <c r="M270" s="1">
-        <v>268</v>
-[...1 lines deleted...]
-      <c r="N270" s="1"/>
+        <v>752</v>
+      </c>
+      <c r="N270" s="1" t="s">
+        <v>166</v>
+      </c>
       <c r="O270" s="1" t="s">
-        <v>429</v>
+        <v>602</v>
       </c>
       <c r="P270" s="1"/>
       <c r="Q270" s="1"/>
       <c r="R270" s="1" t="s">
-        <v>802</v>
+        <v>791</v>
       </c>
     </row>
     <row r="271" spans="1:18">
       <c r="A271" s="1" t="s">
-        <v>803</v>
+        <v>786</v>
       </c>
       <c r="B271" s="1" t="s">
-        <v>804</v>
-[...3 lines deleted...]
-      </c>
+        <v>787</v>
+      </c>
+      <c r="C271" s="1"/>
       <c r="D271" s="1"/>
-      <c r="E271" s="1"/>
+      <c r="E271" s="1" t="s">
+        <v>788</v>
+      </c>
       <c r="F271" s="1" t="s">
-        <v>805</v>
+        <v>789</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>798</v>
+        <v>782</v>
       </c>
       <c r="H271" s="1" t="s">
-        <v>806</v>
+        <v>792</v>
       </c>
       <c r="I271" s="1" t="s">
-        <v>526</v>
+        <v>133</v>
       </c>
       <c r="J271" s="1" t="s">
-        <v>332</v>
+        <v>766</v>
       </c>
       <c r="K271" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L271" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="L271" s="1">
+        <v>9789087227180</v>
+      </c>
       <c r="M271" s="1">
-        <v>1004</v>
+        <v>752</v>
       </c>
       <c r="N271" s="1" t="s">
-        <v>452</v>
+        <v>166</v>
       </c>
       <c r="O271" s="1" t="s">
-        <v>146</v>
+        <v>602</v>
       </c>
       <c r="P271" s="1"/>
       <c r="Q271" s="1"/>
       <c r="R271" s="1" t="s">
-        <v>807</v>
+        <v>791</v>
       </c>
     </row>
     <row r="272" spans="1:18">
       <c r="A272" s="1" t="s">
-        <v>808</v>
+        <v>779</v>
       </c>
       <c r="B272" s="1" t="s">
-        <v>809</v>
+        <v>780</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>30</v>
-[...7 lines deleted...]
-      <c r="F272" s="1"/>
+        <v>114</v>
+      </c>
+      <c r="D272" s="1"/>
+      <c r="E272" s="1"/>
+      <c r="F272" s="1" t="s">
+        <v>781</v>
+      </c>
       <c r="G272" s="1" t="s">
-        <v>798</v>
+        <v>782</v>
       </c>
       <c r="H272" s="1" t="s">
-        <v>812</v>
+        <v>793</v>
       </c>
       <c r="I272" s="1" t="s">
-        <v>99</v>
+        <v>600</v>
       </c>
       <c r="J272" s="1" t="s">
-        <v>227</v>
+        <v>784</v>
       </c>
       <c r="K272" s="1" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="L272" s="1">
-        <v>9789087226787</v>
+        <v>9789087227128</v>
       </c>
       <c r="M272" s="1">
-        <v>540</v>
-[...3 lines deleted...]
-      </c>
+        <v>402</v>
+      </c>
+      <c r="N272" s="1"/>
       <c r="O272" s="1" t="s">
-        <v>813</v>
+        <v>602</v>
       </c>
       <c r="P272" s="1"/>
       <c r="Q272" s="1"/>
       <c r="R272" s="1" t="s">
-        <v>814</v>
+        <v>785</v>
       </c>
     </row>
     <row r="273" spans="1:18">
       <c r="A273" s="1" t="s">
-        <v>808</v>
+        <v>779</v>
       </c>
       <c r="B273" s="1" t="s">
-        <v>809</v>
+        <v>780</v>
       </c>
       <c r="C273" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="D273" s="1"/>
+      <c r="E273" s="1"/>
+      <c r="F273" s="1" t="s">
+        <v>781</v>
+      </c>
+      <c r="G273" s="1" t="s">
+        <v>782</v>
+      </c>
+      <c r="H273" s="1" t="s">
+        <v>794</v>
+      </c>
+      <c r="I273" s="1" t="s">
+        <v>623</v>
+      </c>
+      <c r="J273" s="1" t="s">
+        <v>593</v>
+      </c>
+      <c r="K273" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="D273" s="1" t="s">
-[...23 lines deleted...]
-      </c>
+      <c r="L273" s="1"/>
       <c r="M273" s="1">
-        <v>540</v>
-[...3 lines deleted...]
-      </c>
+        <v>402</v>
+      </c>
+      <c r="N273" s="1"/>
       <c r="O273" s="1" t="s">
-        <v>813</v>
+        <v>602</v>
       </c>
       <c r="P273" s="1"/>
       <c r="Q273" s="1"/>
       <c r="R273" s="1" t="s">
-        <v>814</v>
+        <v>785</v>
       </c>
     </row>
     <row r="274" spans="1:18">
       <c r="A274" s="1" t="s">
-        <v>803</v>
+        <v>779</v>
       </c>
       <c r="B274" s="1" t="s">
-        <v>804</v>
+        <v>780</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>20</v>
+        <v>114</v>
       </c>
       <c r="D274" s="1"/>
       <c r="E274" s="1"/>
       <c r="F274" s="1" t="s">
-        <v>805</v>
+        <v>781</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>798</v>
+        <v>782</v>
       </c>
       <c r="H274" s="1" t="s">
-        <v>816</v>
+        <v>795</v>
       </c>
       <c r="I274" s="1" t="s">
-        <v>531</v>
+        <v>623</v>
       </c>
       <c r="J274" s="1" t="s">
-        <v>96</v>
+        <v>593</v>
       </c>
       <c r="K274" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L274" s="1">
-        <v>9789087226695</v>
-[...6 lines deleted...]
-      </c>
+        <v>9789087227111</v>
+      </c>
+      <c r="M274" s="1"/>
+      <c r="N274" s="1"/>
       <c r="O274" s="1" t="s">
-        <v>146</v>
+        <v>602</v>
       </c>
       <c r="P274" s="1"/>
       <c r="Q274" s="1"/>
       <c r="R274" s="1" t="s">
-        <v>807</v>
+        <v>785</v>
       </c>
     </row>
     <row r="275" spans="1:18">
       <c r="A275" s="1" t="s">
-        <v>803</v>
+        <v>786</v>
       </c>
       <c r="B275" s="1" t="s">
-        <v>804</v>
-[...3 lines deleted...]
-      </c>
+        <v>787</v>
+      </c>
+      <c r="C275" s="1"/>
       <c r="D275" s="1"/>
-      <c r="E275" s="1"/>
+      <c r="E275" s="1" t="s">
+        <v>788</v>
+      </c>
       <c r="F275" s="1" t="s">
-        <v>805</v>
+        <v>789</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>798</v>
+        <v>782</v>
       </c>
       <c r="H275" s="1" t="s">
-        <v>817</v>
+        <v>796</v>
       </c>
       <c r="I275" s="1" t="s">
-        <v>531</v>
+        <v>133</v>
       </c>
       <c r="J275" s="1" t="s">
-        <v>96</v>
+        <v>766</v>
       </c>
       <c r="K275" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L275" s="1">
-        <v>9789087226701</v>
+        <v>9789087227197</v>
       </c>
       <c r="M275" s="1">
-        <v>1004</v>
+        <v>752</v>
       </c>
       <c r="N275" s="1" t="s">
-        <v>452</v>
+        <v>166</v>
       </c>
       <c r="O275" s="1" t="s">
-        <v>146</v>
+        <v>602</v>
       </c>
       <c r="P275" s="1"/>
       <c r="Q275" s="1"/>
       <c r="R275" s="1" t="s">
-        <v>807</v>
+        <v>791</v>
       </c>
     </row>
     <row r="276" spans="1:18">
       <c r="A276" s="1" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="B276" s="1" t="s">
-        <v>796</v>
-[...2 lines deleted...]
-      <c r="D276" s="1"/>
+        <v>798</v>
+      </c>
+      <c r="C276" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D276" s="1" t="s">
+        <v>799</v>
+      </c>
       <c r="E276" s="1" t="s">
-        <v>797</v>
+        <v>800</v>
       </c>
       <c r="F276" s="1"/>
       <c r="G276" s="1" t="s">
-        <v>798</v>
+        <v>801</v>
       </c>
       <c r="H276" s="1" t="s">
-        <v>818</v>
+        <v>802</v>
       </c>
       <c r="I276" s="1" t="s">
-        <v>819</v>
+        <v>55</v>
       </c>
       <c r="J276" s="1" t="s">
-        <v>820</v>
+        <v>24</v>
       </c>
       <c r="K276" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L276" s="1">
-        <v>9789087226855</v>
-[...2 lines deleted...]
-      <c r="N276" s="1"/>
+        <v>9789087227050</v>
+      </c>
+      <c r="M276" s="1">
+        <v>624</v>
+      </c>
+      <c r="N276" s="1" t="s">
+        <v>521</v>
+      </c>
       <c r="O276" s="1" t="s">
-        <v>429</v>
+        <v>167</v>
       </c>
       <c r="P276" s="1"/>
       <c r="Q276" s="1"/>
       <c r="R276" s="1" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
     </row>
     <row r="277" spans="1:18">
       <c r="A277" s="1" t="s">
-        <v>808</v>
+        <v>797</v>
       </c>
       <c r="B277" s="1" t="s">
-        <v>809</v>
+        <v>798</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D277" s="1" t="s">
-        <v>810</v>
+        <v>799</v>
       </c>
       <c r="E277" s="1" t="s">
-        <v>811</v>
+        <v>800</v>
       </c>
       <c r="F277" s="1"/>
       <c r="G277" s="1" t="s">
-        <v>798</v>
+        <v>801</v>
       </c>
       <c r="H277" s="1" t="s">
-        <v>821</v>
+        <v>804</v>
       </c>
       <c r="I277" s="1" t="s">
-        <v>73</v>
+        <v>55</v>
       </c>
       <c r="J277" s="1" t="s">
-        <v>219</v>
+        <v>24</v>
       </c>
       <c r="K277" s="1" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L277" s="1"/>
       <c r="M277" s="1">
-        <v>540</v>
+        <v>624</v>
       </c>
       <c r="N277" s="1" t="s">
-        <v>145</v>
+        <v>521</v>
       </c>
       <c r="O277" s="1" t="s">
-        <v>813</v>
+        <v>167</v>
       </c>
       <c r="P277" s="1"/>
       <c r="Q277" s="1"/>
       <c r="R277" s="1" t="s">
-        <v>814</v>
+        <v>803</v>
       </c>
     </row>
     <row r="278" spans="1:18">
       <c r="A278" s="1" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="B278" s="1" t="s">
-        <v>796</v>
-[...2 lines deleted...]
-      <c r="D278" s="1"/>
+        <v>798</v>
+      </c>
+      <c r="C278" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D278" s="1" t="s">
+        <v>799</v>
+      </c>
       <c r="E278" s="1" t="s">
-        <v>797</v>
+        <v>800</v>
       </c>
       <c r="F278" s="1"/>
       <c r="G278" s="1" t="s">
-        <v>798</v>
+        <v>801</v>
       </c>
       <c r="H278" s="1" t="s">
-        <v>822</v>
+        <v>805</v>
       </c>
       <c r="I278" s="1" t="s">
-        <v>819</v>
+        <v>102</v>
       </c>
       <c r="J278" s="1" t="s">
-        <v>820</v>
+        <v>237</v>
       </c>
       <c r="K278" s="1" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="L278" s="1">
-        <v>9789087226862</v>
+        <v>9789087227067</v>
       </c>
       <c r="M278" s="1">
-        <v>268</v>
-[...1 lines deleted...]
-      <c r="N278" s="1"/>
+        <v>624</v>
+      </c>
+      <c r="N278" s="1" t="s">
+        <v>521</v>
+      </c>
       <c r="O278" s="1" t="s">
-        <v>429</v>
+        <v>167</v>
       </c>
       <c r="P278" s="1"/>
       <c r="Q278" s="1"/>
       <c r="R278" s="1" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
     </row>
     <row r="279" spans="1:18">
       <c r="A279" s="1" t="s">
-        <v>803</v>
+        <v>797</v>
       </c>
       <c r="B279" s="1" t="s">
-        <v>804</v>
+        <v>798</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>20</v>
-[...5 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="D279" s="1" t="s">
+        <v>799</v>
+      </c>
+      <c r="E279" s="1" t="s">
+        <v>800</v>
+      </c>
+      <c r="F279" s="1"/>
       <c r="G279" s="1" t="s">
-        <v>798</v>
+        <v>801</v>
       </c>
       <c r="H279" s="1" t="s">
-        <v>823</v>
+        <v>806</v>
       </c>
       <c r="I279" s="1" t="s">
-        <v>526</v>
+        <v>102</v>
       </c>
       <c r="J279" s="1" t="s">
-        <v>332</v>
+        <v>237</v>
       </c>
       <c r="K279" s="1" t="s">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="L279" s="1">
-        <v>9789087226688</v>
+        <v>9789087227074</v>
       </c>
       <c r="M279" s="1">
-        <v>1004</v>
+        <v>624</v>
       </c>
       <c r="N279" s="1" t="s">
-        <v>452</v>
+        <v>521</v>
       </c>
       <c r="O279" s="1" t="s">
-        <v>146</v>
+        <v>167</v>
       </c>
       <c r="P279" s="1"/>
       <c r="Q279" s="1"/>
       <c r="R279" s="1" t="s">
-        <v>807</v>
+        <v>803</v>
       </c>
     </row>
     <row r="280" spans="1:18">
       <c r="A280" s="1" t="s">
+        <v>807</v>
+      </c>
+      <c r="B280" s="1" t="s">
         <v>808</v>
       </c>
-      <c r="B280" s="1" t="s">
+      <c r="C280" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="D280" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="E280" s="1"/>
+      <c r="F280" s="1" t="s">
         <v>809</v>
       </c>
-      <c r="C280" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D280" s="1" t="s">
+      <c r="G280" s="1" t="s">
         <v>810</v>
       </c>
-      <c r="E280" s="1" t="s">
+      <c r="H280" s="1" t="s">
         <v>811</v>
       </c>
-      <c r="F280" s="1"/>
-[...5 lines deleted...]
-      </c>
       <c r="I280" s="1" t="s">
-        <v>73</v>
+        <v>164</v>
       </c>
       <c r="J280" s="1" t="s">
-        <v>219</v>
+        <v>165</v>
       </c>
       <c r="K280" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L280" s="1"/>
+        <v>25</v>
+      </c>
+      <c r="L280" s="1">
+        <v>9789087226893</v>
+      </c>
       <c r="M280" s="1">
-        <v>540</v>
+        <v>740</v>
       </c>
       <c r="N280" s="1" t="s">
-        <v>145</v>
+        <v>812</v>
       </c>
       <c r="O280" s="1" t="s">
         <v>813</v>
       </c>
       <c r="P280" s="1"/>
       <c r="Q280" s="1"/>
       <c r="R280" s="1" t="s">
         <v>814</v>
       </c>
     </row>
     <row r="281" spans="1:18">
       <c r="A281" s="1" t="s">
-        <v>825</v>
+        <v>815</v>
       </c>
       <c r="B281" s="1" t="s">
-        <v>826</v>
-[...10 lines deleted...]
-      </c>
+        <v>816</v>
+      </c>
+      <c r="C281" s="1"/>
+      <c r="D281" s="1"/>
+      <c r="E281" s="1" t="s">
+        <v>817</v>
+      </c>
+      <c r="F281" s="1"/>
       <c r="G281" s="1" t="s">
-        <v>830</v>
+        <v>818</v>
       </c>
       <c r="H281" s="1" t="s">
-        <v>831</v>
+        <v>819</v>
       </c>
       <c r="I281" s="1" t="s">
-        <v>832</v>
+        <v>820</v>
       </c>
       <c r="J281" s="1" t="s">
-        <v>108</v>
+        <v>821</v>
       </c>
       <c r="K281" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L281" s="1">
-        <v>9789087226763</v>
+        <v>9789087226848</v>
       </c>
       <c r="M281" s="1">
-        <v>468</v>
-[...3 lines deleted...]
-      </c>
+        <v>268</v>
+      </c>
+      <c r="N281" s="1"/>
       <c r="O281" s="1" t="s">
-        <v>833</v>
-[...3 lines deleted...]
-      </c>
+        <v>450</v>
+      </c>
+      <c r="P281" s="1"/>
       <c r="Q281" s="1"/>
       <c r="R281" s="1" t="s">
-        <v>835</v>
+        <v>822</v>
       </c>
     </row>
     <row r="282" spans="1:18">
       <c r="A282" s="1" t="s">
-        <v>825</v>
+        <v>823</v>
       </c>
       <c r="B282" s="1" t="s">
-        <v>826</v>
+        <v>824</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>827</v>
-[...3 lines deleted...]
-      </c>
+        <v>51</v>
+      </c>
+      <c r="D282" s="1"/>
       <c r="E282" s="1"/>
       <c r="F282" s="1" t="s">
-        <v>829</v>
+        <v>825</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>830</v>
+        <v>818</v>
       </c>
       <c r="H282" s="1" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="I282" s="1" t="s">
-        <v>832</v>
+        <v>546</v>
       </c>
       <c r="J282" s="1" t="s">
-        <v>108</v>
+        <v>29</v>
       </c>
       <c r="K282" s="1" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L282" s="1"/>
       <c r="M282" s="1">
-        <v>468</v>
+        <v>1004</v>
       </c>
       <c r="N282" s="1" t="s">
-        <v>452</v>
+        <v>473</v>
       </c>
       <c r="O282" s="1" t="s">
-        <v>833</v>
-[...3 lines deleted...]
-      </c>
+        <v>167</v>
+      </c>
+      <c r="P282" s="1"/>
       <c r="Q282" s="1"/>
       <c r="R282" s="1" t="s">
-        <v>835</v>
+        <v>827</v>
       </c>
     </row>
     <row r="283" spans="1:18">
       <c r="A283" s="1" t="s">
-        <v>837</v>
+        <v>828</v>
       </c>
       <c r="B283" s="1" t="s">
-        <v>838</v>
+        <v>829</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D283" s="1" t="s">
-        <v>610</v>
-[...4 lines deleted...]
-      </c>
+        <v>830</v>
+      </c>
+      <c r="E283" s="1" t="s">
+        <v>831</v>
+      </c>
+      <c r="F283" s="1"/>
       <c r="G283" s="1" t="s">
-        <v>830</v>
+        <v>818</v>
       </c>
       <c r="H283" s="1" t="s">
-        <v>840</v>
+        <v>832</v>
       </c>
       <c r="I283" s="1" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="J283" s="1" t="s">
-        <v>518</v>
+        <v>248</v>
       </c>
       <c r="K283" s="1" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="L283" s="1">
-        <v>9789087226725</v>
+        <v>9789087226787</v>
       </c>
       <c r="M283" s="1">
-        <v>312</v>
+        <v>540</v>
       </c>
       <c r="N283" s="1" t="s">
-        <v>452</v>
+        <v>166</v>
       </c>
       <c r="O283" s="1" t="s">
-        <v>841</v>
-[...3 lines deleted...]
-      </c>
+        <v>833</v>
+      </c>
+      <c r="P283" s="1"/>
       <c r="Q283" s="1"/>
       <c r="R283" s="1" t="s">
-        <v>843</v>
+        <v>834</v>
       </c>
     </row>
     <row r="284" spans="1:18">
       <c r="A284" s="1" t="s">
-        <v>837</v>
+        <v>828</v>
       </c>
       <c r="B284" s="1" t="s">
-        <v>838</v>
+        <v>829</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D284" s="1" t="s">
-        <v>610</v>
-[...4 lines deleted...]
-      </c>
+        <v>830</v>
+      </c>
+      <c r="E284" s="1" t="s">
+        <v>831</v>
+      </c>
+      <c r="F284" s="1"/>
       <c r="G284" s="1" t="s">
-        <v>830</v>
+        <v>818</v>
       </c>
       <c r="H284" s="1" t="s">
-        <v>844</v>
+        <v>835</v>
       </c>
       <c r="I284" s="1" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="J284" s="1" t="s">
-        <v>514</v>
+        <v>248</v>
       </c>
       <c r="K284" s="1" t="s">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="L284" s="1">
-        <v>9789087226718</v>
-[...1 lines deleted...]
-      <c r="M284" s="1"/>
+        <v>9789087226794</v>
+      </c>
+      <c r="M284" s="1">
+        <v>540</v>
+      </c>
       <c r="N284" s="1" t="s">
-        <v>452</v>
+        <v>166</v>
       </c>
       <c r="O284" s="1" t="s">
-        <v>841</v>
-[...3 lines deleted...]
-      </c>
+        <v>833</v>
+      </c>
+      <c r="P284" s="1"/>
       <c r="Q284" s="1"/>
       <c r="R284" s="1" t="s">
-        <v>843</v>
+        <v>834</v>
       </c>
     </row>
     <row r="285" spans="1:18">
       <c r="A285" s="1" t="s">
-        <v>825</v>
+        <v>823</v>
       </c>
       <c r="B285" s="1" t="s">
-        <v>826</v>
+        <v>824</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>827</v>
-[...3 lines deleted...]
-      </c>
+        <v>51</v>
+      </c>
+      <c r="D285" s="1"/>
       <c r="E285" s="1"/>
       <c r="F285" s="1" t="s">
-        <v>829</v>
+        <v>825</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>830</v>
+        <v>818</v>
       </c>
       <c r="H285" s="1" t="s">
-        <v>845</v>
+        <v>836</v>
       </c>
       <c r="I285" s="1" t="s">
-        <v>846</v>
+        <v>551</v>
       </c>
       <c r="J285" s="1" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="K285" s="1" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="L285" s="1">
-        <v>9789087226749</v>
+        <v>9789087226695</v>
       </c>
       <c r="M285" s="1">
-        <v>468</v>
+        <v>1004</v>
       </c>
       <c r="N285" s="1" t="s">
-        <v>452</v>
+        <v>473</v>
       </c>
       <c r="O285" s="1" t="s">
-        <v>833</v>
-[...3 lines deleted...]
-      </c>
+        <v>167</v>
+      </c>
+      <c r="P285" s="1"/>
       <c r="Q285" s="1"/>
       <c r="R285" s="1" t="s">
-        <v>835</v>
+        <v>827</v>
       </c>
     </row>
     <row r="286" spans="1:18">
       <c r="A286" s="1" t="s">
-        <v>837</v>
+        <v>823</v>
       </c>
       <c r="B286" s="1" t="s">
-        <v>838</v>
+        <v>824</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>20</v>
-[...3 lines deleted...]
-      </c>
+        <v>51</v>
+      </c>
+      <c r="D286" s="1"/>
       <c r="E286" s="1"/>
       <c r="F286" s="1" t="s">
-        <v>839</v>
+        <v>825</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>830</v>
+        <v>818</v>
       </c>
       <c r="H286" s="1" t="s">
-        <v>847</v>
+        <v>837</v>
       </c>
       <c r="I286" s="1" t="s">
-        <v>125</v>
+        <v>551</v>
       </c>
       <c r="J286" s="1" t="s">
-        <v>518</v>
+        <v>121</v>
       </c>
       <c r="K286" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L286" s="1">
-        <v>9789087226732</v>
+        <v>9789087226701</v>
       </c>
       <c r="M286" s="1">
-        <v>312</v>
+        <v>1004</v>
       </c>
       <c r="N286" s="1" t="s">
-        <v>452</v>
+        <v>473</v>
       </c>
       <c r="O286" s="1" t="s">
-        <v>841</v>
-[...3 lines deleted...]
-      </c>
+        <v>167</v>
+      </c>
+      <c r="P286" s="1"/>
       <c r="Q286" s="1"/>
       <c r="R286" s="1" t="s">
-        <v>843</v>
+        <v>827</v>
       </c>
     </row>
     <row r="287" spans="1:18">
       <c r="A287" s="1" t="s">
-        <v>825</v>
+        <v>815</v>
       </c>
       <c r="B287" s="1" t="s">
-        <v>826</v>
-[...10 lines deleted...]
-      </c>
+        <v>816</v>
+      </c>
+      <c r="C287" s="1"/>
+      <c r="D287" s="1"/>
+      <c r="E287" s="1" t="s">
+        <v>817</v>
+      </c>
+      <c r="F287" s="1"/>
       <c r="G287" s="1" t="s">
-        <v>830</v>
+        <v>818</v>
       </c>
       <c r="H287" s="1" t="s">
-        <v>848</v>
+        <v>838</v>
       </c>
       <c r="I287" s="1" t="s">
-        <v>846</v>
+        <v>839</v>
       </c>
       <c r="J287" s="1" t="s">
-        <v>113</v>
+        <v>840</v>
       </c>
       <c r="K287" s="1" t="s">
-        <v>55</v>
-[...7 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="L287" s="1">
+        <v>9789087226855</v>
+      </c>
+      <c r="M287" s="1"/>
+      <c r="N287" s="1"/>
       <c r="O287" s="1" t="s">
-        <v>833</v>
-[...3 lines deleted...]
-      </c>
+        <v>450</v>
+      </c>
+      <c r="P287" s="1"/>
       <c r="Q287" s="1"/>
       <c r="R287" s="1" t="s">
-        <v>835</v>
+        <v>822</v>
       </c>
     </row>
     <row r="288" spans="1:18">
       <c r="A288" s="1" t="s">
-        <v>837</v>
+        <v>828</v>
       </c>
       <c r="B288" s="1" t="s">
-        <v>838</v>
+        <v>829</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D288" s="1" t="s">
-        <v>610</v>
-[...4 lines deleted...]
-      </c>
+        <v>830</v>
+      </c>
+      <c r="E288" s="1" t="s">
+        <v>831</v>
+      </c>
+      <c r="F288" s="1"/>
       <c r="G288" s="1" t="s">
-        <v>830</v>
+        <v>818</v>
       </c>
       <c r="H288" s="1" t="s">
-        <v>849</v>
+        <v>841</v>
       </c>
       <c r="I288" s="1" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="J288" s="1" t="s">
-        <v>514</v>
+        <v>245</v>
       </c>
       <c r="K288" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L288" s="1"/>
+        <v>38</v>
+      </c>
+      <c r="L288" s="1">
+        <v>9789087226770</v>
+      </c>
       <c r="M288" s="1">
-        <v>312</v>
+        <v>540</v>
       </c>
       <c r="N288" s="1" t="s">
-        <v>452</v>
+        <v>166</v>
       </c>
       <c r="O288" s="1" t="s">
-        <v>841</v>
-[...3 lines deleted...]
-      </c>
+        <v>833</v>
+      </c>
+      <c r="P288" s="1"/>
       <c r="Q288" s="1"/>
       <c r="R288" s="1" t="s">
-        <v>843</v>
+        <v>834</v>
       </c>
     </row>
     <row r="289" spans="1:18">
       <c r="A289" s="1" t="s">
-        <v>850</v>
+        <v>815</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>851</v>
+        <v>816</v>
       </c>
       <c r="C289" s="1"/>
       <c r="D289" s="1"/>
-      <c r="E289" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="E289" s="1" t="s">
+        <v>817</v>
+      </c>
+      <c r="F289" s="1"/>
       <c r="G289" s="1" t="s">
-        <v>853</v>
+        <v>818</v>
       </c>
       <c r="H289" s="1" t="s">
-        <v>854</v>
+        <v>842</v>
       </c>
       <c r="I289" s="1" t="s">
-        <v>99</v>
+        <v>839</v>
       </c>
       <c r="J289" s="1" t="s">
-        <v>227</v>
+        <v>840</v>
       </c>
       <c r="K289" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L289" s="1">
-        <v>9789087226640</v>
+        <v>9789087226862</v>
       </c>
       <c r="M289" s="1">
-        <v>580</v>
-[...3 lines deleted...]
-      </c>
+        <v>268</v>
+      </c>
+      <c r="N289" s="1"/>
       <c r="O289" s="1" t="s">
-        <v>146</v>
+        <v>450</v>
       </c>
       <c r="P289" s="1"/>
       <c r="Q289" s="1"/>
       <c r="R289" s="1" t="s">
-        <v>855</v>
+        <v>822</v>
       </c>
     </row>
     <row r="290" spans="1:18">
       <c r="A290" s="1" t="s">
-        <v>856</v>
+        <v>823</v>
       </c>
       <c r="B290" s="1" t="s">
-        <v>857</v>
+        <v>824</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>30</v>
-[...7 lines deleted...]
-      <c r="F290" s="1"/>
+        <v>51</v>
+      </c>
+      <c r="D290" s="1"/>
+      <c r="E290" s="1"/>
+      <c r="F290" s="1" t="s">
+        <v>825</v>
+      </c>
       <c r="G290" s="1" t="s">
-        <v>853</v>
+        <v>818</v>
       </c>
       <c r="H290" s="1" t="s">
-        <v>860</v>
+        <v>843</v>
       </c>
       <c r="I290" s="1" t="s">
-        <v>378</v>
+        <v>546</v>
       </c>
       <c r="J290" s="1" t="s">
-        <v>573</v>
+        <v>29</v>
       </c>
       <c r="K290" s="1" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="L290" s="1">
-        <v>9789087226619</v>
+        <v>9789087226688</v>
       </c>
       <c r="M290" s="1">
-        <v>348</v>
+        <v>1004</v>
       </c>
       <c r="N290" s="1" t="s">
-        <v>452</v>
+        <v>473</v>
       </c>
       <c r="O290" s="1" t="s">
-        <v>861</v>
+        <v>167</v>
       </c>
       <c r="P290" s="1"/>
       <c r="Q290" s="1"/>
       <c r="R290" s="1" t="s">
-        <v>862</v>
+        <v>827</v>
       </c>
     </row>
     <row r="291" spans="1:18">
       <c r="A291" s="1" t="s">
-        <v>850</v>
+        <v>828</v>
       </c>
       <c r="B291" s="1" t="s">
-        <v>851</v>
-[...6 lines deleted...]
-      </c>
+        <v>829</v>
+      </c>
+      <c r="C291" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D291" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="E291" s="1" t="s">
+        <v>831</v>
+      </c>
+      <c r="F291" s="1"/>
       <c r="G291" s="1" t="s">
-        <v>853</v>
+        <v>818</v>
       </c>
       <c r="H291" s="1" t="s">
-        <v>863</v>
+        <v>844</v>
       </c>
       <c r="I291" s="1" t="s">
-        <v>73</v>
+        <v>117</v>
       </c>
       <c r="J291" s="1" t="s">
-        <v>219</v>
+        <v>245</v>
       </c>
       <c r="K291" s="1" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L291" s="1"/>
       <c r="M291" s="1">
-        <v>580</v>
+        <v>540</v>
       </c>
       <c r="N291" s="1" t="s">
-        <v>452</v>
+        <v>166</v>
       </c>
       <c r="O291" s="1" t="s">
-        <v>146</v>
+        <v>833</v>
       </c>
       <c r="P291" s="1"/>
       <c r="Q291" s="1"/>
       <c r="R291" s="1" t="s">
-        <v>855</v>
+        <v>834</v>
       </c>
     </row>
     <row r="292" spans="1:18">
       <c r="A292" s="1" t="s">
-        <v>856</v>
+        <v>845</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>857</v>
+        <v>846</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>30</v>
+        <v>847</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>858</v>
-[...4 lines deleted...]
-      <c r="F292" s="1"/>
+        <v>848</v>
+      </c>
+      <c r="E292" s="1"/>
+      <c r="F292" s="1" t="s">
+        <v>849</v>
+      </c>
       <c r="G292" s="1" t="s">
+        <v>850</v>
+      </c>
+      <c r="H292" s="1" t="s">
+        <v>851</v>
+      </c>
+      <c r="I292" s="1" t="s">
+        <v>852</v>
+      </c>
+      <c r="J292" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="K292" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="L292" s="1">
+        <v>9789087226763</v>
+      </c>
+      <c r="M292" s="1">
+        <v>468</v>
+      </c>
+      <c r="N292" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="O292" s="1" t="s">
         <v>853</v>
       </c>
-      <c r="H292" s="1" t="s">
-[...23 lines deleted...]
-      <c r="P292" s="1"/>
+      <c r="P292" s="1" t="s">
+        <v>854</v>
+      </c>
       <c r="Q292" s="1"/>
       <c r="R292" s="1" t="s">
-        <v>862</v>
+        <v>855</v>
       </c>
     </row>
     <row r="293" spans="1:18">
       <c r="A293" s="1" t="s">
-        <v>850</v>
+        <v>845</v>
       </c>
       <c r="B293" s="1" t="s">
-        <v>851</v>
-[...2 lines deleted...]
-      <c r="D293" s="1"/>
+        <v>846</v>
+      </c>
+      <c r="C293" s="1" t="s">
+        <v>847</v>
+      </c>
+      <c r="D293" s="1" t="s">
+        <v>848</v>
+      </c>
       <c r="E293" s="1"/>
       <c r="F293" s="1" t="s">
+        <v>849</v>
+      </c>
+      <c r="G293" s="1" t="s">
+        <v>850</v>
+      </c>
+      <c r="H293" s="1" t="s">
+        <v>856</v>
+      </c>
+      <c r="I293" s="1" t="s">
         <v>852</v>
       </c>
-      <c r="G293" s="1" t="s">
+      <c r="J293" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="K293" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="L293" s="1">
+        <v>9789087226756</v>
+      </c>
+      <c r="M293" s="1">
+        <v>468</v>
+      </c>
+      <c r="N293" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="O293" s="1" t="s">
         <v>853</v>
       </c>
-      <c r="H293" s="1" t="s">
-[...21 lines deleted...]
-      <c r="P293" s="1"/>
+      <c r="P293" s="1" t="s">
+        <v>854</v>
+      </c>
       <c r="Q293" s="1"/>
       <c r="R293" s="1" t="s">
         <v>855</v>
       </c>
     </row>
     <row r="294" spans="1:18">
       <c r="A294" s="1" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="B294" s="1" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="D294" s="1" t="s">
-        <v>858</v>
-[...1 lines deleted...]
-      <c r="E294" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="E294" s="1"/>
+      <c r="F294" s="1" t="s">
         <v>859</v>
       </c>
-      <c r="F294" s="1"/>
       <c r="G294" s="1" t="s">
-        <v>853</v>
+        <v>850</v>
       </c>
       <c r="H294" s="1" t="s">
-        <v>866</v>
+        <v>860</v>
       </c>
       <c r="I294" s="1" t="s">
-        <v>375</v>
+        <v>145</v>
       </c>
       <c r="J294" s="1" t="s">
-        <v>315</v>
+        <v>538</v>
       </c>
       <c r="K294" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L294" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="L294" s="1">
+        <v>9789087226725</v>
+      </c>
       <c r="M294" s="1">
-        <v>348</v>
+        <v>312</v>
       </c>
       <c r="N294" s="1" t="s">
-        <v>452</v>
+        <v>473</v>
       </c>
       <c r="O294" s="1" t="s">
         <v>861</v>
       </c>
-      <c r="P294" s="1"/>
+      <c r="P294" s="1" t="s">
+        <v>862</v>
+      </c>
       <c r="Q294" s="1"/>
       <c r="R294" s="1" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
     </row>
     <row r="295" spans="1:18">
       <c r="A295" s="1" t="s">
-        <v>850</v>
+        <v>857</v>
       </c>
       <c r="B295" s="1" t="s">
-        <v>851</v>
-[...2 lines deleted...]
-      <c r="D295" s="1"/>
+        <v>858</v>
+      </c>
+      <c r="C295" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D295" s="1" t="s">
+        <v>630</v>
+      </c>
       <c r="E295" s="1"/>
       <c r="F295" s="1" t="s">
-        <v>852</v>
+        <v>859</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>853</v>
+        <v>850</v>
       </c>
       <c r="H295" s="1" t="s">
-        <v>867</v>
+        <v>864</v>
       </c>
       <c r="I295" s="1" t="s">
-        <v>99</v>
+        <v>172</v>
       </c>
       <c r="J295" s="1" t="s">
-        <v>227</v>
+        <v>534</v>
       </c>
       <c r="K295" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L295" s="1">
-        <v>9789087226633</v>
-[...3 lines deleted...]
-      </c>
+        <v>9789087226718</v>
+      </c>
+      <c r="M295" s="1"/>
       <c r="N295" s="1" t="s">
-        <v>452</v>
+        <v>473</v>
       </c>
       <c r="O295" s="1" t="s">
-        <v>146</v>
-[...1 lines deleted...]
-      <c r="P295" s="1"/>
+        <v>861</v>
+      </c>
+      <c r="P295" s="1" t="s">
+        <v>862</v>
+      </c>
       <c r="Q295" s="1"/>
       <c r="R295" s="1" t="s">
-        <v>855</v>
+        <v>863</v>
       </c>
     </row>
     <row r="296" spans="1:18">
       <c r="A296" s="1" t="s">
-        <v>856</v>
+        <v>845</v>
       </c>
       <c r="B296" s="1" t="s">
-        <v>857</v>
+        <v>846</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>30</v>
+        <v>847</v>
       </c>
       <c r="D296" s="1" t="s">
-        <v>858</v>
-[...4 lines deleted...]
-      <c r="F296" s="1"/>
+        <v>848</v>
+      </c>
+      <c r="E296" s="1"/>
+      <c r="F296" s="1" t="s">
+        <v>849</v>
+      </c>
       <c r="G296" s="1" t="s">
+        <v>850</v>
+      </c>
+      <c r="H296" s="1" t="s">
+        <v>865</v>
+      </c>
+      <c r="I296" s="1" t="s">
+        <v>866</v>
+      </c>
+      <c r="J296" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="K296" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="L296" s="1">
+        <v>9789087226749</v>
+      </c>
+      <c r="M296" s="1">
+        <v>468</v>
+      </c>
+      <c r="N296" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="O296" s="1" t="s">
         <v>853</v>
       </c>
-      <c r="H296" s="1" t="s">
-[...23 lines deleted...]
-      <c r="P296" s="1"/>
+      <c r="P296" s="1" t="s">
+        <v>854</v>
+      </c>
       <c r="Q296" s="1"/>
       <c r="R296" s="1" t="s">
-        <v>862</v>
+        <v>855</v>
       </c>
     </row>
     <row r="297" spans="1:18">
       <c r="A297" s="1" t="s">
-        <v>869</v>
+        <v>857</v>
       </c>
       <c r="B297" s="1" t="s">
-        <v>870</v>
+        <v>858</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>250</v>
-[...1 lines deleted...]
-      <c r="D297" s="1"/>
+        <v>51</v>
+      </c>
+      <c r="D297" s="1" t="s">
+        <v>630</v>
+      </c>
       <c r="E297" s="1"/>
       <c r="F297" s="1" t="s">
-        <v>871</v>
+        <v>859</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="H297" s="1" t="s">
-        <v>873</v>
+        <v>867</v>
       </c>
       <c r="I297" s="1" t="s">
-        <v>378</v>
+        <v>145</v>
       </c>
       <c r="J297" s="1" t="s">
-        <v>573</v>
+        <v>538</v>
       </c>
       <c r="K297" s="1" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="L297" s="1">
-        <v>9789087226664</v>
+        <v>9789087226732</v>
       </c>
       <c r="M297" s="1">
-        <v>336</v>
+        <v>312</v>
       </c>
       <c r="N297" s="1" t="s">
-        <v>547</v>
+        <v>473</v>
       </c>
       <c r="O297" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="P297" s="1"/>
+        <v>861</v>
+      </c>
+      <c r="P297" s="1" t="s">
+        <v>862</v>
+      </c>
       <c r="Q297" s="1"/>
       <c r="R297" s="1" t="s">
-        <v>874</v>
+        <v>863</v>
       </c>
     </row>
     <row r="298" spans="1:18">
       <c r="A298" s="1" t="s">
-        <v>869</v>
+        <v>845</v>
       </c>
       <c r="B298" s="1" t="s">
-        <v>870</v>
+        <v>846</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>250</v>
-[...1 lines deleted...]
-      <c r="D298" s="1"/>
+        <v>847</v>
+      </c>
+      <c r="D298" s="1" t="s">
+        <v>848</v>
+      </c>
       <c r="E298" s="1"/>
       <c r="F298" s="1" t="s">
-        <v>871</v>
+        <v>849</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="H298" s="1" t="s">
-        <v>875</v>
+        <v>868</v>
       </c>
       <c r="I298" s="1" t="s">
-        <v>378</v>
+        <v>866</v>
       </c>
       <c r="J298" s="1" t="s">
-        <v>573</v>
+        <v>43</v>
       </c>
       <c r="K298" s="1" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L298" s="1"/>
       <c r="M298" s="1">
-        <v>336</v>
+        <v>468</v>
       </c>
       <c r="N298" s="1" t="s">
-        <v>547</v>
+        <v>473</v>
       </c>
       <c r="O298" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="P298" s="1"/>
+        <v>853</v>
+      </c>
+      <c r="P298" s="1" t="s">
+        <v>854</v>
+      </c>
       <c r="Q298" s="1"/>
       <c r="R298" s="1" t="s">
-        <v>874</v>
+        <v>855</v>
       </c>
     </row>
     <row r="299" spans="1:18">
       <c r="A299" s="1" t="s">
-        <v>876</v>
+        <v>857</v>
       </c>
       <c r="B299" s="1" t="s">
-        <v>877</v>
+        <v>858</v>
       </c>
       <c r="C299" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D299" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="E299" s="1"/>
+      <c r="F299" s="1" t="s">
+        <v>859</v>
+      </c>
+      <c r="G299" s="1" t="s">
+        <v>850</v>
+      </c>
+      <c r="H299" s="1" t="s">
+        <v>869</v>
+      </c>
+      <c r="I299" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="J299" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="K299" s="1" t="s">
         <v>30</v>
-      </c>
-[...20 lines deleted...]
-        <v>55</v>
       </c>
       <c r="L299" s="1"/>
       <c r="M299" s="1">
-        <v>544</v>
+        <v>312</v>
       </c>
       <c r="N299" s="1" t="s">
-        <v>547</v>
+        <v>473</v>
       </c>
       <c r="O299" s="1" t="s">
-        <v>146</v>
-[...1 lines deleted...]
-      <c r="P299" s="1"/>
+        <v>861</v>
+      </c>
+      <c r="P299" s="1" t="s">
+        <v>862</v>
+      </c>
       <c r="Q299" s="1"/>
       <c r="R299" s="1" t="s">
-        <v>881</v>
+        <v>863</v>
       </c>
     </row>
     <row r="300" spans="1:18">
       <c r="A300" s="1" t="s">
-        <v>876</v>
+        <v>870</v>
       </c>
       <c r="B300" s="1" t="s">
-        <v>877</v>
-[...10 lines deleted...]
-      <c r="F300" s="1"/>
+        <v>871</v>
+      </c>
+      <c r="C300" s="1"/>
+      <c r="D300" s="1"/>
+      <c r="E300" s="1"/>
+      <c r="F300" s="1" t="s">
+        <v>872</v>
+      </c>
       <c r="G300" s="1" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="H300" s="1" t="s">
-        <v>882</v>
+        <v>874</v>
       </c>
       <c r="I300" s="1" t="s">
-        <v>73</v>
+        <v>124</v>
       </c>
       <c r="J300" s="1" t="s">
-        <v>219</v>
+        <v>248</v>
       </c>
       <c r="K300" s="1" t="s">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="L300" s="1">
-        <v>9789087226565</v>
-[...1 lines deleted...]
-      <c r="M300" s="1"/>
+        <v>9789087226640</v>
+      </c>
+      <c r="M300" s="1">
+        <v>580</v>
+      </c>
       <c r="N300" s="1" t="s">
-        <v>547</v>
+        <v>473</v>
       </c>
       <c r="O300" s="1" t="s">
-        <v>146</v>
+        <v>167</v>
       </c>
       <c r="P300" s="1"/>
       <c r="Q300" s="1"/>
       <c r="R300" s="1" t="s">
-        <v>881</v>
+        <v>875</v>
       </c>
     </row>
     <row r="301" spans="1:18">
       <c r="A301" s="1" t="s">
-        <v>869</v>
+        <v>876</v>
       </c>
       <c r="B301" s="1" t="s">
-        <v>870</v>
+        <v>877</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>250</v>
-[...5 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="D301" s="1" t="s">
+        <v>878</v>
+      </c>
+      <c r="E301" s="1" t="s">
+        <v>879</v>
+      </c>
+      <c r="F301" s="1"/>
       <c r="G301" s="1" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="H301" s="1" t="s">
-        <v>883</v>
+        <v>880</v>
       </c>
       <c r="I301" s="1" t="s">
-        <v>375</v>
+        <v>399</v>
       </c>
       <c r="J301" s="1" t="s">
-        <v>315</v>
+        <v>593</v>
       </c>
       <c r="K301" s="1" t="s">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="L301" s="1">
-        <v>9789087226657</v>
+        <v>9789087226619</v>
       </c>
       <c r="M301" s="1">
-        <v>336</v>
+        <v>348</v>
       </c>
       <c r="N301" s="1" t="s">
-        <v>547</v>
+        <v>473</v>
       </c>
       <c r="O301" s="1" t="s">
-        <v>582</v>
+        <v>881</v>
       </c>
       <c r="P301" s="1"/>
       <c r="Q301" s="1"/>
       <c r="R301" s="1" t="s">
-        <v>874</v>
+        <v>882</v>
       </c>
     </row>
     <row r="302" spans="1:18">
       <c r="A302" s="1" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="B302" s="1" t="s">
-        <v>870</v>
-[...3 lines deleted...]
-      </c>
+        <v>871</v>
+      </c>
+      <c r="C302" s="1"/>
       <c r="D302" s="1"/>
       <c r="E302" s="1"/>
       <c r="F302" s="1" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="H302" s="1" t="s">
-        <v>884</v>
+        <v>883</v>
       </c>
       <c r="I302" s="1" t="s">
-        <v>375</v>
+        <v>117</v>
       </c>
       <c r="J302" s="1" t="s">
-        <v>315</v>
+        <v>245</v>
       </c>
       <c r="K302" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L302" s="1"/>
+        <v>38</v>
+      </c>
+      <c r="L302" s="1">
+        <v>9789087226626</v>
+      </c>
       <c r="M302" s="1">
-        <v>336</v>
+        <v>580</v>
       </c>
       <c r="N302" s="1" t="s">
-        <v>547</v>
+        <v>473</v>
       </c>
       <c r="O302" s="1" t="s">
-        <v>582</v>
+        <v>167</v>
       </c>
       <c r="P302" s="1"/>
       <c r="Q302" s="1"/>
       <c r="R302" s="1" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
     </row>
     <row r="303" spans="1:18">
       <c r="A303" s="1" t="s">
         <v>876</v>
       </c>
       <c r="B303" s="1" t="s">
         <v>877</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D303" s="1" t="s">
         <v>878</v>
       </c>
       <c r="E303" s="1" t="s">
         <v>879</v>
       </c>
       <c r="F303" s="1"/>
       <c r="G303" s="1" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="H303" s="1" t="s">
-        <v>885</v>
+        <v>884</v>
       </c>
       <c r="I303" s="1" t="s">
-        <v>99</v>
+        <v>396</v>
       </c>
       <c r="J303" s="1" t="s">
-        <v>227</v>
+        <v>331</v>
       </c>
       <c r="K303" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L303" s="1">
-        <v>9789087226572</v>
+        <v>9789087226596</v>
       </c>
       <c r="M303" s="1">
-        <v>544</v>
+        <v>348</v>
       </c>
       <c r="N303" s="1" t="s">
-        <v>547</v>
+        <v>473</v>
       </c>
       <c r="O303" s="1" t="s">
-        <v>146</v>
+        <v>881</v>
       </c>
       <c r="P303" s="1"/>
       <c r="Q303" s="1"/>
       <c r="R303" s="1" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
     </row>
     <row r="304" spans="1:18">
       <c r="A304" s="1" t="s">
-        <v>886</v>
+        <v>870</v>
       </c>
       <c r="B304" s="1" t="s">
-        <v>887</v>
-[...6 lines deleted...]
-      </c>
+        <v>871</v>
+      </c>
+      <c r="C304" s="1"/>
+      <c r="D304" s="1"/>
       <c r="E304" s="1"/>
       <c r="F304" s="1" t="s">
-        <v>325</v>
+        <v>872</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>889</v>
+        <v>873</v>
       </c>
       <c r="H304" s="1" t="s">
-        <v>890</v>
+        <v>885</v>
       </c>
       <c r="I304" s="1" t="s">
-        <v>526</v>
+        <v>117</v>
       </c>
       <c r="J304" s="1" t="s">
-        <v>332</v>
+        <v>245</v>
       </c>
       <c r="K304" s="1" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L304" s="1"/>
       <c r="M304" s="1">
-        <v>936</v>
+        <v>580</v>
       </c>
       <c r="N304" s="1" t="s">
-        <v>452</v>
+        <v>473</v>
       </c>
       <c r="O304" s="1" t="s">
-        <v>891</v>
+        <v>167</v>
       </c>
       <c r="P304" s="1"/>
       <c r="Q304" s="1"/>
       <c r="R304" s="1" t="s">
-        <v>892</v>
+        <v>875</v>
       </c>
     </row>
     <row r="305" spans="1:18">
       <c r="A305" s="1" t="s">
-        <v>893</v>
+        <v>876</v>
       </c>
       <c r="B305" s="1" t="s">
-        <v>894</v>
+        <v>877</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D305" s="1" t="s">
-        <v>895</v>
-[...4 lines deleted...]
-      </c>
+        <v>878</v>
+      </c>
+      <c r="E305" s="1" t="s">
+        <v>879</v>
+      </c>
+      <c r="F305" s="1"/>
       <c r="G305" s="1" t="s">
-        <v>889</v>
+        <v>873</v>
       </c>
       <c r="H305" s="1" t="s">
-        <v>896</v>
+        <v>886</v>
       </c>
       <c r="I305" s="1" t="s">
-        <v>378</v>
+        <v>396</v>
       </c>
       <c r="J305" s="1" t="s">
-        <v>573</v>
+        <v>331</v>
       </c>
       <c r="K305" s="1" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L305" s="1"/>
       <c r="M305" s="1">
-        <v>312</v>
+        <v>348</v>
       </c>
       <c r="N305" s="1" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="O305" s="1" t="s">
-        <v>582</v>
+        <v>881</v>
       </c>
       <c r="P305" s="1"/>
       <c r="Q305" s="1"/>
       <c r="R305" s="1" t="s">
-        <v>897</v>
+        <v>882</v>
       </c>
     </row>
     <row r="306" spans="1:18">
       <c r="A306" s="1" t="s">
-        <v>898</v>
+        <v>870</v>
       </c>
       <c r="B306" s="1" t="s">
-        <v>899</v>
+        <v>871</v>
       </c>
       <c r="C306" s="1"/>
       <c r="D306" s="1"/>
       <c r="E306" s="1"/>
       <c r="F306" s="1" t="s">
-        <v>900</v>
+        <v>872</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>889</v>
+        <v>873</v>
       </c>
       <c r="H306" s="1" t="s">
-        <v>901</v>
+        <v>887</v>
       </c>
       <c r="I306" s="1" t="s">
-        <v>95</v>
+        <v>124</v>
       </c>
       <c r="J306" s="1" t="s">
-        <v>427</v>
+        <v>248</v>
       </c>
       <c r="K306" s="1" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="L306" s="1">
-        <v>9789087226534</v>
+        <v>9789087226633</v>
       </c>
       <c r="M306" s="1">
-        <v>464</v>
-[...1 lines deleted...]
-      <c r="N306" s="1"/>
+        <v>580</v>
+      </c>
+      <c r="N306" s="1" t="s">
+        <v>473</v>
+      </c>
       <c r="O306" s="1" t="s">
-        <v>902</v>
+        <v>167</v>
       </c>
       <c r="P306" s="1"/>
       <c r="Q306" s="1"/>
       <c r="R306" s="1" t="s">
-        <v>903</v>
+        <v>875</v>
       </c>
     </row>
     <row r="307" spans="1:18">
       <c r="A307" s="1" t="s">
-        <v>904</v>
+        <v>876</v>
       </c>
       <c r="B307" s="1" t="s">
-        <v>905</v>
-[...2 lines deleted...]
-      <c r="D307" s="1"/>
+        <v>877</v>
+      </c>
+      <c r="C307" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D307" s="1" t="s">
+        <v>878</v>
+      </c>
       <c r="E307" s="1" t="s">
-        <v>906</v>
+        <v>879</v>
       </c>
       <c r="F307" s="1"/>
       <c r="G307" s="1" t="s">
-        <v>889</v>
+        <v>873</v>
       </c>
       <c r="H307" s="1" t="s">
-        <v>907</v>
+        <v>888</v>
       </c>
       <c r="I307" s="1" t="s">
-        <v>378</v>
+        <v>399</v>
       </c>
       <c r="J307" s="1" t="s">
-        <v>573</v>
+        <v>593</v>
       </c>
       <c r="K307" s="1" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="L307" s="1">
-        <v>9789087226510</v>
+        <v>9789087226602</v>
       </c>
       <c r="M307" s="1">
-        <v>252</v>
-[...1 lines deleted...]
-      <c r="N307" s="1"/>
+        <v>348</v>
+      </c>
+      <c r="N307" s="1" t="s">
+        <v>473</v>
+      </c>
       <c r="O307" s="1" t="s">
-        <v>908</v>
+        <v>881</v>
       </c>
       <c r="P307" s="1"/>
       <c r="Q307" s="1"/>
       <c r="R307" s="1" t="s">
-        <v>909</v>
+        <v>882</v>
       </c>
     </row>
     <row r="308" spans="1:18">
       <c r="A308" s="1" t="s">
-        <v>904</v>
+        <v>889</v>
       </c>
       <c r="B308" s="1" t="s">
-        <v>905</v>
-[...1 lines deleted...]
-      <c r="C308" s="1"/>
+        <v>890</v>
+      </c>
+      <c r="C308" s="1" t="s">
+        <v>266</v>
+      </c>
       <c r="D308" s="1"/>
-      <c r="E308" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F308" s="1"/>
+      <c r="E308" s="1"/>
+      <c r="F308" s="1" t="s">
+        <v>891</v>
+      </c>
       <c r="G308" s="1" t="s">
-        <v>889</v>
+        <v>892</v>
       </c>
       <c r="H308" s="1" t="s">
-        <v>910</v>
+        <v>893</v>
       </c>
       <c r="I308" s="1" t="s">
-        <v>375</v>
+        <v>399</v>
       </c>
       <c r="J308" s="1" t="s">
-        <v>315</v>
+        <v>593</v>
       </c>
       <c r="K308" s="1" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="L308" s="1">
-        <v>9789087226503</v>
+        <v>9789087226664</v>
       </c>
       <c r="M308" s="1">
-        <v>252</v>
-[...1 lines deleted...]
-      <c r="N308" s="1"/>
+        <v>336</v>
+      </c>
+      <c r="N308" s="1" t="s">
+        <v>567</v>
+      </c>
       <c r="O308" s="1" t="s">
-        <v>908</v>
+        <v>602</v>
       </c>
       <c r="P308" s="1"/>
       <c r="Q308" s="1"/>
       <c r="R308" s="1" t="s">
-        <v>909</v>
+        <v>894</v>
       </c>
     </row>
     <row r="309" spans="1:18">
       <c r="A309" s="1" t="s">
-        <v>886</v>
+        <v>889</v>
       </c>
       <c r="B309" s="1" t="s">
-        <v>887</v>
+        <v>890</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>20</v>
-[...3 lines deleted...]
-      </c>
+        <v>266</v>
+      </c>
+      <c r="D309" s="1"/>
       <c r="E309" s="1"/>
       <c r="F309" s="1" t="s">
-        <v>325</v>
+        <v>891</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>889</v>
+        <v>892</v>
       </c>
       <c r="H309" s="1" t="s">
-        <v>911</v>
+        <v>895</v>
       </c>
       <c r="I309" s="1" t="s">
-        <v>526</v>
+        <v>399</v>
       </c>
       <c r="J309" s="1" t="s">
-        <v>332</v>
+        <v>593</v>
       </c>
       <c r="K309" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L309" s="1"/>
+        <v>25</v>
+      </c>
+      <c r="L309" s="1">
+        <v>9789087226671</v>
+      </c>
       <c r="M309" s="1">
-        <v>936</v>
+        <v>336</v>
       </c>
       <c r="N309" s="1" t="s">
-        <v>452</v>
+        <v>567</v>
       </c>
       <c r="O309" s="1" t="s">
-        <v>891</v>
+        <v>602</v>
       </c>
       <c r="P309" s="1"/>
       <c r="Q309" s="1"/>
       <c r="R309" s="1" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
     </row>
     <row r="310" spans="1:18">
       <c r="A310" s="1" t="s">
-        <v>904</v>
+        <v>896</v>
       </c>
       <c r="B310" s="1" t="s">
-        <v>905</v>
-[...2 lines deleted...]
-      <c r="D310" s="1"/>
+        <v>897</v>
+      </c>
+      <c r="C310" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D310" s="1" t="s">
+        <v>898</v>
+      </c>
       <c r="E310" s="1" t="s">
-        <v>906</v>
+        <v>899</v>
       </c>
       <c r="F310" s="1"/>
       <c r="G310" s="1" t="s">
-        <v>889</v>
+        <v>892</v>
       </c>
       <c r="H310" s="1" t="s">
-        <v>912</v>
+        <v>900</v>
       </c>
       <c r="I310" s="1" t="s">
-        <v>375</v>
+        <v>117</v>
       </c>
       <c r="J310" s="1" t="s">
-        <v>315</v>
+        <v>245</v>
       </c>
       <c r="K310" s="1" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="L310" s="1"/>
       <c r="M310" s="1">
-        <v>252</v>
-[...1 lines deleted...]
-      <c r="N310" s="1"/>
+        <v>544</v>
+      </c>
+      <c r="N310" s="1" t="s">
+        <v>567</v>
+      </c>
       <c r="O310" s="1" t="s">
-        <v>908</v>
+        <v>167</v>
       </c>
       <c r="P310" s="1"/>
       <c r="Q310" s="1"/>
       <c r="R310" s="1" t="s">
-        <v>909</v>
+        <v>901</v>
       </c>
     </row>
     <row r="311" spans="1:18">
       <c r="A311" s="1" t="s">
-        <v>893</v>
+        <v>896</v>
       </c>
       <c r="B311" s="1" t="s">
-        <v>894</v>
+        <v>897</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D311" s="1" t="s">
-        <v>895</v>
-[...4 lines deleted...]
-      </c>
+        <v>898</v>
+      </c>
+      <c r="E311" s="1" t="s">
+        <v>899</v>
+      </c>
+      <c r="F311" s="1"/>
       <c r="G311" s="1" t="s">
-        <v>889</v>
+        <v>892</v>
       </c>
       <c r="H311" s="1" t="s">
-        <v>913</v>
+        <v>902</v>
       </c>
       <c r="I311" s="1" t="s">
-        <v>375</v>
+        <v>117</v>
       </c>
       <c r="J311" s="1" t="s">
-        <v>315</v>
+        <v>245</v>
       </c>
       <c r="K311" s="1" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="L311" s="1">
-        <v>9789087226497</v>
-[...3 lines deleted...]
-      </c>
+        <v>9789087226565</v>
+      </c>
+      <c r="M311" s="1"/>
       <c r="N311" s="1" t="s">
-        <v>472</v>
+        <v>567</v>
       </c>
       <c r="O311" s="1" t="s">
-        <v>582</v>
+        <v>167</v>
       </c>
       <c r="P311" s="1"/>
       <c r="Q311" s="1"/>
       <c r="R311" s="1" t="s">
-        <v>897</v>
+        <v>901</v>
       </c>
     </row>
     <row r="312" spans="1:18">
       <c r="A312" s="1" t="s">
-        <v>898</v>
+        <v>889</v>
       </c>
       <c r="B312" s="1" t="s">
-        <v>899</v>
-[...1 lines deleted...]
-      <c r="C312" s="1"/>
+        <v>890</v>
+      </c>
+      <c r="C312" s="1" t="s">
+        <v>266</v>
+      </c>
       <c r="D312" s="1"/>
       <c r="E312" s="1"/>
       <c r="F312" s="1" t="s">
-        <v>900</v>
+        <v>891</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>889</v>
+        <v>892</v>
       </c>
       <c r="H312" s="1" t="s">
-        <v>914</v>
+        <v>903</v>
       </c>
       <c r="I312" s="1" t="s">
-        <v>112</v>
+        <v>396</v>
       </c>
       <c r="J312" s="1" t="s">
-        <v>742</v>
+        <v>331</v>
       </c>
       <c r="K312" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L312" s="1">
-        <v>9789087226541</v>
+        <v>9789087226657</v>
       </c>
       <c r="M312" s="1">
-        <v>464</v>
-[...1 lines deleted...]
-      <c r="N312" s="1"/>
+        <v>336</v>
+      </c>
+      <c r="N312" s="1" t="s">
+        <v>567</v>
+      </c>
       <c r="O312" s="1" t="s">
-        <v>902</v>
+        <v>602</v>
       </c>
       <c r="P312" s="1"/>
       <c r="Q312" s="1"/>
       <c r="R312" s="1" t="s">
-        <v>903</v>
+        <v>894</v>
       </c>
     </row>
     <row r="313" spans="1:18">
       <c r="A313" s="1" t="s">
-        <v>886</v>
+        <v>889</v>
       </c>
       <c r="B313" s="1" t="s">
-        <v>887</v>
+        <v>890</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>20</v>
-[...3 lines deleted...]
-      </c>
+        <v>266</v>
+      </c>
+      <c r="D313" s="1"/>
       <c r="E313" s="1"/>
       <c r="F313" s="1" t="s">
-        <v>325</v>
+        <v>891</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>889</v>
+        <v>892</v>
       </c>
       <c r="H313" s="1" t="s">
-        <v>915</v>
+        <v>904</v>
       </c>
       <c r="I313" s="1" t="s">
-        <v>531</v>
+        <v>396</v>
       </c>
       <c r="J313" s="1" t="s">
-        <v>96</v>
+        <v>331</v>
       </c>
       <c r="K313" s="1" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L313" s="1"/>
       <c r="M313" s="1">
-        <v>936</v>
+        <v>336</v>
       </c>
       <c r="N313" s="1" t="s">
-        <v>452</v>
+        <v>567</v>
       </c>
       <c r="O313" s="1" t="s">
-        <v>891</v>
+        <v>602</v>
       </c>
       <c r="P313" s="1"/>
       <c r="Q313" s="1"/>
       <c r="R313" s="1" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
     </row>
     <row r="314" spans="1:18">
       <c r="A314" s="1" t="s">
-        <v>893</v>
+        <v>896</v>
       </c>
       <c r="B314" s="1" t="s">
-        <v>894</v>
+        <v>897</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D314" s="1" t="s">
-        <v>895</v>
-[...4 lines deleted...]
-      </c>
+        <v>898</v>
+      </c>
+      <c r="E314" s="1" t="s">
+        <v>899</v>
+      </c>
+      <c r="F314" s="1"/>
       <c r="G314" s="1" t="s">
-        <v>889</v>
+        <v>892</v>
       </c>
       <c r="H314" s="1" t="s">
-        <v>916</v>
+        <v>905</v>
       </c>
       <c r="I314" s="1" t="s">
-        <v>375</v>
+        <v>124</v>
       </c>
       <c r="J314" s="1" t="s">
-        <v>315</v>
+        <v>248</v>
       </c>
       <c r="K314" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L314" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="L314" s="1">
+        <v>9789087226572</v>
+      </c>
       <c r="M314" s="1">
-        <v>312</v>
+        <v>544</v>
       </c>
       <c r="N314" s="1" t="s">
-        <v>472</v>
+        <v>567</v>
       </c>
       <c r="O314" s="1" t="s">
-        <v>582</v>
+        <v>167</v>
       </c>
       <c r="P314" s="1"/>
       <c r="Q314" s="1"/>
       <c r="R314" s="1" t="s">
-        <v>897</v>
+        <v>901</v>
       </c>
     </row>
     <row r="315" spans="1:18">
       <c r="A315" s="1" t="s">
-        <v>898</v>
+        <v>906</v>
       </c>
       <c r="B315" s="1" t="s">
-        <v>899</v>
-[...2 lines deleted...]
-      <c r="D315" s="1"/>
+        <v>907</v>
+      </c>
+      <c r="C315" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D315" s="1" t="s">
+        <v>908</v>
+      </c>
       <c r="E315" s="1"/>
       <c r="F315" s="1" t="s">
-        <v>900</v>
+        <v>347</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>889</v>
+        <v>909</v>
       </c>
       <c r="H315" s="1" t="s">
-        <v>917</v>
+        <v>910</v>
       </c>
       <c r="I315" s="1" t="s">
-        <v>95</v>
+        <v>546</v>
       </c>
       <c r="J315" s="1" t="s">
-        <v>427</v>
+        <v>29</v>
       </c>
       <c r="K315" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L315" s="1"/>
+        <v>38</v>
+      </c>
+      <c r="L315" s="1">
+        <v>9789087226442</v>
+      </c>
       <c r="M315" s="1">
-        <v>464</v>
-[...1 lines deleted...]
-      <c r="N315" s="1"/>
+        <v>936</v>
+      </c>
+      <c r="N315" s="1" t="s">
+        <v>473</v>
+      </c>
       <c r="O315" s="1" t="s">
-        <v>902</v>
+        <v>911</v>
       </c>
       <c r="P315" s="1"/>
       <c r="Q315" s="1"/>
       <c r="R315" s="1" t="s">
-        <v>903</v>
+        <v>912</v>
       </c>
     </row>
     <row r="316" spans="1:18">
       <c r="A316" s="1" t="s">
-        <v>904</v>
+        <v>913</v>
       </c>
       <c r="B316" s="1" t="s">
-        <v>905</v>
-[...6 lines deleted...]
-      <c r="F316" s="1"/>
+        <v>914</v>
+      </c>
+      <c r="C316" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D316" s="1" t="s">
+        <v>915</v>
+      </c>
+      <c r="E316" s="1"/>
+      <c r="F316" s="1" t="s">
+        <v>347</v>
+      </c>
       <c r="G316" s="1" t="s">
-        <v>889</v>
+        <v>909</v>
       </c>
       <c r="H316" s="1" t="s">
-        <v>918</v>
+        <v>916</v>
       </c>
       <c r="I316" s="1" t="s">
-        <v>378</v>
+        <v>399</v>
       </c>
       <c r="J316" s="1" t="s">
-        <v>573</v>
+        <v>593</v>
       </c>
       <c r="K316" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L316" s="1">
-        <v>9789087226527</v>
+        <v>9789087226473</v>
       </c>
       <c r="M316" s="1">
-        <v>252</v>
-[...1 lines deleted...]
-      <c r="N316" s="1"/>
+        <v>312</v>
+      </c>
+      <c r="N316" s="1" t="s">
+        <v>493</v>
+      </c>
       <c r="O316" s="1" t="s">
-        <v>908</v>
+        <v>602</v>
       </c>
       <c r="P316" s="1"/>
       <c r="Q316" s="1"/>
       <c r="R316" s="1" t="s">
-        <v>909</v>
+        <v>917</v>
       </c>
     </row>
     <row r="317" spans="1:18">
       <c r="A317" s="1" t="s">
-        <v>886</v>
+        <v>918</v>
       </c>
       <c r="B317" s="1" t="s">
-        <v>887</v>
-[...10 lines deleted...]
-      </c>
+        <v>919</v>
+      </c>
+      <c r="C317" s="1"/>
+      <c r="D317" s="1"/>
+      <c r="E317" s="1" t="s">
+        <v>920</v>
+      </c>
+      <c r="F317" s="1"/>
       <c r="G317" s="1" t="s">
-        <v>889</v>
+        <v>909</v>
       </c>
       <c r="H317" s="1" t="s">
-        <v>919</v>
+        <v>921</v>
       </c>
       <c r="I317" s="1" t="s">
-        <v>531</v>
+        <v>399</v>
       </c>
       <c r="J317" s="1" t="s">
-        <v>96</v>
+        <v>593</v>
       </c>
       <c r="K317" s="1" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="L317" s="1">
-        <v>9789087226466</v>
+        <v>9789087226510</v>
       </c>
       <c r="M317" s="1">
-        <v>936</v>
-[...3 lines deleted...]
-      </c>
+        <v>252</v>
+      </c>
+      <c r="N317" s="1"/>
       <c r="O317" s="1" t="s">
-        <v>891</v>
+        <v>922</v>
       </c>
       <c r="P317" s="1"/>
       <c r="Q317" s="1"/>
       <c r="R317" s="1" t="s">
-        <v>892</v>
+        <v>923</v>
       </c>
     </row>
     <row r="318" spans="1:18">
       <c r="A318" s="1" t="s">
-        <v>893</v>
+        <v>924</v>
       </c>
       <c r="B318" s="1" t="s">
-        <v>894</v>
-[...6 lines deleted...]
-      </c>
+        <v>925</v>
+      </c>
+      <c r="C318" s="1"/>
+      <c r="D318" s="1"/>
       <c r="E318" s="1"/>
       <c r="F318" s="1" t="s">
-        <v>325</v>
+        <v>926</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>889</v>
+        <v>909</v>
       </c>
       <c r="H318" s="1" t="s">
-        <v>920</v>
+        <v>927</v>
       </c>
       <c r="I318" s="1" t="s">
-        <v>378</v>
+        <v>36</v>
       </c>
       <c r="J318" s="1" t="s">
-        <v>573</v>
+        <v>448</v>
       </c>
       <c r="K318" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L318" s="1">
-        <v>9789087226480</v>
+        <v>9789087226534</v>
       </c>
       <c r="M318" s="1">
-        <v>312</v>
-[...3 lines deleted...]
-      </c>
+        <v>464</v>
+      </c>
+      <c r="N318" s="1"/>
       <c r="O318" s="1" t="s">
-        <v>582</v>
+        <v>928</v>
       </c>
       <c r="P318" s="1"/>
       <c r="Q318" s="1"/>
       <c r="R318" s="1" t="s">
-        <v>897</v>
+        <v>929</v>
       </c>
     </row>
     <row r="319" spans="1:18">
       <c r="A319" s="1" t="s">
-        <v>921</v>
+        <v>918</v>
       </c>
       <c r="B319" s="1" t="s">
-        <v>922</v>
-[...6 lines deleted...]
-      </c>
+        <v>919</v>
+      </c>
+      <c r="C319" s="1"/>
+      <c r="D319" s="1"/>
       <c r="E319" s="1" t="s">
-        <v>924</v>
+        <v>920</v>
       </c>
       <c r="F319" s="1"/>
       <c r="G319" s="1" t="s">
-        <v>925</v>
+        <v>909</v>
       </c>
       <c r="H319" s="1" t="s">
-        <v>926</v>
+        <v>930</v>
       </c>
       <c r="I319" s="1" t="s">
-        <v>24</v>
+        <v>396</v>
       </c>
       <c r="J319" s="1" t="s">
-        <v>213</v>
+        <v>331</v>
       </c>
       <c r="K319" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L319" s="1"/>
+        <v>38</v>
+      </c>
+      <c r="L319" s="1">
+        <v>9789087226503</v>
+      </c>
       <c r="M319" s="1">
-        <v>624</v>
-[...3 lines deleted...]
-      </c>
+        <v>252</v>
+      </c>
+      <c r="N319" s="1"/>
       <c r="O319" s="1" t="s">
-        <v>927</v>
+        <v>922</v>
       </c>
       <c r="P319" s="1"/>
       <c r="Q319" s="1"/>
       <c r="R319" s="1" t="s">
-        <v>928</v>
+        <v>923</v>
       </c>
     </row>
     <row r="320" spans="1:18">
       <c r="A320" s="1" t="s">
-        <v>929</v>
+        <v>906</v>
       </c>
       <c r="B320" s="1" t="s">
-        <v>930</v>
+        <v>907</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>20</v>
+        <v>51</v>
       </c>
       <c r="D320" s="1" t="s">
+        <v>908</v>
+      </c>
+      <c r="E320" s="1"/>
+      <c r="F320" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="G320" s="1" t="s">
+        <v>909</v>
+      </c>
+      <c r="H320" s="1" t="s">
         <v>931</v>
       </c>
-      <c r="E320" s="1" t="s">
-[...8 lines deleted...]
-      </c>
       <c r="I320" s="1" t="s">
-        <v>375</v>
+        <v>546</v>
       </c>
       <c r="J320" s="1" t="s">
-        <v>315</v>
+        <v>29</v>
       </c>
       <c r="K320" s="1" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L320" s="1"/>
       <c r="M320" s="1">
-        <v>340</v>
+        <v>936</v>
       </c>
       <c r="N320" s="1" t="s">
-        <v>452</v>
+        <v>473</v>
       </c>
       <c r="O320" s="1" t="s">
-        <v>934</v>
+        <v>911</v>
       </c>
       <c r="P320" s="1"/>
       <c r="Q320" s="1"/>
       <c r="R320" s="1" t="s">
-        <v>935</v>
+        <v>912</v>
       </c>
     </row>
     <row r="321" spans="1:18">
       <c r="A321" s="1" t="s">
-        <v>929</v>
+        <v>918</v>
       </c>
       <c r="B321" s="1" t="s">
-        <v>930</v>
-[...6 lines deleted...]
-      </c>
+        <v>919</v>
+      </c>
+      <c r="C321" s="1"/>
+      <c r="D321" s="1"/>
       <c r="E321" s="1" t="s">
-        <v>932</v>
+        <v>920</v>
       </c>
       <c r="F321" s="1"/>
       <c r="G321" s="1" t="s">
-        <v>925</v>
+        <v>909</v>
       </c>
       <c r="H321" s="1" t="s">
-        <v>936</v>
+        <v>932</v>
       </c>
       <c r="I321" s="1" t="s">
-        <v>378</v>
+        <v>396</v>
       </c>
       <c r="J321" s="1" t="s">
-        <v>573</v>
+        <v>331</v>
       </c>
       <c r="K321" s="1" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L321" s="1"/>
       <c r="M321" s="1">
-        <v>340</v>
-[...3 lines deleted...]
-      </c>
+        <v>252</v>
+      </c>
+      <c r="N321" s="1"/>
       <c r="O321" s="1" t="s">
-        <v>934</v>
+        <v>922</v>
       </c>
       <c r="P321" s="1"/>
       <c r="Q321" s="1"/>
       <c r="R321" s="1" t="s">
-        <v>935</v>
+        <v>923</v>
       </c>
     </row>
     <row r="322" spans="1:18">
       <c r="A322" s="1" t="s">
-        <v>937</v>
+        <v>913</v>
       </c>
       <c r="B322" s="1" t="s">
-        <v>938</v>
+        <v>914</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="D322" s="1" t="s">
-        <v>939</v>
-[...4 lines deleted...]
-      <c r="F322" s="1"/>
+        <v>915</v>
+      </c>
+      <c r="E322" s="1"/>
+      <c r="F322" s="1" t="s">
+        <v>347</v>
+      </c>
       <c r="G322" s="1" t="s">
-        <v>925</v>
+        <v>909</v>
       </c>
       <c r="H322" s="1" t="s">
-        <v>941</v>
+        <v>933</v>
       </c>
       <c r="I322" s="1" t="s">
-        <v>121</v>
+        <v>396</v>
       </c>
       <c r="J322" s="1" t="s">
-        <v>514</v>
+        <v>331</v>
       </c>
       <c r="K322" s="1" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="L322" s="1">
-        <v>9789087226350</v>
+        <v>9789087226497</v>
       </c>
       <c r="M322" s="1">
-        <v>424</v>
+        <v>312</v>
       </c>
       <c r="N322" s="1" t="s">
-        <v>472</v>
+        <v>493</v>
       </c>
       <c r="O322" s="1" t="s">
-        <v>942</v>
-[...3 lines deleted...]
-      </c>
+        <v>602</v>
+      </c>
+      <c r="P322" s="1"/>
       <c r="Q322" s="1"/>
       <c r="R322" s="1" t="s">
-        <v>944</v>
+        <v>917</v>
       </c>
     </row>
     <row r="323" spans="1:18">
       <c r="A323" s="1" t="s">
-        <v>937</v>
+        <v>924</v>
       </c>
       <c r="B323" s="1" t="s">
-        <v>938</v>
-[...10 lines deleted...]
-      <c r="F323" s="1"/>
+        <v>925</v>
+      </c>
+      <c r="C323" s="1"/>
+      <c r="D323" s="1"/>
+      <c r="E323" s="1"/>
+      <c r="F323" s="1" t="s">
+        <v>926</v>
+      </c>
       <c r="G323" s="1" t="s">
-        <v>925</v>
+        <v>909</v>
       </c>
       <c r="H323" s="1" t="s">
-        <v>945</v>
+        <v>934</v>
       </c>
       <c r="I323" s="1" t="s">
-        <v>125</v>
+        <v>42</v>
       </c>
       <c r="J323" s="1" t="s">
-        <v>518</v>
+        <v>762</v>
       </c>
       <c r="K323" s="1" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="L323" s="1">
-        <v>9789087226374</v>
+        <v>9789087226541</v>
       </c>
       <c r="M323" s="1">
-        <v>424</v>
-[...3 lines deleted...]
-      </c>
+        <v>464</v>
+      </c>
+      <c r="N323" s="1"/>
       <c r="O323" s="1" t="s">
-        <v>942</v>
-[...3 lines deleted...]
-      </c>
+        <v>928</v>
+      </c>
+      <c r="P323" s="1"/>
       <c r="Q323" s="1"/>
       <c r="R323" s="1" t="s">
-        <v>944</v>
+        <v>929</v>
       </c>
     </row>
     <row r="324" spans="1:18">
       <c r="A324" s="1" t="s">
-        <v>937</v>
+        <v>906</v>
       </c>
       <c r="B324" s="1" t="s">
-        <v>938</v>
+        <v>907</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="D324" s="1" t="s">
-        <v>939</v>
-[...4 lines deleted...]
-      <c r="F324" s="1"/>
+        <v>908</v>
+      </c>
+      <c r="E324" s="1"/>
+      <c r="F324" s="1" t="s">
+        <v>347</v>
+      </c>
       <c r="G324" s="1" t="s">
-        <v>925</v>
+        <v>909</v>
       </c>
       <c r="H324" s="1" t="s">
-        <v>946</v>
+        <v>935</v>
       </c>
       <c r="I324" s="1" t="s">
+        <v>551</v>
+      </c>
+      <c r="J324" s="1" t="s">
         <v>121</v>
       </c>
-      <c r="J324" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K324" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L324" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="L324" s="1">
+        <v>9789087226459</v>
+      </c>
       <c r="M324" s="1">
-        <v>424</v>
+        <v>936</v>
       </c>
       <c r="N324" s="1" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="O324" s="1" t="s">
-        <v>942</v>
-[...3 lines deleted...]
-      </c>
+        <v>911</v>
+      </c>
+      <c r="P324" s="1"/>
       <c r="Q324" s="1"/>
       <c r="R324" s="1" t="s">
-        <v>944</v>
+        <v>912</v>
       </c>
     </row>
     <row r="325" spans="1:18">
       <c r="A325" s="1" t="s">
-        <v>921</v>
+        <v>913</v>
       </c>
       <c r="B325" s="1" t="s">
-        <v>922</v>
+        <v>914</v>
       </c>
       <c r="C325" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D325" s="1" t="s">
+        <v>915</v>
+      </c>
+      <c r="E325" s="1"/>
+      <c r="F325" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="G325" s="1" t="s">
+        <v>909</v>
+      </c>
+      <c r="H325" s="1" t="s">
+        <v>936</v>
+      </c>
+      <c r="I325" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="J325" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="K325" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="D325" s="1" t="s">
-[...23 lines deleted...]
-      </c>
+      <c r="L325" s="1"/>
       <c r="M325" s="1">
-        <v>624</v>
+        <v>312</v>
       </c>
       <c r="N325" s="1" t="s">
-        <v>452</v>
+        <v>493</v>
       </c>
       <c r="O325" s="1" t="s">
-        <v>927</v>
+        <v>602</v>
       </c>
       <c r="P325" s="1"/>
       <c r="Q325" s="1"/>
       <c r="R325" s="1" t="s">
-        <v>928</v>
+        <v>917</v>
       </c>
     </row>
     <row r="326" spans="1:18">
       <c r="A326" s="1" t="s">
-        <v>929</v>
+        <v>924</v>
       </c>
       <c r="B326" s="1" t="s">
-        <v>930</v>
-[...10 lines deleted...]
-      <c r="F326" s="1"/>
+        <v>925</v>
+      </c>
+      <c r="C326" s="1"/>
+      <c r="D326" s="1"/>
+      <c r="E326" s="1"/>
+      <c r="F326" s="1" t="s">
+        <v>926</v>
+      </c>
       <c r="G326" s="1" t="s">
-        <v>925</v>
+        <v>909</v>
       </c>
       <c r="H326" s="1" t="s">
-        <v>948</v>
+        <v>937</v>
       </c>
       <c r="I326" s="1" t="s">
-        <v>378</v>
+        <v>36</v>
       </c>
       <c r="J326" s="1" t="s">
-        <v>573</v>
+        <v>448</v>
       </c>
       <c r="K326" s="1" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L326" s="1"/>
       <c r="M326" s="1">
-        <v>340</v>
-[...3 lines deleted...]
-      </c>
+        <v>464</v>
+      </c>
+      <c r="N326" s="1"/>
       <c r="O326" s="1" t="s">
-        <v>934</v>
+        <v>928</v>
       </c>
       <c r="P326" s="1"/>
       <c r="Q326" s="1"/>
       <c r="R326" s="1" t="s">
-        <v>935</v>
+        <v>929</v>
       </c>
     </row>
     <row r="327" spans="1:18">
       <c r="A327" s="1" t="s">
-        <v>937</v>
+        <v>918</v>
       </c>
       <c r="B327" s="1" t="s">
-        <v>938</v>
-[...6 lines deleted...]
-      </c>
+        <v>919</v>
+      </c>
+      <c r="C327" s="1"/>
+      <c r="D327" s="1"/>
       <c r="E327" s="1" t="s">
-        <v>940</v>
+        <v>920</v>
       </c>
       <c r="F327" s="1"/>
       <c r="G327" s="1" t="s">
-        <v>925</v>
+        <v>909</v>
       </c>
       <c r="H327" s="1" t="s">
-        <v>949</v>
+        <v>938</v>
       </c>
       <c r="I327" s="1" t="s">
-        <v>125</v>
+        <v>399</v>
       </c>
       <c r="J327" s="1" t="s">
-        <v>518</v>
+        <v>593</v>
       </c>
       <c r="K327" s="1" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="L327" s="1">
-        <v>9789087226367</v>
+        <v>9789087226527</v>
       </c>
       <c r="M327" s="1">
-        <v>424</v>
-[...3 lines deleted...]
-      </c>
+        <v>252</v>
+      </c>
+      <c r="N327" s="1"/>
       <c r="O327" s="1" t="s">
-        <v>942</v>
-[...3 lines deleted...]
-      </c>
+        <v>922</v>
+      </c>
+      <c r="P327" s="1"/>
       <c r="Q327" s="1"/>
       <c r="R327" s="1" t="s">
-        <v>944</v>
+        <v>923</v>
       </c>
     </row>
     <row r="328" spans="1:18">
       <c r="A328" s="1" t="s">
-        <v>921</v>
+        <v>906</v>
       </c>
       <c r="B328" s="1" t="s">
-        <v>922</v>
+        <v>907</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="D328" s="1" t="s">
-        <v>923</v>
-[...4 lines deleted...]
-      <c r="F328" s="1"/>
+        <v>908</v>
+      </c>
+      <c r="E328" s="1"/>
+      <c r="F328" s="1" t="s">
+        <v>347</v>
+      </c>
       <c r="G328" s="1" t="s">
-        <v>925</v>
+        <v>909</v>
       </c>
       <c r="H328" s="1" t="s">
-        <v>950</v>
+        <v>939</v>
       </c>
       <c r="I328" s="1" t="s">
-        <v>83</v>
+        <v>551</v>
       </c>
       <c r="J328" s="1" t="s">
-        <v>222</v>
+        <v>121</v>
       </c>
       <c r="K328" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L328" s="1">
-        <v>9789087226343</v>
+        <v>9789087226466</v>
       </c>
       <c r="M328" s="1">
-        <v>624</v>
+        <v>936</v>
       </c>
       <c r="N328" s="1" t="s">
-        <v>452</v>
+        <v>473</v>
       </c>
       <c r="O328" s="1" t="s">
-        <v>927</v>
+        <v>911</v>
       </c>
       <c r="P328" s="1"/>
       <c r="Q328" s="1"/>
       <c r="R328" s="1" t="s">
-        <v>928</v>
+        <v>912</v>
       </c>
     </row>
     <row r="329" spans="1:18">
       <c r="A329" s="1" t="s">
-        <v>951</v>
+        <v>913</v>
       </c>
       <c r="B329" s="1" t="s">
-        <v>952</v>
+        <v>914</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="D329" s="1"/>
+        <v>51</v>
+      </c>
+      <c r="D329" s="1" t="s">
+        <v>915</v>
+      </c>
       <c r="E329" s="1"/>
       <c r="F329" s="1" t="s">
-        <v>725</v>
+        <v>347</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>953</v>
+        <v>909</v>
       </c>
       <c r="H329" s="1" t="s">
-        <v>954</v>
+        <v>940</v>
       </c>
       <c r="I329" s="1" t="s">
-        <v>603</v>
+        <v>399</v>
       </c>
       <c r="J329" s="1" t="s">
-        <v>573</v>
+        <v>593</v>
       </c>
       <c r="K329" s="1" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="L329" s="1">
-        <v>9789087226299</v>
+        <v>9789087226480</v>
       </c>
       <c r="M329" s="1">
-        <v>426</v>
-[...1 lines deleted...]
-      <c r="N329" s="1"/>
+        <v>312</v>
+      </c>
+      <c r="N329" s="1" t="s">
+        <v>493</v>
+      </c>
       <c r="O329" s="1" t="s">
-        <v>582</v>
+        <v>602</v>
       </c>
       <c r="P329" s="1"/>
       <c r="Q329" s="1"/>
       <c r="R329" s="1" t="s">
-        <v>955</v>
+        <v>917</v>
       </c>
     </row>
     <row r="330" spans="1:18">
       <c r="A330" s="1" t="s">
-        <v>951</v>
+        <v>941</v>
       </c>
       <c r="B330" s="1" t="s">
-        <v>952</v>
+        <v>942</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>69</v>
-[...5 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="D330" s="1" t="s">
+        <v>943</v>
+      </c>
+      <c r="E330" s="1" t="s">
+        <v>944</v>
+      </c>
+      <c r="F330" s="1"/>
       <c r="G330" s="1" t="s">
-        <v>953</v>
+        <v>945</v>
       </c>
       <c r="H330" s="1" t="s">
-        <v>956</v>
+        <v>946</v>
       </c>
       <c r="I330" s="1" t="s">
-        <v>580</v>
+        <v>55</v>
       </c>
       <c r="J330" s="1" t="s">
-        <v>764</v>
+        <v>24</v>
       </c>
       <c r="K330" s="1" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L330" s="1"/>
       <c r="M330" s="1">
-        <v>426</v>
-[...1 lines deleted...]
-      <c r="N330" s="1"/>
+        <v>624</v>
+      </c>
+      <c r="N330" s="1" t="s">
+        <v>473</v>
+      </c>
       <c r="O330" s="1" t="s">
-        <v>582</v>
+        <v>947</v>
       </c>
       <c r="P330" s="1"/>
       <c r="Q330" s="1"/>
       <c r="R330" s="1" t="s">
-        <v>955</v>
+        <v>948</v>
       </c>
     </row>
     <row r="331" spans="1:18">
       <c r="A331" s="1" t="s">
+        <v>949</v>
+      </c>
+      <c r="B331" s="1" t="s">
+        <v>950</v>
+      </c>
+      <c r="C331" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D331" s="1" t="s">
         <v>951</v>
       </c>
-      <c r="B331" s="1" t="s">
+      <c r="E331" s="1" t="s">
         <v>952</v>
       </c>
-      <c r="C331" s="1" t="s">
-[...6 lines deleted...]
-      </c>
+      <c r="F331" s="1"/>
       <c r="G331" s="1" t="s">
+        <v>945</v>
+      </c>
+      <c r="H331" s="1" t="s">
         <v>953</v>
       </c>
-      <c r="H331" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I331" s="1" t="s">
-        <v>603</v>
+        <v>396</v>
       </c>
       <c r="J331" s="1" t="s">
-        <v>573</v>
+        <v>331</v>
       </c>
       <c r="K331" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L331" s="1"/>
+        <v>38</v>
+      </c>
+      <c r="L331" s="1">
+        <v>9789087226381</v>
+      </c>
       <c r="M331" s="1">
-        <v>426</v>
-[...1 lines deleted...]
-      <c r="N331" s="1"/>
+        <v>340</v>
+      </c>
+      <c r="N331" s="1" t="s">
+        <v>473</v>
+      </c>
       <c r="O331" s="1" t="s">
-        <v>582</v>
+        <v>954</v>
       </c>
       <c r="P331" s="1"/>
       <c r="Q331" s="1"/>
       <c r="R331" s="1" t="s">
         <v>955</v>
       </c>
     </row>
     <row r="332" spans="1:18">
       <c r="A332" s="1" t="s">
+        <v>949</v>
+      </c>
+      <c r="B332" s="1" t="s">
+        <v>950</v>
+      </c>
+      <c r="C332" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D332" s="1" t="s">
         <v>951</v>
       </c>
-      <c r="B332" s="1" t="s">
+      <c r="E332" s="1" t="s">
         <v>952</v>
       </c>
-      <c r="C332" s="1" t="s">
-[...6 lines deleted...]
-      </c>
+      <c r="F332" s="1"/>
       <c r="G332" s="1" t="s">
-        <v>953</v>
+        <v>945</v>
       </c>
       <c r="H332" s="1" t="s">
-        <v>958</v>
+        <v>956</v>
       </c>
       <c r="I332" s="1" t="s">
-        <v>580</v>
+        <v>399</v>
       </c>
       <c r="J332" s="1" t="s">
-        <v>764</v>
+        <v>593</v>
       </c>
       <c r="K332" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L332" s="1">
-        <v>9789087226312</v>
+        <v>9789087226398</v>
       </c>
       <c r="M332" s="1">
-        <v>426</v>
-[...1 lines deleted...]
-      <c r="N332" s="1"/>
+        <v>340</v>
+      </c>
+      <c r="N332" s="1" t="s">
+        <v>473</v>
+      </c>
       <c r="O332" s="1" t="s">
-        <v>582</v>
+        <v>954</v>
       </c>
       <c r="P332" s="1"/>
       <c r="Q332" s="1"/>
       <c r="R332" s="1" t="s">
         <v>955</v>
       </c>
     </row>
     <row r="333" spans="1:18">
       <c r="A333" s="1" t="s">
+        <v>957</v>
+      </c>
+      <c r="B333" s="1" t="s">
+        <v>958</v>
+      </c>
+      <c r="C333" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D333" s="1" t="s">
         <v>959</v>
       </c>
-      <c r="B333" s="1" t="s">
+      <c r="E333" s="1" t="s">
         <v>960</v>
       </c>
-      <c r="C333" s="1" t="s">
-[...8 lines deleted...]
-      </c>
+      <c r="F333" s="1"/>
       <c r="G333" s="1" t="s">
+        <v>945</v>
+      </c>
+      <c r="H333" s="1" t="s">
         <v>961</v>
       </c>
-      <c r="H333" s="1" t="s">
+      <c r="I333" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="J333" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="K333" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="L333" s="1">
+        <v>9789087226350</v>
+      </c>
+      <c r="M333" s="1">
+        <v>424</v>
+      </c>
+      <c r="N333" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="O333" s="1" t="s">
         <v>962</v>
       </c>
-      <c r="I333" s="1" t="s">
-[...20 lines deleted...]
-      <c r="P333" s="1"/>
+      <c r="P333" s="1" t="s">
+        <v>963</v>
+      </c>
       <c r="Q333" s="1"/>
       <c r="R333" s="1" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
     </row>
     <row r="334" spans="1:18">
       <c r="A334" s="1" t="s">
-        <v>964</v>
+        <v>957</v>
       </c>
       <c r="B334" s="1" t="s">
+        <v>958</v>
+      </c>
+      <c r="C334" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D334" s="1" t="s">
+        <v>959</v>
+      </c>
+      <c r="E334" s="1" t="s">
+        <v>960</v>
+      </c>
+      <c r="F334" s="1"/>
+      <c r="G334" s="1" t="s">
+        <v>945</v>
+      </c>
+      <c r="H334" s="1" t="s">
         <v>965</v>
       </c>
-      <c r="C334" s="1" t="s">
-[...14 lines deleted...]
-      </c>
       <c r="I334" s="1" t="s">
-        <v>125</v>
+        <v>145</v>
       </c>
       <c r="J334" s="1" t="s">
-        <v>518</v>
+        <v>538</v>
       </c>
       <c r="K334" s="1" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="L334" s="1">
-        <v>9789087226183</v>
+        <v>9789087226374</v>
       </c>
       <c r="M334" s="1">
         <v>424</v>
       </c>
       <c r="N334" s="1" t="s">
-        <v>480</v>
+        <v>493</v>
       </c>
       <c r="O334" s="1" t="s">
-        <v>969</v>
+        <v>962</v>
       </c>
       <c r="P334" s="1" t="s">
-        <v>970</v>
+        <v>963</v>
       </c>
       <c r="Q334" s="1"/>
       <c r="R334" s="1" t="s">
-        <v>971</v>
+        <v>964</v>
       </c>
     </row>
     <row r="335" spans="1:18">
       <c r="A335" s="1" t="s">
-        <v>964</v>
+        <v>957</v>
       </c>
       <c r="B335" s="1" t="s">
-        <v>965</v>
+        <v>958</v>
       </c>
       <c r="C335" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D335" s="1" t="s">
+        <v>959</v>
+      </c>
+      <c r="E335" s="1" t="s">
+        <v>960</v>
+      </c>
+      <c r="F335" s="1"/>
+      <c r="G335" s="1" t="s">
+        <v>945</v>
+      </c>
+      <c r="H335" s="1" t="s">
+        <v>966</v>
+      </c>
+      <c r="I335" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="J335" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="K335" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="D335" s="1" t="s">
-[...23 lines deleted...]
-      </c>
+      <c r="L335" s="1"/>
       <c r="M335" s="1">
         <v>424</v>
       </c>
       <c r="N335" s="1" t="s">
-        <v>480</v>
+        <v>493</v>
       </c>
       <c r="O335" s="1" t="s">
-        <v>969</v>
+        <v>962</v>
       </c>
       <c r="P335" s="1" t="s">
-        <v>970</v>
+        <v>963</v>
       </c>
       <c r="Q335" s="1"/>
       <c r="R335" s="1" t="s">
-        <v>971</v>
+        <v>964</v>
       </c>
     </row>
     <row r="336" spans="1:18">
       <c r="A336" s="1" t="s">
-        <v>964</v>
+        <v>941</v>
       </c>
       <c r="B336" s="1" t="s">
-        <v>965</v>
+        <v>942</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D336" s="1" t="s">
-        <v>966</v>
-[...2 lines deleted...]
-      <c r="F336" s="1" t="s">
+        <v>943</v>
+      </c>
+      <c r="E336" s="1" t="s">
+        <v>944</v>
+      </c>
+      <c r="F336" s="1"/>
+      <c r="G336" s="1" t="s">
+        <v>945</v>
+      </c>
+      <c r="H336" s="1" t="s">
         <v>967</v>
       </c>
-      <c r="G336" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I336" s="1" t="s">
-        <v>121</v>
+        <v>55</v>
       </c>
       <c r="J336" s="1" t="s">
-        <v>514</v>
+        <v>24</v>
       </c>
       <c r="K336" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L336" s="1"/>
+        <v>38</v>
+      </c>
+      <c r="L336" s="1">
+        <v>9789087226329</v>
+      </c>
       <c r="M336" s="1">
-        <v>424</v>
+        <v>624</v>
       </c>
       <c r="N336" s="1" t="s">
-        <v>480</v>
+        <v>473</v>
       </c>
       <c r="O336" s="1" t="s">
-        <v>969</v>
-[...3 lines deleted...]
-      </c>
+        <v>947</v>
+      </c>
+      <c r="P336" s="1"/>
       <c r="Q336" s="1"/>
       <c r="R336" s="1" t="s">
-        <v>971</v>
+        <v>948</v>
       </c>
     </row>
     <row r="337" spans="1:18">
       <c r="A337" s="1" t="s">
-        <v>964</v>
+        <v>949</v>
       </c>
       <c r="B337" s="1" t="s">
-        <v>965</v>
+        <v>950</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="D337" s="1" t="s">
-        <v>966</v>
-[...4 lines deleted...]
-      </c>
+        <v>951</v>
+      </c>
+      <c r="E337" s="1" t="s">
+        <v>952</v>
+      </c>
+      <c r="F337" s="1"/>
       <c r="G337" s="1" t="s">
-        <v>961</v>
+        <v>945</v>
       </c>
       <c r="H337" s="1" t="s">
-        <v>974</v>
+        <v>968</v>
       </c>
       <c r="I337" s="1" t="s">
-        <v>125</v>
+        <v>399</v>
       </c>
       <c r="J337" s="1" t="s">
-        <v>518</v>
+        <v>593</v>
       </c>
       <c r="K337" s="1" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="L337" s="1">
-        <v>9789087226190</v>
+        <v>9789087226404</v>
       </c>
       <c r="M337" s="1">
-        <v>424</v>
+        <v>340</v>
       </c>
       <c r="N337" s="1" t="s">
-        <v>480</v>
+        <v>473</v>
       </c>
       <c r="O337" s="1" t="s">
-        <v>969</v>
-[...3 lines deleted...]
-      </c>
+        <v>954</v>
+      </c>
+      <c r="P337" s="1"/>
       <c r="Q337" s="1"/>
       <c r="R337" s="1" t="s">
-        <v>971</v>
+        <v>955</v>
       </c>
     </row>
     <row r="338" spans="1:18">
       <c r="A338" s="1" t="s">
-        <v>975</v>
+        <v>957</v>
       </c>
       <c r="B338" s="1" t="s">
-        <v>976</v>
-[...6 lines deleted...]
-      </c>
+        <v>958</v>
+      </c>
+      <c r="C338" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D338" s="1" t="s">
+        <v>959</v>
+      </c>
+      <c r="E338" s="1" t="s">
+        <v>960</v>
+      </c>
+      <c r="F338" s="1"/>
       <c r="G338" s="1" t="s">
-        <v>978</v>
+        <v>945</v>
       </c>
       <c r="H338" s="1" t="s">
-        <v>979</v>
+        <v>969</v>
       </c>
       <c r="I338" s="1" t="s">
-        <v>53</v>
+        <v>145</v>
       </c>
       <c r="J338" s="1" t="s">
-        <v>427</v>
+        <v>538</v>
       </c>
       <c r="K338" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L338" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="L338" s="1">
+        <v>9789087226367</v>
+      </c>
       <c r="M338" s="1">
-        <v>716</v>
+        <v>424</v>
       </c>
       <c r="N338" s="1" t="s">
-        <v>452</v>
+        <v>493</v>
       </c>
       <c r="O338" s="1" t="s">
-        <v>980</v>
+        <v>962</v>
       </c>
       <c r="P338" s="1" t="s">
-        <v>981</v>
+        <v>963</v>
       </c>
       <c r="Q338" s="1"/>
       <c r="R338" s="1" t="s">
-        <v>982</v>
+        <v>964</v>
       </c>
     </row>
     <row r="339" spans="1:18">
       <c r="A339" s="1" t="s">
-        <v>975</v>
+        <v>941</v>
       </c>
       <c r="B339" s="1" t="s">
-        <v>976</v>
-[...6 lines deleted...]
-      </c>
+        <v>942</v>
+      </c>
+      <c r="C339" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D339" s="1" t="s">
+        <v>943</v>
+      </c>
+      <c r="E339" s="1" t="s">
+        <v>944</v>
+      </c>
+      <c r="F339" s="1"/>
       <c r="G339" s="1" t="s">
-        <v>978</v>
+        <v>945</v>
       </c>
       <c r="H339" s="1" t="s">
-        <v>983</v>
+        <v>970</v>
       </c>
       <c r="I339" s="1" t="s">
-        <v>53</v>
+        <v>102</v>
       </c>
       <c r="J339" s="1" t="s">
-        <v>427</v>
+        <v>237</v>
       </c>
       <c r="K339" s="1" t="s">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="L339" s="1">
-        <v>9789087226268</v>
+        <v>9789087226343</v>
       </c>
       <c r="M339" s="1">
-        <v>716</v>
+        <v>624</v>
       </c>
       <c r="N339" s="1" t="s">
-        <v>452</v>
+        <v>473</v>
       </c>
       <c r="O339" s="1" t="s">
-        <v>980</v>
-[...3 lines deleted...]
-      </c>
+        <v>947</v>
+      </c>
+      <c r="P339" s="1"/>
       <c r="Q339" s="1"/>
       <c r="R339" s="1" t="s">
-        <v>982</v>
+        <v>948</v>
       </c>
     </row>
     <row r="340" spans="1:18">
       <c r="A340" s="1" t="s">
-        <v>984</v>
+        <v>971</v>
       </c>
       <c r="B340" s="1" t="s">
-        <v>985</v>
+        <v>972</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>250</v>
+        <v>114</v>
       </c>
       <c r="D340" s="1"/>
       <c r="E340" s="1"/>
       <c r="F340" s="1" t="s">
-        <v>986</v>
+        <v>745</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>978</v>
+        <v>973</v>
       </c>
       <c r="H340" s="1" t="s">
-        <v>987</v>
+        <v>974</v>
       </c>
       <c r="I340" s="1" t="s">
-        <v>121</v>
+        <v>623</v>
       </c>
       <c r="J340" s="1" t="s">
-        <v>514</v>
+        <v>593</v>
       </c>
       <c r="K340" s="1" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="L340" s="1">
-        <v>9789087226206</v>
+        <v>9789087226299</v>
       </c>
       <c r="M340" s="1">
-        <v>470</v>
-[...3 lines deleted...]
-      </c>
+        <v>426</v>
+      </c>
+      <c r="N340" s="1"/>
       <c r="O340" s="1" t="s">
-        <v>614</v>
+        <v>602</v>
       </c>
       <c r="P340" s="1"/>
       <c r="Q340" s="1"/>
       <c r="R340" s="1" t="s">
-        <v>988</v>
+        <v>975</v>
       </c>
     </row>
     <row r="341" spans="1:18">
       <c r="A341" s="1" t="s">
-        <v>975</v>
+        <v>971</v>
       </c>
       <c r="B341" s="1" t="s">
-        <v>976</v>
-[...1 lines deleted...]
-      <c r="C341" s="1"/>
+        <v>972</v>
+      </c>
+      <c r="C341" s="1" t="s">
+        <v>114</v>
+      </c>
       <c r="D341" s="1"/>
       <c r="E341" s="1"/>
       <c r="F341" s="1" t="s">
-        <v>977</v>
+        <v>745</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>978</v>
+        <v>973</v>
       </c>
       <c r="H341" s="1" t="s">
-        <v>989</v>
+        <v>976</v>
       </c>
       <c r="I341" s="1" t="s">
-        <v>33</v>
+        <v>600</v>
       </c>
       <c r="J341" s="1" t="s">
-        <v>742</v>
+        <v>784</v>
       </c>
       <c r="K341" s="1" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="L341" s="1">
-        <v>9789087226282</v>
+        <v>9789087226305</v>
       </c>
       <c r="M341" s="1">
-        <v>716</v>
-[...3 lines deleted...]
-      </c>
+        <v>426</v>
+      </c>
+      <c r="N341" s="1"/>
       <c r="O341" s="1" t="s">
-        <v>980</v>
-[...3 lines deleted...]
-      </c>
+        <v>602</v>
+      </c>
+      <c r="P341" s="1"/>
       <c r="Q341" s="1"/>
       <c r="R341" s="1" t="s">
-        <v>982</v>
+        <v>975</v>
       </c>
     </row>
     <row r="342" spans="1:18">
       <c r="A342" s="1" t="s">
-        <v>984</v>
+        <v>971</v>
       </c>
       <c r="B342" s="1" t="s">
-        <v>985</v>
+        <v>972</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>250</v>
+        <v>114</v>
       </c>
       <c r="D342" s="1"/>
       <c r="E342" s="1"/>
       <c r="F342" s="1" t="s">
-        <v>986</v>
+        <v>745</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>978</v>
+        <v>973</v>
       </c>
       <c r="H342" s="1" t="s">
-        <v>990</v>
+        <v>977</v>
       </c>
       <c r="I342" s="1" t="s">
-        <v>125</v>
+        <v>623</v>
       </c>
       <c r="J342" s="1" t="s">
-        <v>518</v>
+        <v>593</v>
       </c>
       <c r="K342" s="1" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L342" s="1"/>
       <c r="M342" s="1">
-        <v>470</v>
-[...3 lines deleted...]
-      </c>
+        <v>426</v>
+      </c>
+      <c r="N342" s="1"/>
       <c r="O342" s="1" t="s">
-        <v>614</v>
+        <v>602</v>
       </c>
       <c r="P342" s="1"/>
       <c r="Q342" s="1"/>
       <c r="R342" s="1" t="s">
-        <v>988</v>
+        <v>975</v>
       </c>
     </row>
     <row r="343" spans="1:18">
       <c r="A343" s="1" t="s">
-        <v>975</v>
+        <v>971</v>
       </c>
       <c r="B343" s="1" t="s">
-        <v>976</v>
-[...1 lines deleted...]
-      <c r="C343" s="1"/>
+        <v>972</v>
+      </c>
+      <c r="C343" s="1" t="s">
+        <v>114</v>
+      </c>
       <c r="D343" s="1"/>
       <c r="E343" s="1"/>
       <c r="F343" s="1" t="s">
-        <v>977</v>
+        <v>745</v>
       </c>
       <c r="G343" s="1" t="s">
+        <v>973</v>
+      </c>
+      <c r="H343" s="1" t="s">
         <v>978</v>
       </c>
-      <c r="H343" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I343" s="1" t="s">
-        <v>33</v>
+        <v>600</v>
       </c>
       <c r="J343" s="1" t="s">
-        <v>742</v>
+        <v>784</v>
       </c>
       <c r="K343" s="1" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="L343" s="1">
-        <v>9789087226275</v>
+        <v>9789087226312</v>
       </c>
       <c r="M343" s="1">
-        <v>716</v>
-[...3 lines deleted...]
-      </c>
+        <v>426</v>
+      </c>
+      <c r="N343" s="1"/>
       <c r="O343" s="1" t="s">
-        <v>980</v>
-[...3 lines deleted...]
-      </c>
+        <v>602</v>
+      </c>
+      <c r="P343" s="1"/>
       <c r="Q343" s="1"/>
       <c r="R343" s="1" t="s">
-        <v>982</v>
+        <v>975</v>
       </c>
     </row>
     <row r="344" spans="1:18">
       <c r="A344" s="1" t="s">
-        <v>984</v>
+        <v>979</v>
       </c>
       <c r="B344" s="1" t="s">
-        <v>985</v>
+        <v>980</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>250</v>
-[...1 lines deleted...]
-      <c r="D344" s="1"/>
+        <v>141</v>
+      </c>
+      <c r="D344" s="1" t="s">
+        <v>915</v>
+      </c>
       <c r="E344" s="1"/>
       <c r="F344" s="1" t="s">
-        <v>986</v>
+        <v>612</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>978</v>
+        <v>981</v>
       </c>
       <c r="H344" s="1" t="s">
-        <v>992</v>
+        <v>982</v>
       </c>
       <c r="I344" s="1" t="s">
-        <v>125</v>
+        <v>164</v>
       </c>
       <c r="J344" s="1" t="s">
-        <v>518</v>
+        <v>165</v>
       </c>
       <c r="K344" s="1" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="L344" s="1">
-        <v>9789087226213</v>
+        <v>9789087226251</v>
       </c>
       <c r="M344" s="1">
-        <v>470</v>
+        <v>1252</v>
       </c>
       <c r="N344" s="1" t="s">
-        <v>547</v>
+        <v>521</v>
       </c>
       <c r="O344" s="1" t="s">
-        <v>614</v>
+        <v>602</v>
       </c>
       <c r="P344" s="1"/>
       <c r="Q344" s="1"/>
       <c r="R344" s="1" t="s">
-        <v>988</v>
+        <v>983</v>
       </c>
     </row>
     <row r="345" spans="1:18">
       <c r="A345" s="1" t="s">
-        <v>993</v>
+        <v>984</v>
       </c>
       <c r="B345" s="1" t="s">
-        <v>994</v>
+        <v>985</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D345" s="1" t="s">
-        <v>995</v>
+        <v>986</v>
       </c>
       <c r="E345" s="1"/>
       <c r="F345" s="1" t="s">
-        <v>725</v>
+        <v>987</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>996</v>
+        <v>981</v>
       </c>
       <c r="H345" s="1" t="s">
-        <v>997</v>
+        <v>988</v>
       </c>
       <c r="I345" s="1" t="s">
-        <v>53</v>
+        <v>145</v>
       </c>
       <c r="J345" s="1" t="s">
-        <v>310</v>
+        <v>538</v>
       </c>
       <c r="K345" s="1" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="L345" s="1">
-        <v>9789087226145</v>
+        <v>9789087226183</v>
       </c>
       <c r="M345" s="1">
-        <v>885</v>
+        <v>424</v>
       </c>
       <c r="N345" s="1" t="s">
-        <v>452</v>
+        <v>501</v>
       </c>
       <c r="O345" s="1" t="s">
-        <v>146</v>
-[...1 lines deleted...]
-      <c r="P345" s="1"/>
+        <v>989</v>
+      </c>
+      <c r="P345" s="1" t="s">
+        <v>990</v>
+      </c>
       <c r="Q345" s="1"/>
       <c r="R345" s="1" t="s">
-        <v>998</v>
+        <v>991</v>
       </c>
     </row>
     <row r="346" spans="1:18">
       <c r="A346" s="1" t="s">
-        <v>993</v>
+        <v>984</v>
       </c>
       <c r="B346" s="1" t="s">
-        <v>994</v>
+        <v>985</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D346" s="1" t="s">
-        <v>995</v>
+        <v>986</v>
       </c>
       <c r="E346" s="1"/>
       <c r="F346" s="1" t="s">
-        <v>725</v>
+        <v>987</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>996</v>
+        <v>981</v>
       </c>
       <c r="H346" s="1" t="s">
-        <v>999</v>
+        <v>992</v>
       </c>
       <c r="I346" s="1" t="s">
-        <v>53</v>
+        <v>172</v>
       </c>
       <c r="J346" s="1" t="s">
-        <v>310</v>
+        <v>534</v>
       </c>
       <c r="K346" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L346" s="1"/>
+        <v>38</v>
+      </c>
+      <c r="L346" s="1">
+        <v>9789087226176</v>
+      </c>
       <c r="M346" s="1">
-        <v>885</v>
+        <v>424</v>
       </c>
       <c r="N346" s="1" t="s">
-        <v>452</v>
+        <v>501</v>
       </c>
       <c r="O346" s="1" t="s">
-        <v>146</v>
-[...1 lines deleted...]
-      <c r="P346" s="1"/>
+        <v>989</v>
+      </c>
+      <c r="P346" s="1" t="s">
+        <v>990</v>
+      </c>
       <c r="Q346" s="1"/>
       <c r="R346" s="1" t="s">
-        <v>998</v>
+        <v>991</v>
       </c>
     </row>
     <row r="347" spans="1:18">
       <c r="A347" s="1" t="s">
-        <v>993</v>
+        <v>984</v>
       </c>
       <c r="B347" s="1" t="s">
-        <v>994</v>
+        <v>985</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D347" s="1" t="s">
-        <v>995</v>
+        <v>986</v>
       </c>
       <c r="E347" s="1"/>
       <c r="F347" s="1" t="s">
-        <v>725</v>
+        <v>987</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>996</v>
+        <v>981</v>
       </c>
       <c r="H347" s="1" t="s">
-        <v>1000</v>
+        <v>993</v>
       </c>
       <c r="I347" s="1" t="s">
-        <v>33</v>
+        <v>172</v>
       </c>
       <c r="J347" s="1" t="s">
-        <v>1001</v>
+        <v>534</v>
       </c>
       <c r="K347" s="1" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L347" s="1"/>
       <c r="M347" s="1">
-        <v>885</v>
+        <v>424</v>
       </c>
       <c r="N347" s="1" t="s">
-        <v>452</v>
+        <v>501</v>
       </c>
       <c r="O347" s="1" t="s">
-        <v>146</v>
-[...1 lines deleted...]
-      <c r="P347" s="1"/>
+        <v>989</v>
+      </c>
+      <c r="P347" s="1" t="s">
+        <v>990</v>
+      </c>
       <c r="Q347" s="1"/>
       <c r="R347" s="1" t="s">
-        <v>998</v>
+        <v>991</v>
       </c>
     </row>
     <row r="348" spans="1:18">
       <c r="A348" s="1" t="s">
-        <v>1002</v>
+        <v>984</v>
       </c>
       <c r="B348" s="1" t="s">
-        <v>1003</v>
+        <v>985</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="D348" s="1" t="s">
-        <v>895</v>
-[...4 lines deleted...]
-      <c r="F348" s="1"/>
+        <v>986</v>
+      </c>
+      <c r="E348" s="1"/>
+      <c r="F348" s="1" t="s">
+        <v>987</v>
+      </c>
       <c r="G348" s="1" t="s">
-        <v>1004</v>
+        <v>981</v>
       </c>
       <c r="H348" s="1" t="s">
-        <v>1005</v>
+        <v>994</v>
       </c>
       <c r="I348" s="1" t="s">
-        <v>53</v>
+        <v>145</v>
       </c>
       <c r="J348" s="1" t="s">
-        <v>310</v>
+        <v>538</v>
       </c>
       <c r="K348" s="1" t="s">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="L348" s="1">
-        <v>9789087225964</v>
+        <v>9789087226190</v>
       </c>
       <c r="M348" s="1">
-        <v>728</v>
+        <v>424</v>
       </c>
       <c r="N348" s="1" t="s">
-        <v>452</v>
-[...1 lines deleted...]
-      <c r="O348" s="1"/>
+        <v>501</v>
+      </c>
+      <c r="O348" s="1" t="s">
+        <v>989</v>
+      </c>
       <c r="P348" s="1" t="s">
-        <v>1006</v>
+        <v>990</v>
       </c>
       <c r="Q348" s="1"/>
       <c r="R348" s="1" t="s">
-        <v>1007</v>
+        <v>991</v>
       </c>
     </row>
     <row r="349" spans="1:18">
       <c r="A349" s="1" t="s">
-        <v>1008</v>
+        <v>995</v>
       </c>
       <c r="B349" s="1" t="s">
-        <v>1009</v>
-[...1 lines deleted...]
-      <c r="C349" s="1" t="s">
+        <v>996</v>
+      </c>
+      <c r="C349" s="1"/>
+      <c r="D349" s="1"/>
+      <c r="E349" s="1"/>
+      <c r="F349" s="1" t="s">
+        <v>997</v>
+      </c>
+      <c r="G349" s="1" t="s">
+        <v>998</v>
+      </c>
+      <c r="H349" s="1" t="s">
+        <v>999</v>
+      </c>
+      <c r="I349" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="J349" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="K349" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="D349" s="1" t="s">
-[...23 lines deleted...]
-      </c>
+      <c r="L349" s="1"/>
       <c r="M349" s="1">
-        <v>365</v>
+        <v>716</v>
       </c>
       <c r="N349" s="1" t="s">
-        <v>452</v>
-[...2 lines deleted...]
-      <c r="P349" s="1"/>
+        <v>473</v>
+      </c>
+      <c r="O349" s="1" t="s">
+        <v>1000</v>
+      </c>
+      <c r="P349" s="1" t="s">
+        <v>1001</v>
+      </c>
       <c r="Q349" s="1"/>
       <c r="R349" s="1" t="s">
-        <v>1013</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="350" spans="1:18">
       <c r="A350" s="1" t="s">
-        <v>1002</v>
+        <v>995</v>
       </c>
       <c r="B350" s="1" t="s">
+        <v>996</v>
+      </c>
+      <c r="C350" s="1"/>
+      <c r="D350" s="1"/>
+      <c r="E350" s="1"/>
+      <c r="F350" s="1" t="s">
+        <v>997</v>
+      </c>
+      <c r="G350" s="1" t="s">
+        <v>998</v>
+      </c>
+      <c r="H350" s="1" t="s">
         <v>1003</v>
       </c>
-      <c r="C350" s="1" t="s">
-[...14 lines deleted...]
-      </c>
       <c r="I350" s="1" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="J350" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="K350" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="L350" s="1">
+        <v>9789087226268</v>
+      </c>
+      <c r="M350" s="1">
+        <v>716</v>
+      </c>
+      <c r="N350" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="O350" s="1" t="s">
+        <v>1000</v>
+      </c>
+      <c r="P350" s="1" t="s">
         <v>1001</v>
-      </c>
-[...14 lines deleted...]
-        <v>1006</v>
       </c>
       <c r="Q350" s="1"/>
       <c r="R350" s="1" t="s">
-        <v>1007</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="351" spans="1:18">
       <c r="A351" s="1" t="s">
-        <v>1002</v>
+        <v>1004</v>
       </c>
       <c r="B351" s="1" t="s">
-        <v>1003</v>
+        <v>1005</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>45</v>
-[...7 lines deleted...]
-      <c r="F351" s="1"/>
+        <v>266</v>
+      </c>
+      <c r="D351" s="1"/>
+      <c r="E351" s="1"/>
+      <c r="F351" s="1" t="s">
+        <v>1006</v>
+      </c>
       <c r="G351" s="1" t="s">
-        <v>1004</v>
+        <v>998</v>
       </c>
       <c r="H351" s="1" t="s">
-        <v>1015</v>
+        <v>1007</v>
       </c>
       <c r="I351" s="1" t="s">
-        <v>53</v>
+        <v>172</v>
       </c>
       <c r="J351" s="1" t="s">
-        <v>310</v>
+        <v>534</v>
       </c>
       <c r="K351" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L351" s="1"/>
+        <v>38</v>
+      </c>
+      <c r="L351" s="1">
+        <v>9789087226206</v>
+      </c>
       <c r="M351" s="1">
-        <v>728</v>
+        <v>470</v>
       </c>
       <c r="N351" s="1" t="s">
-        <v>452</v>
-[...4 lines deleted...]
-      </c>
+        <v>567</v>
+      </c>
+      <c r="O351" s="1" t="s">
+        <v>634</v>
+      </c>
+      <c r="P351" s="1"/>
       <c r="Q351" s="1"/>
       <c r="R351" s="1" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="352" spans="1:18">
       <c r="A352" s="1" t="s">
-        <v>1002</v>
+        <v>995</v>
       </c>
       <c r="B352" s="1" t="s">
-        <v>1003</v>
-[...10 lines deleted...]
-      <c r="F352" s="1"/>
+        <v>996</v>
+      </c>
+      <c r="C352" s="1"/>
+      <c r="D352" s="1"/>
+      <c r="E352" s="1"/>
+      <c r="F352" s="1" t="s">
+        <v>997</v>
+      </c>
       <c r="G352" s="1" t="s">
-        <v>1004</v>
+        <v>998</v>
       </c>
       <c r="H352" s="1" t="s">
-        <v>1016</v>
+        <v>1009</v>
       </c>
       <c r="I352" s="1" t="s">
-        <v>33</v>
+        <v>62</v>
       </c>
       <c r="J352" s="1" t="s">
+        <v>762</v>
+      </c>
+      <c r="K352" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="L352" s="1">
+        <v>9789087226282</v>
+      </c>
+      <c r="M352" s="1">
+        <v>716</v>
+      </c>
+      <c r="N352" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="O352" s="1" t="s">
+        <v>1000</v>
+      </c>
+      <c r="P352" s="1" t="s">
         <v>1001</v>
-      </c>
-[...14 lines deleted...]
-        <v>1006</v>
       </c>
       <c r="Q352" s="1"/>
       <c r="R352" s="1" t="s">
-        <v>1007</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="353" spans="1:18">
       <c r="A353" s="1" t="s">
-        <v>1008</v>
+        <v>1004</v>
       </c>
       <c r="B353" s="1" t="s">
-        <v>1009</v>
+        <v>1005</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="D353" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="D353" s="1"/>
+      <c r="E353" s="1"/>
+      <c r="F353" s="1" t="s">
+        <v>1006</v>
+      </c>
+      <c r="G353" s="1" t="s">
+        <v>998</v>
+      </c>
+      <c r="H353" s="1" t="s">
         <v>1010</v>
       </c>
-      <c r="E353" s="1" t="s">
-[...8 lines deleted...]
-      </c>
       <c r="I353" s="1" t="s">
-        <v>121</v>
+        <v>145</v>
       </c>
       <c r="J353" s="1" t="s">
-        <v>514</v>
+        <v>538</v>
       </c>
       <c r="K353" s="1" t="s">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="L353" s="1">
-        <v>9789087225902</v>
+        <v>9789087226220</v>
       </c>
       <c r="M353" s="1">
-        <v>365</v>
+        <v>470</v>
       </c>
       <c r="N353" s="1" t="s">
-        <v>452</v>
-[...1 lines deleted...]
-      <c r="O353" s="1"/>
+        <v>567</v>
+      </c>
+      <c r="O353" s="1" t="s">
+        <v>634</v>
+      </c>
       <c r="P353" s="1"/>
       <c r="Q353" s="1"/>
       <c r="R353" s="1" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="354" spans="1:18">
       <c r="A354" s="1" t="s">
-        <v>1008</v>
+        <v>995</v>
       </c>
       <c r="B354" s="1" t="s">
-        <v>1009</v>
-[...7 lines deleted...]
-      <c r="E354" s="1" t="s">
+        <v>996</v>
+      </c>
+      <c r="C354" s="1"/>
+      <c r="D354" s="1"/>
+      <c r="E354" s="1"/>
+      <c r="F354" s="1" t="s">
+        <v>997</v>
+      </c>
+      <c r="G354" s="1" t="s">
+        <v>998</v>
+      </c>
+      <c r="H354" s="1" t="s">
         <v>1011</v>
       </c>
-      <c r="F354" s="1"/>
-[...5 lines deleted...]
-      </c>
       <c r="I354" s="1" t="s">
-        <v>125</v>
+        <v>62</v>
       </c>
       <c r="J354" s="1" t="s">
-        <v>518</v>
+        <v>762</v>
       </c>
       <c r="K354" s="1" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="L354" s="1">
-        <v>9789087225926</v>
+        <v>9789087226275</v>
       </c>
       <c r="M354" s="1">
-        <v>365</v>
+        <v>716</v>
       </c>
       <c r="N354" s="1" t="s">
-        <v>452</v>
-[...2 lines deleted...]
-      <c r="P354" s="1"/>
+        <v>473</v>
+      </c>
+      <c r="O354" s="1" t="s">
+        <v>1000</v>
+      </c>
+      <c r="P354" s="1" t="s">
+        <v>1001</v>
+      </c>
       <c r="Q354" s="1"/>
       <c r="R354" s="1" t="s">
-        <v>1013</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="355" spans="1:18">
       <c r="A355" s="1" t="s">
-        <v>1008</v>
+        <v>1004</v>
       </c>
       <c r="B355" s="1" t="s">
-        <v>1009</v>
+        <v>1005</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>30</v>
-[...7 lines deleted...]
-      <c r="F355" s="1"/>
+        <v>266</v>
+      </c>
+      <c r="D355" s="1"/>
+      <c r="E355" s="1"/>
+      <c r="F355" s="1" t="s">
+        <v>1006</v>
+      </c>
       <c r="G355" s="1" t="s">
-        <v>1004</v>
+        <v>998</v>
       </c>
       <c r="H355" s="1" t="s">
-        <v>1019</v>
+        <v>1012</v>
       </c>
       <c r="I355" s="1" t="s">
-        <v>121</v>
+        <v>145</v>
       </c>
       <c r="J355" s="1" t="s">
-        <v>514</v>
+        <v>538</v>
       </c>
       <c r="K355" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L355" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="L355" s="1">
+        <v>9789087226213</v>
+      </c>
       <c r="M355" s="1">
-        <v>365</v>
+        <v>470</v>
       </c>
       <c r="N355" s="1" t="s">
-        <v>452</v>
-[...1 lines deleted...]
-      <c r="O355" s="1"/>
+        <v>567</v>
+      </c>
+      <c r="O355" s="1" t="s">
+        <v>634</v>
+      </c>
       <c r="P355" s="1"/>
       <c r="Q355" s="1"/>
       <c r="R355" s="1" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="356" spans="1:18">
       <c r="A356" s="1" t="s">
-        <v>1020</v>
+        <v>1013</v>
       </c>
       <c r="B356" s="1" t="s">
-        <v>1021</v>
-[...6 lines deleted...]
-      <c r="F356" s="1"/>
+        <v>1014</v>
+      </c>
+      <c r="C356" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D356" s="1" t="s">
+        <v>1015</v>
+      </c>
+      <c r="E356" s="1"/>
+      <c r="F356" s="1" t="s">
+        <v>745</v>
+      </c>
       <c r="G356" s="1" t="s">
-        <v>1023</v>
+        <v>1016</v>
       </c>
       <c r="H356" s="1" t="s">
-        <v>1024</v>
+        <v>1017</v>
       </c>
       <c r="I356" s="1" t="s">
-        <v>580</v>
+        <v>23</v>
       </c>
       <c r="J356" s="1" t="s">
-        <v>764</v>
+        <v>326</v>
       </c>
       <c r="K356" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L356" s="1">
-        <v>9789087225889</v>
+        <v>9789087226145</v>
       </c>
       <c r="M356" s="1">
-        <v>228</v>
-[...1 lines deleted...]
-      <c r="N356" s="1"/>
+        <v>885</v>
+      </c>
+      <c r="N356" s="1" t="s">
+        <v>473</v>
+      </c>
       <c r="O356" s="1" t="s">
-        <v>1025</v>
+        <v>167</v>
       </c>
       <c r="P356" s="1"/>
       <c r="Q356" s="1"/>
       <c r="R356" s="1" t="s">
-        <v>1026</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="357" spans="1:18">
       <c r="A357" s="1" t="s">
-        <v>1027</v>
+        <v>1013</v>
       </c>
       <c r="B357" s="1" t="s">
-        <v>1028</v>
+        <v>1014</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>20</v>
+        <v>51</v>
       </c>
       <c r="D357" s="1" t="s">
-        <v>1029</v>
-[...4 lines deleted...]
-      <c r="F357" s="1"/>
+        <v>1015</v>
+      </c>
+      <c r="E357" s="1"/>
+      <c r="F357" s="1" t="s">
+        <v>745</v>
+      </c>
       <c r="G357" s="1" t="s">
-        <v>1023</v>
+        <v>1016</v>
       </c>
       <c r="H357" s="1" t="s">
-        <v>1031</v>
+        <v>1019</v>
       </c>
       <c r="I357" s="1" t="s">
-        <v>73</v>
+        <v>23</v>
       </c>
       <c r="J357" s="1" t="s">
-        <v>96</v>
+        <v>326</v>
       </c>
       <c r="K357" s="1" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="L357" s="1"/>
       <c r="M357" s="1">
-        <v>564</v>
+        <v>885</v>
       </c>
       <c r="N357" s="1" t="s">
-        <v>547</v>
+        <v>473</v>
       </c>
       <c r="O357" s="1" t="s">
-        <v>1032</v>
-[...3 lines deleted...]
-      </c>
+        <v>167</v>
+      </c>
+      <c r="P357" s="1"/>
       <c r="Q357" s="1"/>
       <c r="R357" s="1" t="s">
-        <v>1034</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="358" spans="1:18">
       <c r="A358" s="1" t="s">
-        <v>1035</v>
+        <v>1013</v>
       </c>
       <c r="B358" s="1" t="s">
-        <v>1036</v>
+        <v>1014</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="D358" s="1" t="s">
-        <v>1037</v>
-[...4 lines deleted...]
-      <c r="F358" s="1"/>
+        <v>1015</v>
+      </c>
+      <c r="E358" s="1"/>
+      <c r="F358" s="1" t="s">
+        <v>745</v>
+      </c>
       <c r="G358" s="1" t="s">
-        <v>1023</v>
+        <v>1016</v>
       </c>
       <c r="H358" s="1" t="s">
-        <v>1039</v>
+        <v>1020</v>
       </c>
       <c r="I358" s="1" t="s">
-        <v>73</v>
+        <v>62</v>
       </c>
       <c r="J358" s="1" t="s">
-        <v>96</v>
+        <v>1021</v>
       </c>
       <c r="K358" s="1" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="L358" s="1">
-        <v>9789087225841</v>
+        <v>9789087226152</v>
       </c>
       <c r="M358" s="1">
-        <v>432</v>
+        <v>885</v>
       </c>
       <c r="N358" s="1" t="s">
-        <v>452</v>
+        <v>473</v>
       </c>
       <c r="O358" s="1" t="s">
-        <v>429</v>
-[...3 lines deleted...]
-      </c>
+        <v>167</v>
+      </c>
+      <c r="P358" s="1"/>
       <c r="Q358" s="1"/>
       <c r="R358" s="1" t="s">
-        <v>1041</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="359" spans="1:18">
       <c r="A359" s="1" t="s">
-        <v>1035</v>
+        <v>1022</v>
       </c>
       <c r="B359" s="1" t="s">
-        <v>1036</v>
+        <v>1023</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>30</v>
+        <v>75</v>
       </c>
       <c r="D359" s="1" t="s">
-        <v>1037</v>
+        <v>915</v>
       </c>
       <c r="E359" s="1" t="s">
-        <v>1038</v>
+        <v>76</v>
       </c>
       <c r="F359" s="1"/>
       <c r="G359" s="1" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="H359" s="1" t="s">
-        <v>1042</v>
+        <v>1025</v>
       </c>
       <c r="I359" s="1" t="s">
-        <v>99</v>
+        <v>23</v>
       </c>
       <c r="J359" s="1" t="s">
-        <v>471</v>
+        <v>326</v>
       </c>
       <c r="K359" s="1" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="L359" s="1">
-        <v>9789087225865</v>
+        <v>9789087225964</v>
       </c>
       <c r="M359" s="1">
-        <v>432</v>
+        <v>728</v>
       </c>
       <c r="N359" s="1" t="s">
-        <v>452</v>
-[...3 lines deleted...]
-      </c>
+        <v>473</v>
+      </c>
+      <c r="O359" s="1"/>
       <c r="P359" s="1" t="s">
-        <v>1040</v>
+        <v>1026</v>
       </c>
       <c r="Q359" s="1"/>
       <c r="R359" s="1" t="s">
-        <v>1041</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="360" spans="1:18">
       <c r="A360" s="1" t="s">
-        <v>1020</v>
+        <v>1028</v>
       </c>
       <c r="B360" s="1" t="s">
-        <v>1021</v>
-[...2 lines deleted...]
-      <c r="D360" s="1"/>
+        <v>1029</v>
+      </c>
+      <c r="C360" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D360" s="1" t="s">
+        <v>1030</v>
+      </c>
       <c r="E360" s="1" t="s">
-        <v>1022</v>
+        <v>1031</v>
       </c>
       <c r="F360" s="1"/>
       <c r="G360" s="1" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="H360" s="1" t="s">
-        <v>1043</v>
+        <v>1032</v>
       </c>
       <c r="I360" s="1" t="s">
-        <v>603</v>
+        <v>145</v>
       </c>
       <c r="J360" s="1" t="s">
-        <v>573</v>
+        <v>538</v>
       </c>
       <c r="K360" s="1" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="L360" s="1">
-        <v>9789087225872</v>
+        <v>9789087225919</v>
       </c>
       <c r="M360" s="1">
-        <v>228</v>
-[...4 lines deleted...]
-      </c>
+        <v>365</v>
+      </c>
+      <c r="N360" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="O360" s="1"/>
       <c r="P360" s="1"/>
       <c r="Q360" s="1"/>
       <c r="R360" s="1" t="s">
-        <v>1026</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="361" spans="1:18">
       <c r="A361" s="1" t="s">
-        <v>1020</v>
+        <v>1022</v>
       </c>
       <c r="B361" s="1" t="s">
-        <v>1021</v>
-[...2 lines deleted...]
-      <c r="D361" s="1"/>
+        <v>1023</v>
+      </c>
+      <c r="C361" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="D361" s="1" t="s">
+        <v>915</v>
+      </c>
       <c r="E361" s="1" t="s">
-        <v>1022</v>
+        <v>76</v>
       </c>
       <c r="F361" s="1"/>
       <c r="G361" s="1" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="H361" s="1" t="s">
-        <v>1044</v>
+        <v>1034</v>
       </c>
       <c r="I361" s="1" t="s">
-        <v>580</v>
+        <v>62</v>
       </c>
       <c r="J361" s="1" t="s">
-        <v>764</v>
+        <v>1021</v>
       </c>
       <c r="K361" s="1" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="L361" s="1">
-        <v>9789087225896</v>
+        <v>9789087225971</v>
       </c>
       <c r="M361" s="1">
-        <v>228</v>
-[...5 lines deleted...]
-      <c r="P361" s="1"/>
+        <v>728</v>
+      </c>
+      <c r="N361" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="O361" s="1"/>
+      <c r="P361" s="1" t="s">
+        <v>1026</v>
+      </c>
       <c r="Q361" s="1"/>
       <c r="R361" s="1" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="362" spans="1:18">
       <c r="A362" s="1" t="s">
-        <v>1020</v>
+        <v>1022</v>
       </c>
       <c r="B362" s="1" t="s">
-        <v>1021</v>
-[...2 lines deleted...]
-      <c r="D362" s="1"/>
+        <v>1023</v>
+      </c>
+      <c r="C362" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="D362" s="1" t="s">
+        <v>915</v>
+      </c>
       <c r="E362" s="1" t="s">
-        <v>1022</v>
+        <v>76</v>
       </c>
       <c r="F362" s="1"/>
       <c r="G362" s="1" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="H362" s="1" t="s">
-        <v>1045</v>
+        <v>1035</v>
       </c>
       <c r="I362" s="1" t="s">
-        <v>603</v>
+        <v>23</v>
       </c>
       <c r="J362" s="1" t="s">
-        <v>573</v>
+        <v>326</v>
       </c>
       <c r="K362" s="1" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="L362" s="1"/>
       <c r="M362" s="1">
-        <v>228</v>
-[...5 lines deleted...]
-      <c r="P362" s="1"/>
+        <v>728</v>
+      </c>
+      <c r="N362" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="O362" s="1"/>
+      <c r="P362" s="1" t="s">
+        <v>1026</v>
+      </c>
       <c r="Q362" s="1"/>
       <c r="R362" s="1" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="363" spans="1:18">
       <c r="A363" s="1" t="s">
-        <v>1035</v>
+        <v>1022</v>
       </c>
       <c r="B363" s="1" t="s">
-        <v>1036</v>
+        <v>1023</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>30</v>
+        <v>75</v>
       </c>
       <c r="D363" s="1" t="s">
-        <v>1037</v>
+        <v>915</v>
       </c>
       <c r="E363" s="1" t="s">
-        <v>1038</v>
+        <v>76</v>
       </c>
       <c r="F363" s="1"/>
       <c r="G363" s="1" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="H363" s="1" t="s">
-        <v>1046</v>
+        <v>1036</v>
       </c>
       <c r="I363" s="1" t="s">
-        <v>73</v>
+        <v>62</v>
       </c>
       <c r="J363" s="1" t="s">
-        <v>96</v>
+        <v>1021</v>
       </c>
       <c r="K363" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L363" s="1"/>
+        <v>25</v>
+      </c>
+      <c r="L363" s="1">
+        <v>9789087225988</v>
+      </c>
       <c r="M363" s="1">
-        <v>432</v>
+        <v>728</v>
       </c>
       <c r="N363" s="1" t="s">
-        <v>452</v>
-[...3 lines deleted...]
-      </c>
+        <v>473</v>
+      </c>
+      <c r="O363" s="1"/>
       <c r="P363" s="1" t="s">
-        <v>1040</v>
+        <v>1026</v>
       </c>
       <c r="Q363" s="1"/>
       <c r="R363" s="1" t="s">
-        <v>1041</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="364" spans="1:18">
       <c r="A364" s="1" t="s">
-        <v>1035</v>
+        <v>1028</v>
       </c>
       <c r="B364" s="1" t="s">
-        <v>1036</v>
+        <v>1029</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D364" s="1" t="s">
-        <v>1037</v>
+        <v>1030</v>
       </c>
       <c r="E364" s="1" t="s">
-        <v>1038</v>
+        <v>1031</v>
       </c>
       <c r="F364" s="1"/>
       <c r="G364" s="1" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="H364" s="1" t="s">
-        <v>1047</v>
+        <v>1037</v>
       </c>
       <c r="I364" s="1" t="s">
-        <v>99</v>
+        <v>172</v>
       </c>
       <c r="J364" s="1" t="s">
-        <v>471</v>
+        <v>534</v>
       </c>
       <c r="K364" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L364" s="1">
-        <v>9789087225858</v>
+        <v>9789087225902</v>
       </c>
       <c r="M364" s="1">
-        <v>432</v>
+        <v>365</v>
       </c>
       <c r="N364" s="1" t="s">
-        <v>452</v>
-[...6 lines deleted...]
-      </c>
+        <v>473</v>
+      </c>
+      <c r="O364" s="1"/>
+      <c r="P364" s="1"/>
       <c r="Q364" s="1"/>
       <c r="R364" s="1" t="s">
-        <v>1041</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="365" spans="1:18">
       <c r="A365" s="1" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="B365" s="1" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D365" s="1" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="E365" s="1" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="F365" s="1"/>
       <c r="G365" s="1" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="H365" s="1" t="s">
-        <v>1048</v>
+        <v>1038</v>
       </c>
       <c r="I365" s="1" t="s">
-        <v>73</v>
+        <v>145</v>
       </c>
       <c r="J365" s="1" t="s">
-        <v>96</v>
+        <v>538</v>
       </c>
       <c r="K365" s="1" t="s">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="L365" s="1">
-        <v>9789087225728</v>
+        <v>9789087225926</v>
       </c>
       <c r="M365" s="1">
-        <v>564</v>
+        <v>365</v>
       </c>
       <c r="N365" s="1" t="s">
-        <v>547</v>
-[...6 lines deleted...]
-      </c>
+        <v>473</v>
+      </c>
+      <c r="O365" s="1"/>
+      <c r="P365" s="1"/>
       <c r="Q365" s="1"/>
       <c r="R365" s="1" t="s">
-        <v>1034</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="366" spans="1:18">
       <c r="A366" s="1" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="B366" s="1" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D366" s="1" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="E366" s="1" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="F366" s="1"/>
       <c r="G366" s="1" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="H366" s="1" t="s">
-        <v>1049</v>
+        <v>1039</v>
       </c>
       <c r="I366" s="1" t="s">
-        <v>99</v>
+        <v>172</v>
       </c>
       <c r="J366" s="1" t="s">
-        <v>471</v>
+        <v>534</v>
       </c>
       <c r="K366" s="1" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L366" s="1"/>
       <c r="M366" s="1">
-        <v>564</v>
+        <v>365</v>
       </c>
       <c r="N366" s="1" t="s">
-        <v>547</v>
-[...6 lines deleted...]
-      </c>
+        <v>473</v>
+      </c>
+      <c r="O366" s="1"/>
+      <c r="P366" s="1"/>
       <c r="Q366" s="1"/>
       <c r="R366" s="1" t="s">
-        <v>1034</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="367" spans="1:18">
       <c r="A367" s="1" t="s">
-        <v>1027</v>
+        <v>1040</v>
       </c>
       <c r="B367" s="1" t="s">
-        <v>1028</v>
-[...6 lines deleted...]
-      </c>
+        <v>1041</v>
+      </c>
+      <c r="C367" s="1"/>
+      <c r="D367" s="1"/>
       <c r="E367" s="1" t="s">
-        <v>1030</v>
+        <v>1042</v>
       </c>
       <c r="F367" s="1"/>
       <c r="G367" s="1" t="s">
-        <v>1023</v>
+        <v>1043</v>
       </c>
       <c r="H367" s="1" t="s">
-        <v>1050</v>
+        <v>1044</v>
       </c>
       <c r="I367" s="1" t="s">
-        <v>99</v>
+        <v>600</v>
       </c>
       <c r="J367" s="1" t="s">
-        <v>471</v>
+        <v>784</v>
       </c>
       <c r="K367" s="1" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="L367" s="1">
-        <v>9789087225742</v>
+        <v>9789087225889</v>
       </c>
       <c r="M367" s="1">
-        <v>564</v>
-[...3 lines deleted...]
-      </c>
+        <v>228</v>
+      </c>
+      <c r="N367" s="1"/>
       <c r="O367" s="1" t="s">
-        <v>1032</v>
-[...3 lines deleted...]
-      </c>
+        <v>1045</v>
+      </c>
+      <c r="P367" s="1"/>
       <c r="Q367" s="1"/>
       <c r="R367" s="1" t="s">
-        <v>1034</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="368" spans="1:18">
       <c r="A368" s="1" t="s">
-        <v>1051</v>
+        <v>1047</v>
       </c>
       <c r="B368" s="1" t="s">
-        <v>1052</v>
+        <v>1048</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="D368" s="1" t="s">
-        <v>1053</v>
+        <v>1049</v>
       </c>
       <c r="E368" s="1" t="s">
-        <v>1054</v>
+        <v>1050</v>
       </c>
       <c r="F368" s="1"/>
       <c r="G368" s="1" t="s">
-        <v>1055</v>
+        <v>1043</v>
       </c>
       <c r="H368" s="1" t="s">
-        <v>1056</v>
+        <v>1051</v>
       </c>
       <c r="I368" s="1" t="s">
-        <v>24</v>
+        <v>117</v>
       </c>
       <c r="J368" s="1" t="s">
-        <v>213</v>
+        <v>121</v>
       </c>
       <c r="K368" s="1" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L368" s="1"/>
       <c r="M368" s="1">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="N368" s="1"/>
+        <v>564</v>
+      </c>
+      <c r="N368" s="1" t="s">
+        <v>567</v>
+      </c>
       <c r="O368" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="P368" s="1"/>
+        <v>1052</v>
+      </c>
+      <c r="P368" s="1" t="s">
+        <v>1053</v>
+      </c>
       <c r="Q368" s="1"/>
       <c r="R368" s="1" t="s">
-        <v>1057</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="369" spans="1:18">
       <c r="A369" s="1" t="s">
+        <v>1055</v>
+      </c>
+      <c r="B369" s="1" t="s">
+        <v>1056</v>
+      </c>
+      <c r="C369" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D369" s="1" t="s">
+        <v>1057</v>
+      </c>
+      <c r="E369" s="1" t="s">
         <v>1058</v>
-      </c>
-[...10 lines deleted...]
-        <v>1061</v>
       </c>
       <c r="F369" s="1"/>
       <c r="G369" s="1" t="s">
-        <v>1055</v>
+        <v>1043</v>
       </c>
       <c r="H369" s="1" t="s">
-        <v>1062</v>
+        <v>1059</v>
       </c>
       <c r="I369" s="1" t="s">
-        <v>378</v>
+        <v>117</v>
       </c>
       <c r="J369" s="1" t="s">
-        <v>573</v>
+        <v>121</v>
       </c>
       <c r="K369" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L369" s="1">
-        <v>9789087225827</v>
+        <v>9789087225841</v>
       </c>
       <c r="M369" s="1">
-        <v>324</v>
+        <v>432</v>
       </c>
       <c r="N369" s="1" t="s">
-        <v>547</v>
-[...1 lines deleted...]
-      <c r="O369" s="1"/>
+        <v>473</v>
+      </c>
+      <c r="O369" s="1" t="s">
+        <v>450</v>
+      </c>
       <c r="P369" s="1" t="s">
-        <v>1063</v>
+        <v>1060</v>
       </c>
       <c r="Q369" s="1"/>
       <c r="R369" s="1" t="s">
-        <v>1064</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="370" spans="1:18">
       <c r="A370" s="1" t="s">
+        <v>1055</v>
+      </c>
+      <c r="B370" s="1" t="s">
+        <v>1056</v>
+      </c>
+      <c r="C370" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D370" s="1" t="s">
+        <v>1057</v>
+      </c>
+      <c r="E370" s="1" t="s">
         <v>1058</v>
-      </c>
-[...10 lines deleted...]
-        <v>1061</v>
       </c>
       <c r="F370" s="1"/>
       <c r="G370" s="1" t="s">
-        <v>1055</v>
+        <v>1043</v>
       </c>
       <c r="H370" s="1" t="s">
-        <v>1065</v>
+        <v>1062</v>
       </c>
       <c r="I370" s="1" t="s">
-        <v>378</v>
+        <v>124</v>
       </c>
       <c r="J370" s="1" t="s">
-        <v>573</v>
+        <v>492</v>
       </c>
       <c r="K370" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L370" s="1">
-        <v>9789087225834</v>
+        <v>9789087225865</v>
       </c>
       <c r="M370" s="1">
-        <v>324</v>
+        <v>432</v>
       </c>
       <c r="N370" s="1" t="s">
-        <v>547</v>
-[...1 lines deleted...]
-      <c r="O370" s="1"/>
+        <v>473</v>
+      </c>
+      <c r="O370" s="1" t="s">
+        <v>450</v>
+      </c>
       <c r="P370" s="1" t="s">
-        <v>1063</v>
+        <v>1060</v>
       </c>
       <c r="Q370" s="1"/>
       <c r="R370" s="1" t="s">
-        <v>1064</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="371" spans="1:18">
       <c r="A371" s="1" t="s">
-        <v>1058</v>
+        <v>1040</v>
       </c>
       <c r="B371" s="1" t="s">
-        <v>1059</v>
-[...6 lines deleted...]
-      </c>
+        <v>1041</v>
+      </c>
+      <c r="C371" s="1"/>
+      <c r="D371" s="1"/>
       <c r="E371" s="1" t="s">
-        <v>1061</v>
+        <v>1042</v>
       </c>
       <c r="F371" s="1"/>
       <c r="G371" s="1" t="s">
-        <v>1055</v>
+        <v>1043</v>
       </c>
       <c r="H371" s="1" t="s">
-        <v>1066</v>
+        <v>1063</v>
       </c>
       <c r="I371" s="1" t="s">
-        <v>375</v>
+        <v>623</v>
       </c>
       <c r="J371" s="1" t="s">
-        <v>315</v>
+        <v>593</v>
       </c>
       <c r="K371" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L371" s="1"/>
+        <v>38</v>
+      </c>
+      <c r="L371" s="1">
+        <v>9789087225872</v>
+      </c>
       <c r="M371" s="1">
-        <v>324</v>
-[...7 lines deleted...]
-      </c>
+        <v>228</v>
+      </c>
+      <c r="N371" s="1"/>
+      <c r="O371" s="1" t="s">
+        <v>1045</v>
+      </c>
+      <c r="P371" s="1"/>
       <c r="Q371" s="1"/>
       <c r="R371" s="1" t="s">
-        <v>1064</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="372" spans="1:18">
       <c r="A372" s="1" t="s">
-        <v>1058</v>
+        <v>1040</v>
       </c>
       <c r="B372" s="1" t="s">
-        <v>1059</v>
-[...6 lines deleted...]
-      </c>
+        <v>1041</v>
+      </c>
+      <c r="C372" s="1"/>
+      <c r="D372" s="1"/>
       <c r="E372" s="1" t="s">
-        <v>1061</v>
+        <v>1042</v>
       </c>
       <c r="F372" s="1"/>
       <c r="G372" s="1" t="s">
-        <v>1055</v>
+        <v>1043</v>
       </c>
       <c r="H372" s="1" t="s">
-        <v>1067</v>
+        <v>1064</v>
       </c>
       <c r="I372" s="1" t="s">
-        <v>375</v>
+        <v>600</v>
       </c>
       <c r="J372" s="1" t="s">
-        <v>315</v>
+        <v>784</v>
       </c>
       <c r="K372" s="1" t="s">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="L372" s="1">
-        <v>9789087225810</v>
+        <v>9789087225896</v>
       </c>
       <c r="M372" s="1">
-        <v>324</v>
-[...7 lines deleted...]
-      </c>
+        <v>228</v>
+      </c>
+      <c r="N372" s="1"/>
+      <c r="O372" s="1" t="s">
+        <v>1045</v>
+      </c>
+      <c r="P372" s="1"/>
       <c r="Q372" s="1"/>
       <c r="R372" s="1" t="s">
-        <v>1064</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="373" spans="1:18">
       <c r="A373" s="1" t="s">
-        <v>1051</v>
+        <v>1040</v>
       </c>
       <c r="B373" s="1" t="s">
-        <v>1052</v>
-[...6 lines deleted...]
-      </c>
+        <v>1041</v>
+      </c>
+      <c r="C373" s="1"/>
+      <c r="D373" s="1"/>
       <c r="E373" s="1" t="s">
-        <v>1054</v>
+        <v>1042</v>
       </c>
       <c r="F373" s="1"/>
       <c r="G373" s="1" t="s">
-        <v>1055</v>
+        <v>1043</v>
       </c>
       <c r="H373" s="1" t="s">
-        <v>1068</v>
+        <v>1065</v>
       </c>
       <c r="I373" s="1" t="s">
-        <v>83</v>
+        <v>623</v>
       </c>
       <c r="J373" s="1" t="s">
-        <v>222</v>
+        <v>593</v>
       </c>
       <c r="K373" s="1" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L373" s="1"/>
       <c r="M373" s="1">
-        <v>582</v>
+        <v>228</v>
       </c>
       <c r="N373" s="1"/>
       <c r="O373" s="1" t="s">
-        <v>582</v>
+        <v>1045</v>
       </c>
       <c r="P373" s="1"/>
       <c r="Q373" s="1"/>
       <c r="R373" s="1" t="s">
-        <v>1057</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="374" spans="1:18">
       <c r="A374" s="1" t="s">
-        <v>1051</v>
+        <v>1055</v>
       </c>
       <c r="B374" s="1" t="s">
-        <v>1052</v>
+        <v>1056</v>
       </c>
       <c r="C374" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D374" s="1" t="s">
-        <v>1053</v>
+        <v>1057</v>
       </c>
       <c r="E374" s="1" t="s">
-        <v>1054</v>
+        <v>1058</v>
       </c>
       <c r="F374" s="1"/>
       <c r="G374" s="1" t="s">
-        <v>1055</v>
+        <v>1043</v>
       </c>
       <c r="H374" s="1" t="s">
-        <v>1069</v>
+        <v>1066</v>
       </c>
       <c r="I374" s="1" t="s">
-        <v>24</v>
+        <v>117</v>
       </c>
       <c r="J374" s="1" t="s">
-        <v>213</v>
+        <v>121</v>
       </c>
       <c r="K374" s="1" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="L374" s="1"/>
       <c r="M374" s="1">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="N374" s="1"/>
+        <v>432</v>
+      </c>
+      <c r="N374" s="1" t="s">
+        <v>473</v>
+      </c>
       <c r="O374" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="P374" s="1"/>
+        <v>450</v>
+      </c>
+      <c r="P374" s="1" t="s">
+        <v>1060</v>
+      </c>
       <c r="Q374" s="1"/>
       <c r="R374" s="1" t="s">
-        <v>1057</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="375" spans="1:18">
       <c r="A375" s="1" t="s">
-        <v>1051</v>
+        <v>1055</v>
       </c>
       <c r="B375" s="1" t="s">
-        <v>1052</v>
+        <v>1056</v>
       </c>
       <c r="C375" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D375" s="1" t="s">
-        <v>1053</v>
+        <v>1057</v>
       </c>
       <c r="E375" s="1" t="s">
-        <v>1054</v>
+        <v>1058</v>
       </c>
       <c r="F375" s="1"/>
       <c r="G375" s="1" t="s">
-        <v>1055</v>
+        <v>1043</v>
       </c>
       <c r="H375" s="1" t="s">
-        <v>1070</v>
+        <v>1067</v>
       </c>
       <c r="I375" s="1" t="s">
-        <v>83</v>
+        <v>124</v>
       </c>
       <c r="J375" s="1" t="s">
-        <v>222</v>
+        <v>492</v>
       </c>
       <c r="K375" s="1" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="L375" s="1">
-        <v>9789087225797</v>
+        <v>9789087225858</v>
       </c>
       <c r="M375" s="1">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="N375" s="1"/>
+        <v>432</v>
+      </c>
+      <c r="N375" s="1" t="s">
+        <v>473</v>
+      </c>
       <c r="O375" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="P375" s="1"/>
+        <v>450</v>
+      </c>
+      <c r="P375" s="1" t="s">
+        <v>1060</v>
+      </c>
       <c r="Q375" s="1"/>
       <c r="R375" s="1" t="s">
-        <v>1057</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="376" spans="1:18">
       <c r="A376" s="1" t="s">
-        <v>1071</v>
+        <v>1047</v>
       </c>
       <c r="B376" s="1" t="s">
-        <v>1072</v>
+        <v>1048</v>
       </c>
       <c r="C376" s="1" t="s">
-        <v>20</v>
+        <v>51</v>
       </c>
       <c r="D376" s="1" t="s">
-        <v>1073</v>
-[...4 lines deleted...]
-      </c>
+        <v>1049</v>
+      </c>
+      <c r="E376" s="1" t="s">
+        <v>1050</v>
+      </c>
+      <c r="F376" s="1"/>
       <c r="G376" s="1" t="s">
-        <v>1074</v>
+        <v>1043</v>
       </c>
       <c r="H376" s="1" t="s">
-        <v>1075</v>
+        <v>1068</v>
       </c>
       <c r="I376" s="1" t="s">
-        <v>24</v>
+        <v>117</v>
       </c>
       <c r="J376" s="1" t="s">
-        <v>617</v>
+        <v>121</v>
       </c>
       <c r="K376" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L376" s="1">
-        <v>9789087225667</v>
+        <v>9789087225728</v>
       </c>
       <c r="M376" s="1">
-        <v>1004</v>
+        <v>564</v>
       </c>
       <c r="N376" s="1" t="s">
-        <v>452</v>
+        <v>567</v>
       </c>
       <c r="O376" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="P376" s="1"/>
+        <v>1052</v>
+      </c>
+      <c r="P376" s="1" t="s">
+        <v>1053</v>
+      </c>
       <c r="Q376" s="1"/>
       <c r="R376" s="1" t="s">
-        <v>1076</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="377" spans="1:18">
       <c r="A377" s="1" t="s">
-        <v>1077</v>
+        <v>1047</v>
       </c>
       <c r="B377" s="1" t="s">
-        <v>1078</v>
+        <v>1048</v>
       </c>
       <c r="C377" s="1" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="D377" s="1" t="s">
-        <v>1079</v>
+        <v>1049</v>
       </c>
       <c r="E377" s="1" t="s">
-        <v>1080</v>
+        <v>1050</v>
       </c>
       <c r="F377" s="1"/>
       <c r="G377" s="1" t="s">
-        <v>1074</v>
+        <v>1043</v>
       </c>
       <c r="H377" s="1" t="s">
-        <v>1081</v>
+        <v>1069</v>
       </c>
       <c r="I377" s="1" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="J377" s="1" t="s">
-        <v>518</v>
+        <v>492</v>
       </c>
       <c r="K377" s="1" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="L377" s="1">
-        <v>9789087225773</v>
+        <v>9789087225735</v>
       </c>
       <c r="M377" s="1">
-        <v>364</v>
-[...3 lines deleted...]
-      <c r="P377" s="1"/>
+        <v>564</v>
+      </c>
+      <c r="N377" s="1" t="s">
+        <v>567</v>
+      </c>
+      <c r="O377" s="1" t="s">
+        <v>1052</v>
+      </c>
+      <c r="P377" s="1" t="s">
+        <v>1053</v>
+      </c>
       <c r="Q377" s="1"/>
       <c r="R377" s="1" t="s">
-        <v>1082</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="378" spans="1:18">
       <c r="A378" s="1" t="s">
-        <v>1071</v>
+        <v>1047</v>
       </c>
       <c r="B378" s="1" t="s">
-        <v>1072</v>
+        <v>1048</v>
       </c>
       <c r="C378" s="1" t="s">
-        <v>20</v>
+        <v>51</v>
       </c>
       <c r="D378" s="1" t="s">
-        <v>1073</v>
-[...4 lines deleted...]
-      </c>
+        <v>1049</v>
+      </c>
+      <c r="E378" s="1" t="s">
+        <v>1050</v>
+      </c>
+      <c r="F378" s="1"/>
       <c r="G378" s="1" t="s">
-        <v>1074</v>
+        <v>1043</v>
       </c>
       <c r="H378" s="1" t="s">
-        <v>1083</v>
+        <v>1070</v>
       </c>
       <c r="I378" s="1" t="s">
-        <v>63</v>
+        <v>124</v>
       </c>
       <c r="J378" s="1" t="s">
-        <v>613</v>
+        <v>492</v>
       </c>
       <c r="K378" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L378" s="1"/>
+        <v>25</v>
+      </c>
+      <c r="L378" s="1">
+        <v>9789087225742</v>
+      </c>
       <c r="M378" s="1">
-        <v>1004</v>
+        <v>564</v>
       </c>
       <c r="N378" s="1" t="s">
-        <v>452</v>
+        <v>567</v>
       </c>
       <c r="O378" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="P378" s="1"/>
+        <v>1052</v>
+      </c>
+      <c r="P378" s="1" t="s">
+        <v>1053</v>
+      </c>
       <c r="Q378" s="1"/>
       <c r="R378" s="1" t="s">
-        <v>1076</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="379" spans="1:18">
       <c r="A379" s="1" t="s">
-        <v>1077</v>
+        <v>1071</v>
       </c>
       <c r="B379" s="1" t="s">
-        <v>1078</v>
+        <v>1072</v>
       </c>
       <c r="C379" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D379" s="1" t="s">
-        <v>1079</v>
+        <v>1073</v>
       </c>
       <c r="E379" s="1" t="s">
-        <v>1080</v>
+        <v>1074</v>
       </c>
       <c r="F379" s="1"/>
       <c r="G379" s="1" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="H379" s="1" t="s">
-        <v>1084</v>
+        <v>1076</v>
       </c>
       <c r="I379" s="1" t="s">
-        <v>121</v>
+        <v>55</v>
       </c>
       <c r="J379" s="1" t="s">
-        <v>514</v>
+        <v>24</v>
       </c>
       <c r="K379" s="1" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="L379" s="1">
-        <v>9789087225759</v>
+        <v>9789087225780</v>
       </c>
       <c r="M379" s="1">
-        <v>364</v>
+        <v>582</v>
       </c>
       <c r="N379" s="1"/>
-      <c r="O379" s="1"/>
+      <c r="O379" s="1" t="s">
+        <v>602</v>
+      </c>
       <c r="P379" s="1"/>
       <c r="Q379" s="1"/>
       <c r="R379" s="1" t="s">
-        <v>1082</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="380" spans="1:18">
       <c r="A380" s="1" t="s">
-        <v>1071</v>
+        <v>1078</v>
       </c>
       <c r="B380" s="1" t="s">
-        <v>1072</v>
+        <v>1079</v>
       </c>
       <c r="C380" s="1" t="s">
-        <v>20</v>
+        <v>51</v>
       </c>
       <c r="D380" s="1" t="s">
-        <v>1073</v>
-[...4 lines deleted...]
-      </c>
+        <v>1080</v>
+      </c>
+      <c r="E380" s="1" t="s">
+        <v>1081</v>
+      </c>
+      <c r="F380" s="1"/>
       <c r="G380" s="1" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="H380" s="1" t="s">
-        <v>1085</v>
+        <v>1082</v>
       </c>
       <c r="I380" s="1" t="s">
-        <v>63</v>
+        <v>399</v>
       </c>
       <c r="J380" s="1" t="s">
-        <v>613</v>
+        <v>593</v>
       </c>
       <c r="K380" s="1" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="L380" s="1">
-        <v>9789087225650</v>
+        <v>9789087225827</v>
       </c>
       <c r="M380" s="1">
-        <v>1004</v>
+        <v>324</v>
       </c>
       <c r="N380" s="1" t="s">
-        <v>452</v>
-[...4 lines deleted...]
-      <c r="P380" s="1"/>
+        <v>567</v>
+      </c>
+      <c r="O380" s="1"/>
+      <c r="P380" s="1" t="s">
+        <v>1083</v>
+      </c>
       <c r="Q380" s="1"/>
       <c r="R380" s="1" t="s">
-        <v>1076</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="381" spans="1:18">
       <c r="A381" s="1" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="B381" s="1" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="C381" s="1" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="D381" s="1" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
       <c r="E381" s="1" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
       <c r="F381" s="1"/>
       <c r="G381" s="1" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="H381" s="1" t="s">
-        <v>1086</v>
+        <v>1085</v>
       </c>
       <c r="I381" s="1" t="s">
-        <v>125</v>
+        <v>399</v>
       </c>
       <c r="J381" s="1" t="s">
-        <v>518</v>
+        <v>593</v>
       </c>
       <c r="K381" s="1" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="L381" s="1">
-        <v>9789087225766</v>
+        <v>9789087225834</v>
       </c>
       <c r="M381" s="1">
-        <v>364</v>
-[...1 lines deleted...]
-      <c r="N381" s="1"/>
+        <v>324</v>
+      </c>
+      <c r="N381" s="1" t="s">
+        <v>567</v>
+      </c>
       <c r="O381" s="1"/>
-      <c r="P381" s="1"/>
+      <c r="P381" s="1" t="s">
+        <v>1083</v>
+      </c>
       <c r="Q381" s="1"/>
       <c r="R381" s="1" t="s">
-        <v>1082</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="382" spans="1:18">
       <c r="A382" s="1" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="B382" s="1" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="D382" s="1" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
       <c r="E382" s="1" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
       <c r="F382" s="1"/>
       <c r="G382" s="1" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="H382" s="1" t="s">
-        <v>1087</v>
+        <v>1086</v>
       </c>
       <c r="I382" s="1" t="s">
-        <v>121</v>
+        <v>396</v>
       </c>
       <c r="J382" s="1" t="s">
-        <v>514</v>
+        <v>331</v>
       </c>
       <c r="K382" s="1" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="L382" s="1"/>
       <c r="M382" s="1">
-        <v>364</v>
-[...1 lines deleted...]
-      <c r="N382" s="1"/>
+        <v>324</v>
+      </c>
+      <c r="N382" s="1" t="s">
+        <v>567</v>
+      </c>
       <c r="O382" s="1"/>
-      <c r="P382" s="1"/>
+      <c r="P382" s="1" t="s">
+        <v>1083</v>
+      </c>
       <c r="Q382" s="1"/>
       <c r="R382" s="1" t="s">
-        <v>1082</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="383" spans="1:18">
       <c r="A383" s="1" t="s">
-        <v>1088</v>
+        <v>1078</v>
       </c>
       <c r="B383" s="1" t="s">
-        <v>1089</v>
-[...6 lines deleted...]
-      </c>
+        <v>1079</v>
+      </c>
+      <c r="C383" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D383" s="1" t="s">
+        <v>1080</v>
+      </c>
+      <c r="E383" s="1" t="s">
+        <v>1081</v>
+      </c>
+      <c r="F383" s="1"/>
       <c r="G383" s="1" t="s">
-        <v>1091</v>
+        <v>1075</v>
       </c>
       <c r="H383" s="1" t="s">
-        <v>1092</v>
+        <v>1087</v>
       </c>
       <c r="I383" s="1" t="s">
-        <v>832</v>
+        <v>396</v>
       </c>
       <c r="J383" s="1" t="s">
-        <v>108</v>
+        <v>331</v>
       </c>
       <c r="K383" s="1" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="L383" s="1">
-        <v>9789087225575</v>
+        <v>9789087225810</v>
       </c>
       <c r="M383" s="1">
-        <v>468</v>
+        <v>324</v>
       </c>
       <c r="N383" s="1" t="s">
-        <v>472</v>
+        <v>567</v>
       </c>
       <c r="O383" s="1"/>
-      <c r="P383" s="1"/>
+      <c r="P383" s="1" t="s">
+        <v>1083</v>
+      </c>
       <c r="Q383" s="1"/>
       <c r="R383" s="1" t="s">
-        <v>1093</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="384" spans="1:18">
       <c r="A384" s="1" t="s">
-        <v>1094</v>
+        <v>1071</v>
       </c>
       <c r="B384" s="1" t="s">
-        <v>1095</v>
-[...2 lines deleted...]
-      <c r="D384" s="1"/>
+        <v>1072</v>
+      </c>
+      <c r="C384" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D384" s="1" t="s">
+        <v>1073</v>
+      </c>
       <c r="E384" s="1" t="s">
-        <v>1096</v>
+        <v>1074</v>
       </c>
       <c r="F384" s="1"/>
       <c r="G384" s="1" t="s">
-        <v>1091</v>
+        <v>1075</v>
       </c>
       <c r="H384" s="1" t="s">
-        <v>1097</v>
+        <v>1088</v>
       </c>
       <c r="I384" s="1" t="s">
-        <v>83</v>
+        <v>102</v>
       </c>
       <c r="J384" s="1" t="s">
-        <v>222</v>
+        <v>237</v>
       </c>
       <c r="K384" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L384" s="1">
-        <v>9789087225711</v>
+        <v>9789087225803</v>
       </c>
       <c r="M384" s="1">
-        <v>608</v>
-[...3 lines deleted...]
-      </c>
+        <v>582</v>
+      </c>
+      <c r="N384" s="1"/>
       <c r="O384" s="1" t="s">
-        <v>582</v>
+        <v>602</v>
       </c>
       <c r="P384" s="1"/>
       <c r="Q384" s="1"/>
       <c r="R384" s="1" t="s">
-        <v>1098</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="385" spans="1:18">
       <c r="A385" s="1" t="s">
-        <v>1094</v>
+        <v>1071</v>
       </c>
       <c r="B385" s="1" t="s">
-        <v>1095</v>
-[...2 lines deleted...]
-      <c r="D385" s="1"/>
+        <v>1072</v>
+      </c>
+      <c r="C385" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D385" s="1" t="s">
+        <v>1073</v>
+      </c>
       <c r="E385" s="1" t="s">
-        <v>1096</v>
+        <v>1074</v>
       </c>
       <c r="F385" s="1"/>
       <c r="G385" s="1" t="s">
-        <v>1091</v>
+        <v>1075</v>
       </c>
       <c r="H385" s="1" t="s">
-        <v>1099</v>
+        <v>1089</v>
       </c>
       <c r="I385" s="1" t="s">
-        <v>83</v>
+        <v>55</v>
       </c>
       <c r="J385" s="1" t="s">
-        <v>222</v>
+        <v>24</v>
       </c>
       <c r="K385" s="1" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L385" s="1"/>
       <c r="M385" s="1">
-        <v>608</v>
-[...3 lines deleted...]
-      </c>
+        <v>582</v>
+      </c>
+      <c r="N385" s="1"/>
       <c r="O385" s="1" t="s">
-        <v>582</v>
+        <v>602</v>
       </c>
       <c r="P385" s="1"/>
       <c r="Q385" s="1"/>
       <c r="R385" s="1" t="s">
-        <v>1098</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="386" spans="1:18">
       <c r="A386" s="1" t="s">
-        <v>1088</v>
+        <v>1071</v>
       </c>
       <c r="B386" s="1" t="s">
-        <v>1089</v>
-[...4 lines deleted...]
-      <c r="F386" s="1" t="s">
+        <v>1072</v>
+      </c>
+      <c r="C386" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D386" s="1" t="s">
+        <v>1073</v>
+      </c>
+      <c r="E386" s="1" t="s">
+        <v>1074</v>
+      </c>
+      <c r="F386" s="1"/>
+      <c r="G386" s="1" t="s">
+        <v>1075</v>
+      </c>
+      <c r="H386" s="1" t="s">
         <v>1090</v>
       </c>
-      <c r="G386" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I386" s="1" t="s">
-        <v>846</v>
+        <v>102</v>
       </c>
       <c r="J386" s="1" t="s">
-        <v>113</v>
+        <v>237</v>
       </c>
       <c r="K386" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L386" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="L386" s="1">
+        <v>9789087225797</v>
+      </c>
       <c r="M386" s="1">
-        <v>468</v>
-[...4 lines deleted...]
-      <c r="O386" s="1"/>
+        <v>582</v>
+      </c>
+      <c r="N386" s="1"/>
+      <c r="O386" s="1" t="s">
+        <v>602</v>
+      </c>
       <c r="P386" s="1"/>
       <c r="Q386" s="1"/>
       <c r="R386" s="1" t="s">
-        <v>1093</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="387" spans="1:18">
       <c r="A387" s="1" t="s">
-        <v>1088</v>
+        <v>1091</v>
       </c>
       <c r="B387" s="1" t="s">
-        <v>1089</v>
-[...2 lines deleted...]
-      <c r="D387" s="1"/>
+        <v>1092</v>
+      </c>
+      <c r="C387" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D387" s="1" t="s">
+        <v>1093</v>
+      </c>
       <c r="E387" s="1"/>
       <c r="F387" s="1" t="s">
-        <v>1090</v>
+        <v>745</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>1091</v>
+        <v>1094</v>
       </c>
       <c r="H387" s="1" t="s">
-        <v>1101</v>
+        <v>1095</v>
       </c>
       <c r="I387" s="1" t="s">
-        <v>846</v>
+        <v>55</v>
       </c>
       <c r="J387" s="1" t="s">
-        <v>113</v>
+        <v>637</v>
       </c>
       <c r="K387" s="1" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="L387" s="1">
-        <v>9789087225551</v>
+        <v>9789087225667</v>
       </c>
       <c r="M387" s="1">
-        <v>468</v>
+        <v>1004</v>
       </c>
       <c r="N387" s="1" t="s">
-        <v>472</v>
-[...1 lines deleted...]
-      <c r="O387" s="1"/>
+        <v>473</v>
+      </c>
+      <c r="O387" s="1" t="s">
+        <v>602</v>
+      </c>
       <c r="P387" s="1"/>
       <c r="Q387" s="1"/>
       <c r="R387" s="1" t="s">
-        <v>1093</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="388" spans="1:18">
       <c r="A388" s="1" t="s">
-        <v>1094</v>
+        <v>1097</v>
       </c>
       <c r="B388" s="1" t="s">
-        <v>1095</v>
-[...2 lines deleted...]
-      <c r="D388" s="1"/>
+        <v>1098</v>
+      </c>
+      <c r="C388" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D388" s="1" t="s">
+        <v>1099</v>
+      </c>
       <c r="E388" s="1" t="s">
-        <v>1096</v>
+        <v>1100</v>
       </c>
       <c r="F388" s="1"/>
       <c r="G388" s="1" t="s">
-        <v>1091</v>
+        <v>1094</v>
       </c>
       <c r="H388" s="1" t="s">
-        <v>1102</v>
+        <v>1101</v>
       </c>
       <c r="I388" s="1" t="s">
-        <v>24</v>
+        <v>145</v>
       </c>
       <c r="J388" s="1" t="s">
-        <v>213</v>
+        <v>538</v>
       </c>
       <c r="K388" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L388" s="1"/>
+        <v>25</v>
+      </c>
+      <c r="L388" s="1">
+        <v>9789087225773</v>
+      </c>
       <c r="M388" s="1">
-        <v>608</v>
-[...6 lines deleted...]
-      </c>
+        <v>364</v>
+      </c>
+      <c r="N388" s="1"/>
+      <c r="O388" s="1"/>
       <c r="P388" s="1"/>
       <c r="Q388" s="1"/>
       <c r="R388" s="1" t="s">
-        <v>1098</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="389" spans="1:18">
       <c r="A389" s="1" t="s">
+        <v>1091</v>
+      </c>
+      <c r="B389" s="1" t="s">
+        <v>1092</v>
+      </c>
+      <c r="C389" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D389" s="1" t="s">
+        <v>1093</v>
+      </c>
+      <c r="E389" s="1"/>
+      <c r="F389" s="1" t="s">
+        <v>745</v>
+      </c>
+      <c r="G389" s="1" t="s">
         <v>1094</v>
-      </c>
-[...10 lines deleted...]
-        <v>1091</v>
       </c>
       <c r="H389" s="1" t="s">
         <v>1103</v>
       </c>
       <c r="I389" s="1" t="s">
-        <v>24</v>
+        <v>82</v>
       </c>
       <c r="J389" s="1" t="s">
-        <v>213</v>
+        <v>633</v>
       </c>
       <c r="K389" s="1" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L389" s="1"/>
       <c r="M389" s="1">
-        <v>608</v>
+        <v>1004</v>
       </c>
       <c r="N389" s="1" t="s">
-        <v>452</v>
+        <v>473</v>
       </c>
       <c r="O389" s="1" t="s">
-        <v>582</v>
+        <v>602</v>
       </c>
       <c r="P389" s="1"/>
       <c r="Q389" s="1"/>
       <c r="R389" s="1" t="s">
-        <v>1098</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="390" spans="1:18">
       <c r="A390" s="1" t="s">
-        <v>1088</v>
+        <v>1097</v>
       </c>
       <c r="B390" s="1" t="s">
-        <v>1089</v>
-[...6 lines deleted...]
-      </c>
+        <v>1098</v>
+      </c>
+      <c r="C390" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D390" s="1" t="s">
+        <v>1099</v>
+      </c>
+      <c r="E390" s="1" t="s">
+        <v>1100</v>
+      </c>
+      <c r="F390" s="1"/>
       <c r="G390" s="1" t="s">
-        <v>1091</v>
+        <v>1094</v>
       </c>
       <c r="H390" s="1" t="s">
         <v>1104</v>
       </c>
       <c r="I390" s="1" t="s">
-        <v>832</v>
+        <v>172</v>
       </c>
       <c r="J390" s="1" t="s">
-        <v>108</v>
+        <v>534</v>
       </c>
       <c r="K390" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L390" s="1">
-        <v>9789087225568</v>
+        <v>9789087225759</v>
       </c>
       <c r="M390" s="1">
-        <v>468</v>
-[...3 lines deleted...]
-      </c>
+        <v>364</v>
+      </c>
+      <c r="N390" s="1"/>
       <c r="O390" s="1"/>
       <c r="P390" s="1"/>
       <c r="Q390" s="1"/>
       <c r="R390" s="1" t="s">
-        <v>1093</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="391" spans="1:18">
       <c r="A391" s="1" t="s">
-        <v>1105</v>
+        <v>1091</v>
       </c>
       <c r="B391" s="1" t="s">
-        <v>1106</v>
-[...2 lines deleted...]
-      <c r="D391" s="1"/>
+        <v>1092</v>
+      </c>
+      <c r="C391" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D391" s="1" t="s">
+        <v>1093</v>
+      </c>
       <c r="E391" s="1"/>
       <c r="F391" s="1" t="s">
-        <v>1107</v>
+        <v>745</v>
       </c>
       <c r="G391" s="1" t="s">
-        <v>1108</v>
+        <v>1094</v>
       </c>
       <c r="H391" s="1" t="s">
-        <v>1109</v>
+        <v>1105</v>
       </c>
       <c r="I391" s="1" t="s">
-        <v>99</v>
+        <v>82</v>
       </c>
       <c r="J391" s="1" t="s">
-        <v>227</v>
+        <v>633</v>
       </c>
       <c r="K391" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L391" s="1">
-        <v>9789087225506</v>
+        <v>9789087225650</v>
       </c>
       <c r="M391" s="1">
-        <v>596</v>
+        <v>1004</v>
       </c>
       <c r="N391" s="1" t="s">
-        <v>452</v>
+        <v>473</v>
       </c>
       <c r="O391" s="1" t="s">
-        <v>146</v>
+        <v>602</v>
       </c>
       <c r="P391" s="1"/>
       <c r="Q391" s="1"/>
       <c r="R391" s="1" t="s">
-        <v>1110</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="392" spans="1:18">
       <c r="A392" s="1" t="s">
-        <v>1111</v>
+        <v>1097</v>
       </c>
       <c r="B392" s="1" t="s">
-        <v>1112</v>
+        <v>1098</v>
       </c>
       <c r="C392" s="1" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="D392" s="1" t="s">
-        <v>888</v>
-[...4 lines deleted...]
-      </c>
+        <v>1099</v>
+      </c>
+      <c r="E392" s="1" t="s">
+        <v>1100</v>
+      </c>
+      <c r="F392" s="1"/>
       <c r="G392" s="1" t="s">
-        <v>1108</v>
+        <v>1094</v>
       </c>
       <c r="H392" s="1" t="s">
-        <v>1113</v>
+        <v>1106</v>
       </c>
       <c r="I392" s="1" t="s">
-        <v>594</v>
+        <v>145</v>
       </c>
       <c r="J392" s="1" t="s">
-        <v>595</v>
+        <v>538</v>
       </c>
       <c r="K392" s="1" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="L392" s="1">
-        <v>9789087225537</v>
+        <v>9789087225766</v>
       </c>
       <c r="M392" s="1">
-        <v>1022</v>
-[...6 lines deleted...]
-      </c>
+        <v>364</v>
+      </c>
+      <c r="N392" s="1"/>
+      <c r="O392" s="1"/>
       <c r="P392" s="1"/>
       <c r="Q392" s="1"/>
       <c r="R392" s="1" t="s">
-        <v>1115</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="393" spans="1:18">
       <c r="A393" s="1" t="s">
-        <v>1116</v>
+        <v>1097</v>
       </c>
       <c r="B393" s="1" t="s">
-        <v>1117</v>
-[...6 lines deleted...]
-      </c>
+        <v>1098</v>
+      </c>
+      <c r="C393" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D393" s="1" t="s">
+        <v>1099</v>
+      </c>
+      <c r="E393" s="1" t="s">
+        <v>1100</v>
+      </c>
+      <c r="F393" s="1"/>
       <c r="G393" s="1" t="s">
-        <v>1108</v>
+        <v>1094</v>
       </c>
       <c r="H393" s="1" t="s">
-        <v>1119</v>
+        <v>1107</v>
       </c>
       <c r="I393" s="1" t="s">
-        <v>440</v>
+        <v>172</v>
       </c>
       <c r="J393" s="1" t="s">
-        <v>432</v>
+        <v>534</v>
       </c>
       <c r="K393" s="1" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="L393" s="1"/>
       <c r="M393" s="1">
-        <v>356</v>
-[...9 lines deleted...]
-      </c>
+        <v>364</v>
+      </c>
+      <c r="N393" s="1"/>
+      <c r="O393" s="1"/>
+      <c r="P393" s="1"/>
       <c r="Q393" s="1"/>
       <c r="R393" s="1" t="s">
-        <v>1122</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="394" spans="1:18">
       <c r="A394" s="1" t="s">
-        <v>1111</v>
+        <v>1108</v>
       </c>
       <c r="B394" s="1" t="s">
-        <v>1112</v>
-[...6 lines deleted...]
-      </c>
+        <v>1109</v>
+      </c>
+      <c r="C394" s="1"/>
+      <c r="D394" s="1"/>
       <c r="E394" s="1"/>
       <c r="F394" s="1" t="s">
-        <v>46</v>
+        <v>1110</v>
       </c>
       <c r="G394" s="1" t="s">
-        <v>1108</v>
+        <v>1111</v>
       </c>
       <c r="H394" s="1" t="s">
-        <v>1123</v>
+        <v>1112</v>
       </c>
       <c r="I394" s="1" t="s">
-        <v>309</v>
+        <v>852</v>
       </c>
       <c r="J394" s="1" t="s">
-        <v>599</v>
+        <v>134</v>
       </c>
       <c r="K394" s="1" t="s">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="L394" s="1">
-        <v>9789087225520</v>
+        <v>9789087225575</v>
       </c>
       <c r="M394" s="1">
-        <v>1022</v>
+        <v>468</v>
       </c>
       <c r="N394" s="1" t="s">
-        <v>452</v>
-[...3 lines deleted...]
-      </c>
+        <v>493</v>
+      </c>
+      <c r="O394" s="1"/>
       <c r="P394" s="1"/>
       <c r="Q394" s="1"/>
       <c r="R394" s="1" t="s">
-        <v>1115</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="395" spans="1:18">
       <c r="A395" s="1" t="s">
+        <v>1114</v>
+      </c>
+      <c r="B395" s="1" t="s">
+        <v>1115</v>
+      </c>
+      <c r="C395" s="1"/>
+      <c r="D395" s="1"/>
+      <c r="E395" s="1" t="s">
+        <v>1116</v>
+      </c>
+      <c r="F395" s="1"/>
+      <c r="G395" s="1" t="s">
         <v>1111</v>
       </c>
-      <c r="B395" s="1" t="s">
-[...14 lines deleted...]
-      </c>
       <c r="H395" s="1" t="s">
-        <v>1124</v>
+        <v>1117</v>
       </c>
       <c r="I395" s="1" t="s">
-        <v>309</v>
+        <v>102</v>
       </c>
       <c r="J395" s="1" t="s">
-        <v>599</v>
+        <v>237</v>
       </c>
       <c r="K395" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L395" s="1"/>
+        <v>25</v>
+      </c>
+      <c r="L395" s="1">
+        <v>9789087225711</v>
+      </c>
       <c r="M395" s="1">
-        <v>1022</v>
+        <v>608</v>
       </c>
       <c r="N395" s="1" t="s">
-        <v>452</v>
+        <v>473</v>
       </c>
       <c r="O395" s="1" t="s">
-        <v>1114</v>
+        <v>602</v>
       </c>
       <c r="P395" s="1"/>
       <c r="Q395" s="1"/>
       <c r="R395" s="1" t="s">
-        <v>1115</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="396" spans="1:18">
       <c r="A396" s="1" t="s">
-        <v>1116</v>
+        <v>1114</v>
       </c>
       <c r="B396" s="1" t="s">
-        <v>1117</v>
+        <v>1115</v>
       </c>
       <c r="C396" s="1"/>
       <c r="D396" s="1"/>
-      <c r="E396" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="E396" s="1" t="s">
+        <v>1116</v>
+      </c>
+      <c r="F396" s="1"/>
       <c r="G396" s="1" t="s">
-        <v>1108</v>
+        <v>1111</v>
       </c>
       <c r="H396" s="1" t="s">
-        <v>1125</v>
+        <v>1119</v>
       </c>
       <c r="I396" s="1" t="s">
-        <v>440</v>
+        <v>102</v>
       </c>
       <c r="J396" s="1" t="s">
-        <v>432</v>
+        <v>237</v>
       </c>
       <c r="K396" s="1" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="L396" s="1">
-        <v>9789087225582</v>
+        <v>9789087225704</v>
       </c>
       <c r="M396" s="1">
-        <v>356</v>
+        <v>608</v>
       </c>
       <c r="N396" s="1" t="s">
-        <v>1120</v>
+        <v>473</v>
       </c>
       <c r="O396" s="1" t="s">
-        <v>582</v>
-[...3 lines deleted...]
-      </c>
+        <v>602</v>
+      </c>
+      <c r="P396" s="1"/>
       <c r="Q396" s="1"/>
       <c r="R396" s="1" t="s">
-        <v>1122</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="397" spans="1:18">
       <c r="A397" s="1" t="s">
-        <v>1126</v>
+        <v>1108</v>
       </c>
       <c r="B397" s="1" t="s">
-        <v>1127</v>
-[...1 lines deleted...]
-      <c r="C397" s="1" t="s">
+        <v>1109</v>
+      </c>
+      <c r="C397" s="1"/>
+      <c r="D397" s="1"/>
+      <c r="E397" s="1"/>
+      <c r="F397" s="1" t="s">
+        <v>1110</v>
+      </c>
+      <c r="G397" s="1" t="s">
+        <v>1111</v>
+      </c>
+      <c r="H397" s="1" t="s">
+        <v>1120</v>
+      </c>
+      <c r="I397" s="1" t="s">
+        <v>866</v>
+      </c>
+      <c r="J397" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="K397" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="D397" s="1" t="s">
-[...23 lines deleted...]
-      </c>
+      <c r="L397" s="1"/>
       <c r="M397" s="1">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="N397" s="1" t="s">
-        <v>452</v>
-[...3 lines deleted...]
-      </c>
+        <v>493</v>
+      </c>
+      <c r="O397" s="1"/>
       <c r="P397" s="1"/>
       <c r="Q397" s="1"/>
       <c r="R397" s="1" t="s">
-        <v>1131</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="398" spans="1:18">
       <c r="A398" s="1" t="s">
-        <v>1126</v>
+        <v>1108</v>
       </c>
       <c r="B398" s="1" t="s">
-        <v>1127</v>
-[...10 lines deleted...]
-      <c r="F398" s="1"/>
+        <v>1109</v>
+      </c>
+      <c r="C398" s="1"/>
+      <c r="D398" s="1"/>
+      <c r="E398" s="1"/>
+      <c r="F398" s="1" t="s">
+        <v>1110</v>
+      </c>
       <c r="G398" s="1" t="s">
-        <v>1108</v>
+        <v>1111</v>
       </c>
       <c r="H398" s="1" t="s">
-        <v>1132</v>
+        <v>1121</v>
       </c>
       <c r="I398" s="1" t="s">
-        <v>73</v>
+        <v>866</v>
       </c>
       <c r="J398" s="1" t="s">
-        <v>219</v>
+        <v>43</v>
       </c>
       <c r="K398" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L398" s="1"/>
+        <v>38</v>
+      </c>
+      <c r="L398" s="1">
+        <v>9789087225551</v>
+      </c>
       <c r="M398" s="1">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="N398" s="1" t="s">
-        <v>452</v>
-[...3 lines deleted...]
-      </c>
+        <v>493</v>
+      </c>
+      <c r="O398" s="1"/>
       <c r="P398" s="1"/>
       <c r="Q398" s="1"/>
       <c r="R398" s="1" t="s">
-        <v>1131</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="399" spans="1:18">
       <c r="A399" s="1" t="s">
+        <v>1114</v>
+      </c>
+      <c r="B399" s="1" t="s">
+        <v>1115</v>
+      </c>
+      <c r="C399" s="1"/>
+      <c r="D399" s="1"/>
+      <c r="E399" s="1" t="s">
+        <v>1116</v>
+      </c>
+      <c r="F399" s="1"/>
+      <c r="G399" s="1" t="s">
         <v>1111</v>
       </c>
-      <c r="B399" s="1" t="s">
-[...14 lines deleted...]
-      </c>
       <c r="H399" s="1" t="s">
-        <v>1133</v>
+        <v>1122</v>
       </c>
       <c r="I399" s="1" t="s">
-        <v>594</v>
+        <v>55</v>
       </c>
       <c r="J399" s="1" t="s">
-        <v>595</v>
+        <v>24</v>
       </c>
       <c r="K399" s="1" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L399" s="1"/>
       <c r="M399" s="1">
-        <v>1022</v>
+        <v>608</v>
       </c>
       <c r="N399" s="1" t="s">
-        <v>452</v>
+        <v>473</v>
       </c>
       <c r="O399" s="1" t="s">
-        <v>1114</v>
+        <v>602</v>
       </c>
       <c r="P399" s="1"/>
       <c r="Q399" s="1"/>
       <c r="R399" s="1" t="s">
-        <v>1115</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="400" spans="1:18">
       <c r="A400" s="1" t="s">
-        <v>1105</v>
+        <v>1114</v>
       </c>
       <c r="B400" s="1" t="s">
-        <v>1106</v>
+        <v>1115</v>
       </c>
       <c r="C400" s="1"/>
       <c r="D400" s="1"/>
-      <c r="E400" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="E400" s="1" t="s">
+        <v>1116</v>
+      </c>
+      <c r="F400" s="1"/>
       <c r="G400" s="1" t="s">
-        <v>1108</v>
+        <v>1111</v>
       </c>
       <c r="H400" s="1" t="s">
-        <v>1134</v>
+        <v>1123</v>
       </c>
       <c r="I400" s="1" t="s">
-        <v>73</v>
+        <v>55</v>
       </c>
       <c r="J400" s="1" t="s">
-        <v>219</v>
+        <v>24</v>
       </c>
       <c r="K400" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L400" s="1"/>
+        <v>38</v>
+      </c>
+      <c r="L400" s="1">
+        <v>9789087225698</v>
+      </c>
       <c r="M400" s="1">
-        <v>596</v>
+        <v>608</v>
       </c>
       <c r="N400" s="1" t="s">
-        <v>452</v>
+        <v>473</v>
       </c>
       <c r="O400" s="1" t="s">
-        <v>146</v>
+        <v>602</v>
       </c>
       <c r="P400" s="1"/>
       <c r="Q400" s="1"/>
       <c r="R400" s="1" t="s">
-        <v>1110</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="401" spans="1:18">
       <c r="A401" s="1" t="s">
-        <v>1105</v>
+        <v>1108</v>
       </c>
       <c r="B401" s="1" t="s">
-        <v>1106</v>
+        <v>1109</v>
       </c>
       <c r="C401" s="1"/>
       <c r="D401" s="1"/>
       <c r="E401" s="1"/>
       <c r="F401" s="1" t="s">
-        <v>1107</v>
+        <v>1110</v>
       </c>
       <c r="G401" s="1" t="s">
-        <v>1108</v>
+        <v>1111</v>
       </c>
       <c r="H401" s="1" t="s">
-        <v>1135</v>
+        <v>1124</v>
       </c>
       <c r="I401" s="1" t="s">
-        <v>99</v>
+        <v>852</v>
       </c>
       <c r="J401" s="1" t="s">
-        <v>227</v>
+        <v>134</v>
       </c>
       <c r="K401" s="1" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="L401" s="1">
-        <v>9789087225513</v>
+        <v>9789087225568</v>
       </c>
       <c r="M401" s="1">
-        <v>596</v>
+        <v>468</v>
       </c>
       <c r="N401" s="1" t="s">
-        <v>452</v>
-[...3 lines deleted...]
-      </c>
+        <v>493</v>
+      </c>
+      <c r="O401" s="1"/>
       <c r="P401" s="1"/>
       <c r="Q401" s="1"/>
       <c r="R401" s="1" t="s">
-        <v>1110</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="402" spans="1:18">
       <c r="A402" s="1" t="s">
+        <v>1125</v>
+      </c>
+      <c r="B402" s="1" t="s">
         <v>1126</v>
       </c>
-      <c r="B402" s="1" t="s">
+      <c r="C402" s="1"/>
+      <c r="D402" s="1"/>
+      <c r="E402" s="1"/>
+      <c r="F402" s="1" t="s">
         <v>1127</v>
       </c>
-      <c r="C402" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D402" s="1" t="s">
+      <c r="G402" s="1" t="s">
         <v>1128</v>
       </c>
-      <c r="E402" s="1" t="s">
+      <c r="H402" s="1" t="s">
         <v>1129</v>
       </c>
-      <c r="F402" s="1"/>
-[...5 lines deleted...]
-      </c>
       <c r="I402" s="1" t="s">
-        <v>99</v>
+        <v>124</v>
       </c>
       <c r="J402" s="1" t="s">
-        <v>227</v>
+        <v>248</v>
       </c>
       <c r="K402" s="1" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="L402" s="1">
-        <v>9789087225476</v>
+        <v>9789087225506</v>
       </c>
       <c r="M402" s="1">
-        <v>464</v>
+        <v>596</v>
       </c>
       <c r="N402" s="1" t="s">
-        <v>452</v>
+        <v>473</v>
       </c>
       <c r="O402" s="1" t="s">
-        <v>570</v>
+        <v>167</v>
       </c>
       <c r="P402" s="1"/>
       <c r="Q402" s="1"/>
       <c r="R402" s="1" t="s">
-        <v>1131</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="403" spans="1:18">
       <c r="A403" s="1" t="s">
-        <v>1116</v>
+        <v>1131</v>
       </c>
       <c r="B403" s="1" t="s">
-        <v>1117</v>
-[...2 lines deleted...]
-      <c r="D403" s="1"/>
+        <v>1132</v>
+      </c>
+      <c r="C403" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="D403" s="1" t="s">
+        <v>908</v>
+      </c>
       <c r="E403" s="1"/>
       <c r="F403" s="1" t="s">
-        <v>1118</v>
+        <v>76</v>
       </c>
       <c r="G403" s="1" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
       <c r="H403" s="1" t="s">
-        <v>1137</v>
+        <v>1133</v>
       </c>
       <c r="I403" s="1" t="s">
-        <v>443</v>
+        <v>614</v>
       </c>
       <c r="J403" s="1" t="s">
-        <v>379</v>
+        <v>615</v>
       </c>
       <c r="K403" s="1" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="L403" s="1">
-        <v>9789087225599</v>
+        <v>9789087225537</v>
       </c>
       <c r="M403" s="1">
-        <v>356</v>
+        <v>1022</v>
       </c>
       <c r="N403" s="1" t="s">
-        <v>1120</v>
+        <v>473</v>
       </c>
       <c r="O403" s="1" t="s">
-        <v>582</v>
-[...3 lines deleted...]
-      </c>
+        <v>1134</v>
+      </c>
+      <c r="P403" s="1"/>
       <c r="Q403" s="1"/>
       <c r="R403" s="1" t="s">
-        <v>1122</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="404" spans="1:18">
       <c r="A404" s="1" t="s">
-        <v>1116</v>
+        <v>1136</v>
       </c>
       <c r="B404" s="1" t="s">
-        <v>1117</v>
+        <v>1137</v>
       </c>
       <c r="C404" s="1"/>
       <c r="D404" s="1"/>
       <c r="E404" s="1"/>
       <c r="F404" s="1" t="s">
-        <v>1118</v>
+        <v>1138</v>
       </c>
       <c r="G404" s="1" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
       <c r="H404" s="1" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
       <c r="I404" s="1" t="s">
-        <v>443</v>
+        <v>461</v>
       </c>
       <c r="J404" s="1" t="s">
-        <v>379</v>
+        <v>453</v>
       </c>
       <c r="K404" s="1" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L404" s="1"/>
       <c r="M404" s="1">
         <v>356</v>
       </c>
       <c r="N404" s="1" t="s">
-        <v>1120</v>
+        <v>1140</v>
       </c>
       <c r="O404" s="1" t="s">
-        <v>582</v>
+        <v>602</v>
       </c>
       <c r="P404" s="1" t="s">
-        <v>1121</v>
+        <v>1141</v>
       </c>
       <c r="Q404" s="1"/>
       <c r="R404" s="1" t="s">
-        <v>1122</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="405" spans="1:18">
       <c r="A405" s="1" t="s">
-        <v>1126</v>
+        <v>1131</v>
       </c>
       <c r="B405" s="1" t="s">
-        <v>1127</v>
+        <v>1132</v>
       </c>
       <c r="C405" s="1" t="s">
-        <v>30</v>
+        <v>75</v>
       </c>
       <c r="D405" s="1" t="s">
+        <v>908</v>
+      </c>
+      <c r="E405" s="1"/>
+      <c r="F405" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="G405" s="1" t="s">
         <v>1128</v>
       </c>
-      <c r="E405" s="1" t="s">
-[...5 lines deleted...]
-      </c>
       <c r="H405" s="1" t="s">
-        <v>1139</v>
+        <v>1143</v>
       </c>
       <c r="I405" s="1" t="s">
-        <v>73</v>
+        <v>325</v>
       </c>
       <c r="J405" s="1" t="s">
-        <v>219</v>
+        <v>619</v>
       </c>
       <c r="K405" s="1" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="L405" s="1">
-        <v>9789087225469</v>
+        <v>9789087225520</v>
       </c>
       <c r="M405" s="1">
-        <v>464</v>
+        <v>1022</v>
       </c>
       <c r="N405" s="1" t="s">
-        <v>452</v>
+        <v>473</v>
       </c>
       <c r="O405" s="1" t="s">
-        <v>570</v>
+        <v>1134</v>
       </c>
       <c r="P405" s="1"/>
       <c r="Q405" s="1"/>
       <c r="R405" s="1" t="s">
-        <v>1131</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="406" spans="1:18">
       <c r="A406" s="1" t="s">
-        <v>1140</v>
+        <v>1131</v>
       </c>
       <c r="B406" s="1" t="s">
-        <v>1141</v>
+        <v>1132</v>
       </c>
       <c r="C406" s="1" t="s">
-        <v>78</v>
-[...5 lines deleted...]
-      <c r="F406" s="1"/>
+        <v>75</v>
+      </c>
+      <c r="D406" s="1" t="s">
+        <v>908</v>
+      </c>
+      <c r="E406" s="1"/>
+      <c r="F406" s="1" t="s">
+        <v>76</v>
+      </c>
       <c r="G406" s="1" t="s">
-        <v>1142</v>
+        <v>1128</v>
       </c>
       <c r="H406" s="1" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="I406" s="1" t="s">
-        <v>800</v>
+        <v>325</v>
       </c>
       <c r="J406" s="1" t="s">
-        <v>801</v>
+        <v>619</v>
       </c>
       <c r="K406" s="1" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L406" s="1"/>
       <c r="M406" s="1">
-        <v>196</v>
+        <v>1022</v>
       </c>
       <c r="N406" s="1" t="s">
-        <v>452</v>
+        <v>473</v>
       </c>
       <c r="O406" s="1" t="s">
-        <v>146</v>
-[...3 lines deleted...]
-      </c>
+        <v>1134</v>
+      </c>
+      <c r="P406" s="1"/>
       <c r="Q406" s="1"/>
       <c r="R406" s="1" t="s">
-        <v>1145</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="407" spans="1:18">
       <c r="A407" s="1" t="s">
+        <v>1136</v>
+      </c>
+      <c r="B407" s="1" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C407" s="1"/>
+      <c r="D407" s="1"/>
+      <c r="E407" s="1"/>
+      <c r="F407" s="1" t="s">
+        <v>1138</v>
+      </c>
+      <c r="G407" s="1" t="s">
+        <v>1128</v>
+      </c>
+      <c r="H407" s="1" t="s">
+        <v>1145</v>
+      </c>
+      <c r="I407" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="J407" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="K407" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="L407" s="1">
+        <v>9789087225582</v>
+      </c>
+      <c r="M407" s="1">
+        <v>356</v>
+      </c>
+      <c r="N407" s="1" t="s">
         <v>1140</v>
       </c>
-      <c r="B407" s="1" t="s">
+      <c r="O407" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="P407" s="1" t="s">
         <v>1141</v>
-      </c>
-[...36 lines deleted...]
-        <v>1144</v>
       </c>
       <c r="Q407" s="1"/>
       <c r="R407" s="1" t="s">
-        <v>1145</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="408" spans="1:18">
       <c r="A408" s="1" t="s">
-        <v>1140</v>
+        <v>1146</v>
       </c>
       <c r="B408" s="1" t="s">
-        <v>1141</v>
+        <v>1147</v>
       </c>
       <c r="C408" s="1" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="D408" s="1"/>
+        <v>33</v>
+      </c>
+      <c r="D408" s="1" t="s">
+        <v>1148</v>
+      </c>
       <c r="E408" s="1" t="s">
-        <v>79</v>
+        <v>1149</v>
       </c>
       <c r="F408" s="1"/>
       <c r="G408" s="1" t="s">
-        <v>1142</v>
+        <v>1128</v>
       </c>
       <c r="H408" s="1" t="s">
-        <v>1147</v>
+        <v>1150</v>
       </c>
       <c r="I408" s="1" t="s">
-        <v>819</v>
+        <v>124</v>
       </c>
       <c r="J408" s="1" t="s">
-        <v>820</v>
+        <v>248</v>
       </c>
       <c r="K408" s="1" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="L408" s="1">
-        <v>9789087225384</v>
+        <v>9789087225483</v>
       </c>
       <c r="M408" s="1">
-        <v>196</v>
+        <v>464</v>
       </c>
       <c r="N408" s="1" t="s">
-        <v>452</v>
+        <v>473</v>
       </c>
       <c r="O408" s="1" t="s">
-        <v>146</v>
-[...3 lines deleted...]
-      </c>
+        <v>590</v>
+      </c>
+      <c r="P408" s="1"/>
       <c r="Q408" s="1"/>
       <c r="R408" s="1" t="s">
-        <v>1145</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="409" spans="1:18">
       <c r="A409" s="1" t="s">
-        <v>1140</v>
+        <v>1146</v>
       </c>
       <c r="B409" s="1" t="s">
-        <v>1141</v>
+        <v>1147</v>
       </c>
       <c r="C409" s="1" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="D409" s="1"/>
+        <v>33</v>
+      </c>
+      <c r="D409" s="1" t="s">
+        <v>1148</v>
+      </c>
       <c r="E409" s="1" t="s">
-        <v>79</v>
+        <v>1149</v>
       </c>
       <c r="F409" s="1"/>
       <c r="G409" s="1" t="s">
-        <v>1142</v>
+        <v>1128</v>
       </c>
       <c r="H409" s="1" t="s">
-        <v>1148</v>
+        <v>1152</v>
       </c>
       <c r="I409" s="1" t="s">
-        <v>800</v>
+        <v>117</v>
       </c>
       <c r="J409" s="1" t="s">
-        <v>801</v>
+        <v>245</v>
       </c>
       <c r="K409" s="1" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="L409" s="1"/>
       <c r="M409" s="1">
-        <v>196</v>
+        <v>464</v>
       </c>
       <c r="N409" s="1" t="s">
-        <v>452</v>
+        <v>473</v>
       </c>
       <c r="O409" s="1" t="s">
-        <v>146</v>
-[...3 lines deleted...]
-      </c>
+        <v>590</v>
+      </c>
+      <c r="P409" s="1"/>
       <c r="Q409" s="1"/>
       <c r="R409" s="1" t="s">
-        <v>1145</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="410" spans="1:18">
       <c r="A410" s="1" t="s">
-        <v>1149</v>
+        <v>1131</v>
       </c>
       <c r="B410" s="1" t="s">
-        <v>1150</v>
+        <v>1132</v>
       </c>
       <c r="C410" s="1" t="s">
-        <v>117</v>
+        <v>75</v>
       </c>
       <c r="D410" s="1" t="s">
-        <v>888</v>
+        <v>908</v>
       </c>
       <c r="E410" s="1"/>
       <c r="F410" s="1" t="s">
-        <v>1151</v>
+        <v>76</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>1142</v>
+        <v>1128</v>
       </c>
       <c r="H410" s="1" t="s">
-        <v>1152</v>
+        <v>1153</v>
       </c>
       <c r="I410" s="1" t="s">
-        <v>143</v>
+        <v>614</v>
       </c>
       <c r="J410" s="1" t="s">
-        <v>144</v>
+        <v>615</v>
       </c>
       <c r="K410" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L410" s="1">
-        <v>9789087225452</v>
+        <v>9789087225544</v>
       </c>
       <c r="M410" s="1">
-        <v>1124</v>
+        <v>1022</v>
       </c>
       <c r="N410" s="1" t="s">
-        <v>501</v>
+        <v>473</v>
       </c>
       <c r="O410" s="1" t="s">
-        <v>582</v>
+        <v>1134</v>
       </c>
       <c r="P410" s="1"/>
       <c r="Q410" s="1"/>
       <c r="R410" s="1" t="s">
-        <v>1153</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="411" spans="1:18">
       <c r="A411" s="1" t="s">
-        <v>1154</v>
+        <v>1125</v>
       </c>
       <c r="B411" s="1" t="s">
-        <v>1155</v>
-[...3 lines deleted...]
-      </c>
+        <v>1126</v>
+      </c>
+      <c r="C411" s="1"/>
       <c r="D411" s="1"/>
       <c r="E411" s="1"/>
       <c r="F411" s="1" t="s">
-        <v>1156</v>
+        <v>1127</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>1157</v>
+        <v>1128</v>
       </c>
       <c r="H411" s="1" t="s">
-        <v>1158</v>
+        <v>1154</v>
       </c>
       <c r="I411" s="1" t="s">
-        <v>603</v>
+        <v>117</v>
       </c>
       <c r="J411" s="1" t="s">
-        <v>573</v>
+        <v>245</v>
       </c>
       <c r="K411" s="1" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L411" s="1"/>
       <c r="M411" s="1">
-        <v>472</v>
+        <v>596</v>
       </c>
       <c r="N411" s="1" t="s">
-        <v>452</v>
+        <v>473</v>
       </c>
       <c r="O411" s="1" t="s">
-        <v>582</v>
+        <v>167</v>
       </c>
       <c r="P411" s="1"/>
       <c r="Q411" s="1"/>
       <c r="R411" s="1" t="s">
-        <v>1159</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="412" spans="1:18">
       <c r="A412" s="1" t="s">
-        <v>1154</v>
+        <v>1125</v>
       </c>
       <c r="B412" s="1" t="s">
-        <v>1155</v>
-[...3 lines deleted...]
-      </c>
+        <v>1126</v>
+      </c>
+      <c r="C412" s="1"/>
       <c r="D412" s="1"/>
       <c r="E412" s="1"/>
       <c r="F412" s="1" t="s">
-        <v>1156</v>
+        <v>1127</v>
       </c>
       <c r="G412" s="1" t="s">
-        <v>1157</v>
+        <v>1128</v>
       </c>
       <c r="H412" s="1" t="s">
-        <v>1160</v>
+        <v>1155</v>
       </c>
       <c r="I412" s="1" t="s">
-        <v>603</v>
+        <v>124</v>
       </c>
       <c r="J412" s="1" t="s">
-        <v>573</v>
+        <v>248</v>
       </c>
       <c r="K412" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L412" s="1"/>
+        <v>25</v>
+      </c>
+      <c r="L412" s="1">
+        <v>9789087225513</v>
+      </c>
       <c r="M412" s="1">
-        <v>472</v>
+        <v>596</v>
       </c>
       <c r="N412" s="1" t="s">
-        <v>452</v>
+        <v>473</v>
       </c>
       <c r="O412" s="1" t="s">
-        <v>582</v>
+        <v>167</v>
       </c>
       <c r="P412" s="1"/>
       <c r="Q412" s="1"/>
       <c r="R412" s="1" t="s">
-        <v>1159</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="413" spans="1:18">
       <c r="A413" s="1" t="s">
-        <v>1154</v>
+        <v>1146</v>
       </c>
       <c r="B413" s="1" t="s">
-        <v>1155</v>
+        <v>1147</v>
       </c>
       <c r="C413" s="1" t="s">
-        <v>69</v>
-[...3 lines deleted...]
-      <c r="F413" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D413" s="1" t="s">
+        <v>1148</v>
+      </c>
+      <c r="E413" s="1" t="s">
+        <v>1149</v>
+      </c>
+      <c r="F413" s="1"/>
+      <c r="G413" s="1" t="s">
+        <v>1128</v>
+      </c>
+      <c r="H413" s="1" t="s">
         <v>1156</v>
       </c>
-      <c r="G413" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I413" s="1" t="s">
-        <v>580</v>
+        <v>124</v>
       </c>
       <c r="J413" s="1" t="s">
-        <v>764</v>
+        <v>248</v>
       </c>
       <c r="K413" s="1" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="L413" s="1">
-        <v>9789087225353</v>
+        <v>9789087225476</v>
       </c>
       <c r="M413" s="1">
-        <v>472</v>
+        <v>464</v>
       </c>
       <c r="N413" s="1" t="s">
-        <v>452</v>
+        <v>473</v>
       </c>
       <c r="O413" s="1" t="s">
-        <v>582</v>
+        <v>590</v>
       </c>
       <c r="P413" s="1"/>
       <c r="Q413" s="1"/>
       <c r="R413" s="1" t="s">
-        <v>1159</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="414" spans="1:18">
       <c r="A414" s="1" t="s">
-        <v>1162</v>
+        <v>1136</v>
       </c>
       <c r="B414" s="1" t="s">
-        <v>1163</v>
-[...3 lines deleted...]
-      </c>
+        <v>1137</v>
+      </c>
+      <c r="C414" s="1"/>
       <c r="D414" s="1"/>
       <c r="E414" s="1"/>
       <c r="F414" s="1" t="s">
-        <v>725</v>
+        <v>1138</v>
       </c>
       <c r="G414" s="1" t="s">
-        <v>1164</v>
+        <v>1128</v>
       </c>
       <c r="H414" s="1" t="s">
-        <v>1165</v>
+        <v>1157</v>
       </c>
       <c r="I414" s="1" t="s">
-        <v>375</v>
+        <v>464</v>
       </c>
       <c r="J414" s="1" t="s">
-        <v>315</v>
+        <v>400</v>
       </c>
       <c r="K414" s="1" t="s">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="L414" s="1">
-        <v>9789087225056</v>
+        <v>9789087225599</v>
       </c>
       <c r="M414" s="1">
-        <v>296</v>
+        <v>356</v>
       </c>
       <c r="N414" s="1" t="s">
-        <v>792</v>
+        <v>1140</v>
       </c>
       <c r="O414" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="P414" s="1"/>
+        <v>602</v>
+      </c>
+      <c r="P414" s="1" t="s">
+        <v>1141</v>
+      </c>
       <c r="Q414" s="1"/>
       <c r="R414" s="1" t="s">
-        <v>1166</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="415" spans="1:18">
       <c r="A415" s="1" t="s">
-        <v>1162</v>
+        <v>1136</v>
       </c>
       <c r="B415" s="1" t="s">
-        <v>1163</v>
-[...3 lines deleted...]
-      </c>
+        <v>1137</v>
+      </c>
+      <c r="C415" s="1"/>
       <c r="D415" s="1"/>
       <c r="E415" s="1"/>
       <c r="F415" s="1" t="s">
-        <v>725</v>
+        <v>1138</v>
       </c>
       <c r="G415" s="1" t="s">
-        <v>1164</v>
+        <v>1128</v>
       </c>
       <c r="H415" s="1" t="s">
-        <v>1167</v>
+        <v>1158</v>
       </c>
       <c r="I415" s="1" t="s">
-        <v>375</v>
+        <v>464</v>
       </c>
       <c r="J415" s="1" t="s">
-        <v>315</v>
+        <v>400</v>
       </c>
       <c r="K415" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L415" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="L415" s="1">
+        <v>9789087225605</v>
+      </c>
       <c r="M415" s="1">
-        <v>296</v>
+        <v>356</v>
       </c>
       <c r="N415" s="1" t="s">
-        <v>792</v>
+        <v>1140</v>
       </c>
       <c r="O415" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="P415" s="1"/>
+        <v>602</v>
+      </c>
+      <c r="P415" s="1" t="s">
+        <v>1141</v>
+      </c>
       <c r="Q415" s="1"/>
       <c r="R415" s="1" t="s">
-        <v>1166</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="416" spans="1:18">
       <c r="A416" s="1" t="s">
-        <v>1162</v>
+        <v>1146</v>
       </c>
       <c r="B416" s="1" t="s">
-        <v>1163</v>
+        <v>1147</v>
       </c>
       <c r="C416" s="1" t="s">
-        <v>20</v>
-[...5 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="D416" s="1" t="s">
+        <v>1148</v>
+      </c>
+      <c r="E416" s="1" t="s">
+        <v>1149</v>
+      </c>
+      <c r="F416" s="1"/>
       <c r="G416" s="1" t="s">
-        <v>1164</v>
+        <v>1128</v>
       </c>
       <c r="H416" s="1" t="s">
-        <v>1168</v>
+        <v>1159</v>
       </c>
       <c r="I416" s="1" t="s">
-        <v>378</v>
+        <v>117</v>
       </c>
       <c r="J416" s="1" t="s">
-        <v>573</v>
+        <v>245</v>
       </c>
       <c r="K416" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L416" s="1">
-        <v>9789087225070</v>
+        <v>9789087225469</v>
       </c>
       <c r="M416" s="1">
-        <v>296</v>
+        <v>464</v>
       </c>
       <c r="N416" s="1" t="s">
-        <v>792</v>
+        <v>473</v>
       </c>
       <c r="O416" s="1" t="s">
-        <v>582</v>
+        <v>590</v>
       </c>
       <c r="P416" s="1"/>
       <c r="Q416" s="1"/>
       <c r="R416" s="1" t="s">
-        <v>1166</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="417" spans="1:18">
       <c r="A417" s="1" t="s">
+        <v>1160</v>
+      </c>
+      <c r="B417" s="1" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C417" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D417" s="1"/>
+      <c r="E417" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="F417" s="1"/>
+      <c r="G417" s="1" t="s">
         <v>1162</v>
       </c>
-      <c r="B417" s="1" t="s">
+      <c r="H417" s="1" t="s">
         <v>1163</v>
       </c>
-      <c r="C417" s="1" t="s">
-[...7 lines deleted...]
-      <c r="G417" s="1" t="s">
+      <c r="I417" s="1" t="s">
+        <v>820</v>
+      </c>
+      <c r="J417" s="1" t="s">
+        <v>821</v>
+      </c>
+      <c r="K417" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="L417" s="1">
+        <v>9789087225377</v>
+      </c>
+      <c r="M417" s="1">
+        <v>196</v>
+      </c>
+      <c r="N417" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="O417" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="P417" s="1" t="s">
         <v>1164</v>
       </c>
-      <c r="H417" s="1" t="s">
-[...23 lines deleted...]
-      <c r="P417" s="1"/>
       <c r="Q417" s="1"/>
       <c r="R417" s="1" t="s">
-        <v>1166</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="418" spans="1:18">
       <c r="A418" s="1" t="s">
-        <v>1170</v>
+        <v>1160</v>
       </c>
       <c r="B418" s="1" t="s">
-        <v>1171</v>
+        <v>1161</v>
       </c>
       <c r="C418" s="1" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>96</v>
+      </c>
+      <c r="D418" s="1"/>
       <c r="E418" s="1" t="s">
-        <v>1173</v>
+        <v>97</v>
       </c>
       <c r="F418" s="1"/>
       <c r="G418" s="1" t="s">
-        <v>1174</v>
+        <v>1162</v>
       </c>
       <c r="H418" s="1" t="s">
-        <v>1175</v>
+        <v>1166</v>
       </c>
       <c r="I418" s="1" t="s">
-        <v>99</v>
+        <v>839</v>
       </c>
       <c r="J418" s="1" t="s">
-        <v>471</v>
+        <v>840</v>
       </c>
       <c r="K418" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L418" s="1">
-        <v>9789087225124</v>
+        <v>9789087225391</v>
       </c>
       <c r="M418" s="1">
-        <v>508</v>
+        <v>196</v>
       </c>
       <c r="N418" s="1" t="s">
-        <v>452</v>
+        <v>473</v>
       </c>
       <c r="O418" s="1" t="s">
-        <v>1176</v>
-[...1 lines deleted...]
-      <c r="P418" s="1"/>
+        <v>167</v>
+      </c>
+      <c r="P418" s="1" t="s">
+        <v>1164</v>
+      </c>
       <c r="Q418" s="1"/>
       <c r="R418" s="1" t="s">
-        <v>1177</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="419" spans="1:18">
       <c r="A419" s="1" t="s">
-        <v>1178</v>
+        <v>1160</v>
       </c>
       <c r="B419" s="1" t="s">
-        <v>1179</v>
-[...1 lines deleted...]
-      <c r="C419" s="1"/>
+        <v>1161</v>
+      </c>
+      <c r="C419" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="D419" s="1"/>
       <c r="E419" s="1" t="s">
-        <v>1180</v>
+        <v>97</v>
       </c>
       <c r="F419" s="1"/>
       <c r="G419" s="1" t="s">
-        <v>1174</v>
+        <v>1162</v>
       </c>
       <c r="H419" s="1" t="s">
-        <v>1181</v>
+        <v>1167</v>
       </c>
       <c r="I419" s="1" t="s">
-        <v>378</v>
+        <v>839</v>
       </c>
       <c r="J419" s="1" t="s">
-        <v>573</v>
+        <v>840</v>
       </c>
       <c r="K419" s="1" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="L419" s="1">
-        <v>9789087225148</v>
+        <v>9789087225384</v>
       </c>
       <c r="M419" s="1">
-        <v>376</v>
+        <v>196</v>
       </c>
       <c r="N419" s="1" t="s">
-        <v>1182</v>
+        <v>473</v>
       </c>
       <c r="O419" s="1" t="s">
-        <v>1183</v>
+        <v>167</v>
       </c>
       <c r="P419" s="1" t="s">
-        <v>1184</v>
+        <v>1164</v>
       </c>
       <c r="Q419" s="1"/>
       <c r="R419" s="1" t="s">
-        <v>1185</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="420" spans="1:18">
       <c r="A420" s="1" t="s">
-        <v>1170</v>
+        <v>1160</v>
       </c>
       <c r="B420" s="1" t="s">
-        <v>1171</v>
+        <v>1161</v>
       </c>
       <c r="C420" s="1" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>96</v>
+      </c>
+      <c r="D420" s="1"/>
       <c r="E420" s="1" t="s">
-        <v>1173</v>
+        <v>97</v>
       </c>
       <c r="F420" s="1"/>
       <c r="G420" s="1" t="s">
-        <v>1174</v>
+        <v>1162</v>
       </c>
       <c r="H420" s="1" t="s">
-        <v>1186</v>
+        <v>1168</v>
       </c>
       <c r="I420" s="1" t="s">
-        <v>73</v>
+        <v>820</v>
       </c>
       <c r="J420" s="1" t="s">
-        <v>96</v>
+        <v>821</v>
       </c>
       <c r="K420" s="1" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="L420" s="1"/>
       <c r="M420" s="1">
-        <v>508</v>
+        <v>196</v>
       </c>
       <c r="N420" s="1" t="s">
-        <v>452</v>
+        <v>473</v>
       </c>
       <c r="O420" s="1" t="s">
-        <v>1176</v>
-[...1 lines deleted...]
-      <c r="P420" s="1"/>
+        <v>167</v>
+      </c>
+      <c r="P420" s="1" t="s">
+        <v>1164</v>
+      </c>
       <c r="Q420" s="1"/>
       <c r="R420" s="1" t="s">
-        <v>1177</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="421" spans="1:18">
       <c r="A421" s="1" t="s">
-        <v>1178</v>
+        <v>1169</v>
       </c>
       <c r="B421" s="1" t="s">
-        <v>1179</v>
-[...6 lines deleted...]
-      <c r="F421" s="1"/>
+        <v>1170</v>
+      </c>
+      <c r="C421" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="D421" s="1" t="s">
+        <v>908</v>
+      </c>
+      <c r="E421" s="1"/>
+      <c r="F421" s="1" t="s">
+        <v>1171</v>
+      </c>
       <c r="G421" s="1" t="s">
-        <v>1174</v>
+        <v>1162</v>
       </c>
       <c r="H421" s="1" t="s">
-        <v>1187</v>
+        <v>1172</v>
       </c>
       <c r="I421" s="1" t="s">
-        <v>378</v>
+        <v>164</v>
       </c>
       <c r="J421" s="1" t="s">
-        <v>573</v>
+        <v>165</v>
       </c>
       <c r="K421" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L421" s="1">
-        <v>9789087225155</v>
+        <v>9789087225452</v>
       </c>
       <c r="M421" s="1">
-        <v>376</v>
+        <v>1124</v>
       </c>
       <c r="N421" s="1" t="s">
-        <v>1182</v>
+        <v>521</v>
       </c>
       <c r="O421" s="1" t="s">
-        <v>1183</v>
-[...3 lines deleted...]
-      </c>
+        <v>602</v>
+      </c>
+      <c r="P421" s="1"/>
       <c r="Q421" s="1"/>
       <c r="R421" s="1" t="s">
-        <v>1185</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="422" spans="1:18">
       <c r="A422" s="1" t="s">
+        <v>1174</v>
+      </c>
+      <c r="B422" s="1" t="s">
+        <v>1175</v>
+      </c>
+      <c r="C422" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="D422" s="1"/>
+      <c r="E422" s="1"/>
+      <c r="F422" s="1" t="s">
+        <v>1176</v>
+      </c>
+      <c r="G422" s="1" t="s">
+        <v>1177</v>
+      </c>
+      <c r="H422" s="1" t="s">
         <v>1178</v>
       </c>
-      <c r="B422" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I422" s="1" t="s">
-        <v>375</v>
+        <v>623</v>
       </c>
       <c r="J422" s="1" t="s">
-        <v>315</v>
+        <v>593</v>
       </c>
       <c r="K422" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L422" s="1"/>
+        <v>38</v>
+      </c>
+      <c r="L422" s="1">
+        <v>9789087225346</v>
+      </c>
       <c r="M422" s="1">
-        <v>376</v>
+        <v>472</v>
       </c>
       <c r="N422" s="1" t="s">
-        <v>1182</v>
+        <v>473</v>
       </c>
       <c r="O422" s="1" t="s">
-        <v>1183</v>
-[...3 lines deleted...]
-      </c>
+        <v>602</v>
+      </c>
+      <c r="P422" s="1"/>
       <c r="Q422" s="1"/>
       <c r="R422" s="1" t="s">
-        <v>1185</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="423" spans="1:18">
       <c r="A423" s="1" t="s">
-        <v>1170</v>
+        <v>1174</v>
       </c>
       <c r="B423" s="1" t="s">
-        <v>1171</v>
+        <v>1175</v>
       </c>
       <c r="C423" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="D423" s="1"/>
+      <c r="E423" s="1"/>
+      <c r="F423" s="1" t="s">
+        <v>1176</v>
+      </c>
+      <c r="G423" s="1" t="s">
+        <v>1177</v>
+      </c>
+      <c r="H423" s="1" t="s">
+        <v>1180</v>
+      </c>
+      <c r="I423" s="1" t="s">
+        <v>623</v>
+      </c>
+      <c r="J423" s="1" t="s">
+        <v>593</v>
+      </c>
+      <c r="K423" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="D423" s="1" t="s">
-[...23 lines deleted...]
-      </c>
+      <c r="L423" s="1"/>
       <c r="M423" s="1">
-        <v>508</v>
+        <v>472</v>
       </c>
       <c r="N423" s="1" t="s">
-        <v>452</v>
+        <v>473</v>
       </c>
       <c r="O423" s="1" t="s">
-        <v>1176</v>
+        <v>602</v>
       </c>
       <c r="P423" s="1"/>
       <c r="Q423" s="1"/>
       <c r="R423" s="1" t="s">
-        <v>1177</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="424" spans="1:18">
       <c r="A424" s="1" t="s">
-        <v>1178</v>
+        <v>1174</v>
       </c>
       <c r="B424" s="1" t="s">
-        <v>1179</v>
-[...1 lines deleted...]
-      <c r="C424" s="1"/>
+        <v>1175</v>
+      </c>
+      <c r="C424" s="1" t="s">
+        <v>114</v>
+      </c>
       <c r="D424" s="1"/>
-      <c r="E424" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F424" s="1"/>
+      <c r="E424" s="1"/>
+      <c r="F424" s="1" t="s">
+        <v>1176</v>
+      </c>
       <c r="G424" s="1" t="s">
-        <v>1174</v>
+        <v>1177</v>
       </c>
       <c r="H424" s="1" t="s">
-        <v>1190</v>
+        <v>1181</v>
       </c>
       <c r="I424" s="1" t="s">
-        <v>375</v>
+        <v>600</v>
       </c>
       <c r="J424" s="1" t="s">
-        <v>315</v>
+        <v>784</v>
       </c>
       <c r="K424" s="1" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="L424" s="1">
-        <v>9789087225131</v>
+        <v>9789087225353</v>
       </c>
       <c r="M424" s="1">
-        <v>376</v>
+        <v>472</v>
       </c>
       <c r="N424" s="1" t="s">
-        <v>1182</v>
+        <v>473</v>
       </c>
       <c r="O424" s="1" t="s">
-        <v>1183</v>
-[...3 lines deleted...]
-      </c>
+        <v>602</v>
+      </c>
+      <c r="P424" s="1"/>
       <c r="Q424" s="1"/>
       <c r="R424" s="1" t="s">
-        <v>1185</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="425" spans="1:18">
       <c r="A425" s="1" t="s">
-        <v>1170</v>
+        <v>1182</v>
       </c>
       <c r="B425" s="1" t="s">
-        <v>1171</v>
+        <v>1183</v>
       </c>
       <c r="C425" s="1" t="s">
-        <v>30</v>
-[...7 lines deleted...]
-      <c r="F425" s="1"/>
+        <v>51</v>
+      </c>
+      <c r="D425" s="1"/>
+      <c r="E425" s="1"/>
+      <c r="F425" s="1" t="s">
+        <v>745</v>
+      </c>
       <c r="G425" s="1" t="s">
-        <v>1174</v>
+        <v>1184</v>
       </c>
       <c r="H425" s="1" t="s">
-        <v>1191</v>
+        <v>1185</v>
       </c>
       <c r="I425" s="1" t="s">
-        <v>99</v>
+        <v>396</v>
       </c>
       <c r="J425" s="1" t="s">
-        <v>471</v>
+        <v>331</v>
       </c>
       <c r="K425" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L425" s="1">
-        <v>9789087225117</v>
+        <v>9789087225056</v>
       </c>
       <c r="M425" s="1">
-        <v>508</v>
+        <v>296</v>
       </c>
       <c r="N425" s="1" t="s">
-        <v>452</v>
+        <v>812</v>
       </c>
       <c r="O425" s="1" t="s">
-        <v>1176</v>
+        <v>602</v>
       </c>
       <c r="P425" s="1"/>
       <c r="Q425" s="1"/>
       <c r="R425" s="1" t="s">
-        <v>1177</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="426" spans="1:18">
       <c r="A426" s="1" t="s">
-        <v>1192</v>
+        <v>1182</v>
       </c>
       <c r="B426" s="1" t="s">
-        <v>1193</v>
+        <v>1183</v>
       </c>
       <c r="C426" s="1" t="s">
-        <v>250</v>
+        <v>51</v>
       </c>
       <c r="D426" s="1"/>
       <c r="E426" s="1"/>
       <c r="F426" s="1" t="s">
-        <v>1194</v>
+        <v>745</v>
       </c>
       <c r="G426" s="1" t="s">
-        <v>1195</v>
+        <v>1184</v>
       </c>
       <c r="H426" s="1" t="s">
-        <v>1196</v>
+        <v>1187</v>
       </c>
       <c r="I426" s="1" t="s">
-        <v>121</v>
+        <v>396</v>
       </c>
       <c r="J426" s="1" t="s">
-        <v>514</v>
+        <v>331</v>
       </c>
       <c r="K426" s="1" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L426" s="1"/>
       <c r="M426" s="1">
-        <v>414</v>
+        <v>296</v>
       </c>
       <c r="N426" s="1" t="s">
-        <v>501</v>
+        <v>812</v>
       </c>
       <c r="O426" s="1" t="s">
-        <v>582</v>
+        <v>602</v>
       </c>
       <c r="P426" s="1"/>
       <c r="Q426" s="1"/>
       <c r="R426" s="1" t="s">
-        <v>1197</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="427" spans="1:18">
       <c r="A427" s="1" t="s">
-        <v>1192</v>
+        <v>1182</v>
       </c>
       <c r="B427" s="1" t="s">
-        <v>1193</v>
+        <v>1183</v>
       </c>
       <c r="C427" s="1" t="s">
-        <v>250</v>
+        <v>51</v>
       </c>
       <c r="D427" s="1"/>
       <c r="E427" s="1"/>
       <c r="F427" s="1" t="s">
-        <v>1194</v>
+        <v>745</v>
       </c>
       <c r="G427" s="1" t="s">
-        <v>1195</v>
+        <v>1184</v>
       </c>
       <c r="H427" s="1" t="s">
-        <v>1198</v>
+        <v>1188</v>
       </c>
       <c r="I427" s="1" t="s">
-        <v>125</v>
+        <v>399</v>
       </c>
       <c r="J427" s="1" t="s">
-        <v>518</v>
+        <v>593</v>
       </c>
       <c r="K427" s="1" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="L427" s="1">
-        <v>9789087225032</v>
+        <v>9789087225070</v>
       </c>
       <c r="M427" s="1">
-        <v>414</v>
+        <v>296</v>
       </c>
       <c r="N427" s="1" t="s">
-        <v>501</v>
+        <v>812</v>
       </c>
       <c r="O427" s="1" t="s">
-        <v>582</v>
+        <v>602</v>
       </c>
       <c r="P427" s="1"/>
       <c r="Q427" s="1"/>
       <c r="R427" s="1" t="s">
-        <v>1197</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="428" spans="1:18">
       <c r="A428" s="1" t="s">
-        <v>1192</v>
+        <v>1182</v>
       </c>
       <c r="B428" s="1" t="s">
-        <v>1193</v>
+        <v>1183</v>
       </c>
       <c r="C428" s="1" t="s">
-        <v>250</v>
+        <v>51</v>
       </c>
       <c r="D428" s="1"/>
       <c r="E428" s="1"/>
       <c r="F428" s="1" t="s">
-        <v>1194</v>
+        <v>745</v>
       </c>
       <c r="G428" s="1" t="s">
-        <v>1195</v>
+        <v>1184</v>
       </c>
       <c r="H428" s="1" t="s">
-        <v>1199</v>
+        <v>1189</v>
       </c>
       <c r="I428" s="1" t="s">
-        <v>121</v>
+        <v>399</v>
       </c>
       <c r="J428" s="1" t="s">
-        <v>514</v>
+        <v>593</v>
       </c>
       <c r="K428" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L428" s="1"/>
+        <v>25</v>
+      </c>
+      <c r="L428" s="1">
+        <v>9789087225063</v>
+      </c>
       <c r="M428" s="1">
-        <v>414</v>
+        <v>296</v>
       </c>
       <c r="N428" s="1" t="s">
-        <v>501</v>
+        <v>812</v>
       </c>
       <c r="O428" s="1" t="s">
-        <v>582</v>
+        <v>602</v>
       </c>
       <c r="P428" s="1"/>
       <c r="Q428" s="1"/>
       <c r="R428" s="1" t="s">
-        <v>1197</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="429" spans="1:18">
       <c r="A429" s="1" t="s">
+        <v>1190</v>
+      </c>
+      <c r="B429" s="1" t="s">
+        <v>1191</v>
+      </c>
+      <c r="C429" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D429" s="1" t="s">
         <v>1192</v>
       </c>
-      <c r="B429" s="1" t="s">
+      <c r="E429" s="1" t="s">
         <v>1193</v>
       </c>
-      <c r="C429" s="1" t="s">
-[...4 lines deleted...]
-      <c r="F429" s="1" t="s">
+      <c r="F429" s="1"/>
+      <c r="G429" s="1" t="s">
         <v>1194</v>
       </c>
-      <c r="G429" s="1" t="s">
+      <c r="H429" s="1" t="s">
         <v>1195</v>
       </c>
-      <c r="H429" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I429" s="1" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="J429" s="1" t="s">
-        <v>518</v>
+        <v>492</v>
       </c>
       <c r="K429" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L429" s="1">
-        <v>9789087225049</v>
+        <v>9789087225124</v>
       </c>
       <c r="M429" s="1">
-        <v>414</v>
+        <v>508</v>
       </c>
       <c r="N429" s="1" t="s">
-        <v>501</v>
+        <v>473</v>
       </c>
       <c r="O429" s="1" t="s">
-        <v>582</v>
+        <v>1196</v>
       </c>
       <c r="P429" s="1"/>
       <c r="Q429" s="1"/>
       <c r="R429" s="1" t="s">
         <v>1197</v>
       </c>
     </row>
     <row r="430" spans="1:18">
       <c r="A430" s="1" t="s">
-        <v>1201</v>
+        <v>1198</v>
       </c>
       <c r="B430" s="1" t="s">
-        <v>1202</v>
-[...6 lines deleted...]
-      </c>
+        <v>1199</v>
+      </c>
+      <c r="C430" s="1"/>
+      <c r="D430" s="1"/>
       <c r="E430" s="1" t="s">
-        <v>1204</v>
+        <v>1200</v>
       </c>
       <c r="F430" s="1"/>
       <c r="G430" s="1" t="s">
-        <v>1205</v>
+        <v>1194</v>
       </c>
       <c r="H430" s="1" t="s">
-        <v>1206</v>
+        <v>1201</v>
       </c>
       <c r="I430" s="1" t="s">
-        <v>378</v>
+        <v>399</v>
       </c>
       <c r="J430" s="1" t="s">
-        <v>573</v>
+        <v>593</v>
       </c>
       <c r="K430" s="1" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="L430" s="1">
-        <v>9789087224981</v>
+        <v>9789087225148</v>
       </c>
       <c r="M430" s="1">
-        <v>288</v>
+        <v>376</v>
       </c>
       <c r="N430" s="1" t="s">
-        <v>480</v>
+        <v>1202</v>
       </c>
       <c r="O430" s="1" t="s">
-        <v>1207</v>
+        <v>1203</v>
       </c>
       <c r="P430" s="1" t="s">
-        <v>1208</v>
+        <v>1204</v>
       </c>
       <c r="Q430" s="1"/>
       <c r="R430" s="1" t="s">
-        <v>1209</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="431" spans="1:18">
       <c r="A431" s="1" t="s">
-        <v>1201</v>
+        <v>1190</v>
       </c>
       <c r="B431" s="1" t="s">
-        <v>1202</v>
+        <v>1191</v>
       </c>
       <c r="C431" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D431" s="1" t="s">
-        <v>1203</v>
+        <v>1192</v>
       </c>
       <c r="E431" s="1" t="s">
-        <v>1204</v>
+        <v>1193</v>
       </c>
       <c r="F431" s="1"/>
       <c r="G431" s="1" t="s">
-        <v>1205</v>
+        <v>1194</v>
       </c>
       <c r="H431" s="1" t="s">
-        <v>1210</v>
+        <v>1206</v>
       </c>
       <c r="I431" s="1" t="s">
-        <v>378</v>
+        <v>117</v>
       </c>
       <c r="J431" s="1" t="s">
-        <v>573</v>
+        <v>121</v>
       </c>
       <c r="K431" s="1" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L431" s="1"/>
       <c r="M431" s="1">
-        <v>288</v>
+        <v>508</v>
       </c>
       <c r="N431" s="1" t="s">
-        <v>480</v>
+        <v>473</v>
       </c>
       <c r="O431" s="1" t="s">
-        <v>1207</v>
-[...3 lines deleted...]
-      </c>
+        <v>1196</v>
+      </c>
+      <c r="P431" s="1"/>
       <c r="Q431" s="1"/>
       <c r="R431" s="1" t="s">
-        <v>1209</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="432" spans="1:18">
       <c r="A432" s="1" t="s">
-        <v>1201</v>
+        <v>1198</v>
       </c>
       <c r="B432" s="1" t="s">
-        <v>1202</v>
-[...6 lines deleted...]
-      </c>
+        <v>1199</v>
+      </c>
+      <c r="C432" s="1"/>
+      <c r="D432" s="1"/>
       <c r="E432" s="1" t="s">
-        <v>1204</v>
+        <v>1200</v>
       </c>
       <c r="F432" s="1"/>
       <c r="G432" s="1" t="s">
-        <v>1205</v>
+        <v>1194</v>
       </c>
       <c r="H432" s="1" t="s">
-        <v>1211</v>
+        <v>1207</v>
       </c>
       <c r="I432" s="1" t="s">
-        <v>375</v>
+        <v>399</v>
       </c>
       <c r="J432" s="1" t="s">
-        <v>315</v>
+        <v>593</v>
       </c>
       <c r="K432" s="1" t="s">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="L432" s="1">
-        <v>9789087225001</v>
+        <v>9789087225155</v>
       </c>
       <c r="M432" s="1">
-        <v>288</v>
+        <v>376</v>
       </c>
       <c r="N432" s="1" t="s">
-        <v>480</v>
+        <v>1202</v>
       </c>
       <c r="O432" s="1" t="s">
-        <v>1207</v>
+        <v>1203</v>
       </c>
       <c r="P432" s="1" t="s">
-        <v>1208</v>
+        <v>1204</v>
       </c>
       <c r="Q432" s="1"/>
       <c r="R432" s="1" t="s">
-        <v>1209</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="433" spans="1:18">
       <c r="A433" s="1" t="s">
-        <v>1212</v>
+        <v>1198</v>
       </c>
       <c r="B433" s="1" t="s">
-        <v>1213</v>
-[...6 lines deleted...]
-      </c>
+        <v>1199</v>
+      </c>
+      <c r="C433" s="1"/>
+      <c r="D433" s="1"/>
       <c r="E433" s="1" t="s">
-        <v>1215</v>
+        <v>1200</v>
       </c>
       <c r="F433" s="1"/>
       <c r="G433" s="1" t="s">
-        <v>1216</v>
+        <v>1194</v>
       </c>
       <c r="H433" s="1" t="s">
-        <v>1217</v>
+        <v>1208</v>
       </c>
       <c r="I433" s="1" t="s">
-        <v>531</v>
+        <v>396</v>
       </c>
       <c r="J433" s="1" t="s">
-        <v>96</v>
+        <v>331</v>
       </c>
       <c r="K433" s="1" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L433" s="1"/>
       <c r="M433" s="1">
-        <v>876</v>
+        <v>376</v>
       </c>
       <c r="N433" s="1" t="s">
-        <v>1218</v>
+        <v>1202</v>
       </c>
       <c r="O433" s="1" t="s">
-        <v>1219</v>
+        <v>1203</v>
       </c>
       <c r="P433" s="1" t="s">
-        <v>1220</v>
+        <v>1204</v>
       </c>
       <c r="Q433" s="1"/>
       <c r="R433" s="1" t="s">
-        <v>1221</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="434" spans="1:18">
       <c r="A434" s="1" t="s">
-        <v>1222</v>
+        <v>1190</v>
       </c>
       <c r="B434" s="1" t="s">
-        <v>1223</v>
+        <v>1191</v>
       </c>
       <c r="C434" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D434" s="1" t="s">
-        <v>1224</v>
+        <v>1192</v>
       </c>
       <c r="E434" s="1" t="s">
-        <v>1225</v>
+        <v>1193</v>
       </c>
       <c r="F434" s="1"/>
       <c r="G434" s="1" t="s">
-        <v>1216</v>
+        <v>1194</v>
       </c>
       <c r="H434" s="1" t="s">
-        <v>1226</v>
+        <v>1209</v>
       </c>
       <c r="I434" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="J434" s="1" t="s">
         <v>121</v>
       </c>
-      <c r="J434" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K434" s="1" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="L434" s="1">
-        <v>9789087224837</v>
+        <v>9789087225100</v>
       </c>
       <c r="M434" s="1">
-        <v>342</v>
+        <v>508</v>
       </c>
       <c r="N434" s="1" t="s">
-        <v>1227</v>
-[...1 lines deleted...]
-      <c r="O434" s="1"/>
+        <v>473</v>
+      </c>
+      <c r="O434" s="1" t="s">
+        <v>1196</v>
+      </c>
       <c r="P434" s="1"/>
       <c r="Q434" s="1"/>
       <c r="R434" s="1" t="s">
-        <v>1228</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="435" spans="1:18">
       <c r="A435" s="1" t="s">
-        <v>1212</v>
+        <v>1198</v>
       </c>
       <c r="B435" s="1" t="s">
-        <v>1213</v>
-[...6 lines deleted...]
-      </c>
+        <v>1199</v>
+      </c>
+      <c r="C435" s="1"/>
+      <c r="D435" s="1"/>
       <c r="E435" s="1" t="s">
-        <v>1215</v>
+        <v>1200</v>
       </c>
       <c r="F435" s="1"/>
       <c r="G435" s="1" t="s">
-        <v>1216</v>
+        <v>1194</v>
       </c>
       <c r="H435" s="1" t="s">
-        <v>1229</v>
+        <v>1210</v>
       </c>
       <c r="I435" s="1" t="s">
-        <v>526</v>
+        <v>396</v>
       </c>
       <c r="J435" s="1" t="s">
-        <v>332</v>
+        <v>331</v>
       </c>
       <c r="K435" s="1" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="L435" s="1">
-        <v>9789087224950</v>
+        <v>9789087225131</v>
       </c>
       <c r="M435" s="1">
-        <v>876</v>
+        <v>376</v>
       </c>
       <c r="N435" s="1" t="s">
-        <v>1218</v>
+        <v>1202</v>
       </c>
       <c r="O435" s="1" t="s">
-        <v>1219</v>
+        <v>1203</v>
       </c>
       <c r="P435" s="1" t="s">
-        <v>1220</v>
+        <v>1204</v>
       </c>
       <c r="Q435" s="1"/>
       <c r="R435" s="1" t="s">
-        <v>1221</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="436" spans="1:18">
       <c r="A436" s="1" t="s">
-        <v>1222</v>
+        <v>1190</v>
       </c>
       <c r="B436" s="1" t="s">
-        <v>1223</v>
+        <v>1191</v>
       </c>
       <c r="C436" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D436" s="1" t="s">
-        <v>1224</v>
+        <v>1192</v>
       </c>
       <c r="E436" s="1" t="s">
-        <v>1225</v>
+        <v>1193</v>
       </c>
       <c r="F436" s="1"/>
       <c r="G436" s="1" t="s">
-        <v>1216</v>
+        <v>1194</v>
       </c>
       <c r="H436" s="1" t="s">
-        <v>1230</v>
+        <v>1211</v>
       </c>
       <c r="I436" s="1" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="J436" s="1" t="s">
-        <v>518</v>
+        <v>492</v>
       </c>
       <c r="K436" s="1" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="L436" s="1">
-        <v>9789087224844</v>
+        <v>9789087225117</v>
       </c>
       <c r="M436" s="1">
-        <v>342</v>
+        <v>508</v>
       </c>
       <c r="N436" s="1" t="s">
-        <v>1227</v>
-[...1 lines deleted...]
-      <c r="O436" s="1"/>
+        <v>473</v>
+      </c>
+      <c r="O436" s="1" t="s">
+        <v>1196</v>
+      </c>
       <c r="P436" s="1"/>
       <c r="Q436" s="1"/>
       <c r="R436" s="1" t="s">
-        <v>1228</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="437" spans="1:18">
       <c r="A437" s="1" t="s">
         <v>1212</v>
       </c>
       <c r="B437" s="1" t="s">
         <v>1213</v>
       </c>
       <c r="C437" s="1" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="D437" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="D437" s="1"/>
+      <c r="E437" s="1"/>
+      <c r="F437" s="1" t="s">
         <v>1214</v>
       </c>
-      <c r="E437" s="1" t="s">
+      <c r="G437" s="1" t="s">
         <v>1215</v>
       </c>
-      <c r="F437" s="1"/>
-      <c r="G437" s="1" t="s">
+      <c r="H437" s="1" t="s">
         <v>1216</v>
       </c>
-      <c r="H437" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I437" s="1" t="s">
-        <v>531</v>
+        <v>172</v>
       </c>
       <c r="J437" s="1" t="s">
-        <v>96</v>
+        <v>534</v>
       </c>
       <c r="K437" s="1" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="L437" s="1">
-        <v>9789087224967</v>
+        <v>9789087225018</v>
       </c>
       <c r="M437" s="1">
-        <v>876</v>
+        <v>414</v>
       </c>
       <c r="N437" s="1" t="s">
-        <v>1218</v>
+        <v>521</v>
       </c>
       <c r="O437" s="1" t="s">
-        <v>1219</v>
-[...3 lines deleted...]
-      </c>
+        <v>602</v>
+      </c>
+      <c r="P437" s="1"/>
       <c r="Q437" s="1"/>
       <c r="R437" s="1" t="s">
-        <v>1221</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="438" spans="1:18">
       <c r="A438" s="1" t="s">
         <v>1212</v>
       </c>
       <c r="B438" s="1" t="s">
         <v>1213</v>
       </c>
       <c r="C438" s="1" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="D438" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="D438" s="1"/>
+      <c r="E438" s="1"/>
+      <c r="F438" s="1" t="s">
         <v>1214</v>
       </c>
-      <c r="E438" s="1" t="s">
+      <c r="G438" s="1" t="s">
         <v>1215</v>
       </c>
-      <c r="F438" s="1"/>
-[...2 lines deleted...]
-      </c>
       <c r="H438" s="1" t="s">
-        <v>1232</v>
+        <v>1218</v>
       </c>
       <c r="I438" s="1" t="s">
-        <v>526</v>
+        <v>145</v>
       </c>
       <c r="J438" s="1" t="s">
-        <v>332</v>
+        <v>538</v>
       </c>
       <c r="K438" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L438" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="L438" s="1">
+        <v>9789087225032</v>
+      </c>
       <c r="M438" s="1">
-        <v>876</v>
+        <v>414</v>
       </c>
       <c r="N438" s="1" t="s">
-        <v>1218</v>
+        <v>521</v>
       </c>
       <c r="O438" s="1" t="s">
-        <v>1219</v>
-[...3 lines deleted...]
-      </c>
+        <v>602</v>
+      </c>
+      <c r="P438" s="1"/>
       <c r="Q438" s="1"/>
       <c r="R438" s="1" t="s">
-        <v>1221</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="439" spans="1:18">
       <c r="A439" s="1" t="s">
-        <v>1233</v>
+        <v>1212</v>
       </c>
       <c r="B439" s="1" t="s">
-        <v>1234</v>
+        <v>1213</v>
       </c>
       <c r="C439" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="D439" s="1"/>
+      <c r="E439" s="1"/>
+      <c r="F439" s="1" t="s">
+        <v>1214</v>
+      </c>
+      <c r="G439" s="1" t="s">
+        <v>1215</v>
+      </c>
+      <c r="H439" s="1" t="s">
+        <v>1219</v>
+      </c>
+      <c r="I439" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="J439" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="K439" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="D439" s="1" t="s">
-[...23 lines deleted...]
-      </c>
+      <c r="L439" s="1"/>
       <c r="M439" s="1">
-        <v>1807</v>
+        <v>414</v>
       </c>
       <c r="N439" s="1" t="s">
-        <v>501</v>
+        <v>521</v>
       </c>
       <c r="O439" s="1" t="s">
-        <v>1241</v>
-[...3 lines deleted...]
-      </c>
+        <v>602</v>
+      </c>
+      <c r="P439" s="1"/>
       <c r="Q439" s="1"/>
       <c r="R439" s="1" t="s">
-        <v>1243</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="440" spans="1:18">
       <c r="A440" s="1" t="s">
-        <v>1233</v>
+        <v>1212</v>
       </c>
       <c r="B440" s="1" t="s">
-        <v>1234</v>
+        <v>1213</v>
       </c>
       <c r="C440" s="1" t="s">
-        <v>30</v>
-[...7 lines deleted...]
-      <c r="F440" s="1"/>
+        <v>266</v>
+      </c>
+      <c r="D440" s="1"/>
+      <c r="E440" s="1"/>
+      <c r="F440" s="1" t="s">
+        <v>1214</v>
+      </c>
       <c r="G440" s="1" t="s">
-        <v>1237</v>
+        <v>1215</v>
       </c>
       <c r="H440" s="1" t="s">
-        <v>1244</v>
+        <v>1220</v>
       </c>
       <c r="I440" s="1" t="s">
-        <v>1245</v>
+        <v>145</v>
       </c>
       <c r="J440" s="1" t="s">
-        <v>1246</v>
+        <v>538</v>
       </c>
       <c r="K440" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L440" s="1"/>
+        <v>25</v>
+      </c>
+      <c r="L440" s="1">
+        <v>9789087225049</v>
+      </c>
       <c r="M440" s="1">
-        <v>1807</v>
+        <v>414</v>
       </c>
       <c r="N440" s="1" t="s">
-        <v>501</v>
+        <v>521</v>
       </c>
       <c r="O440" s="1" t="s">
-        <v>1241</v>
-[...3 lines deleted...]
-      </c>
+        <v>602</v>
+      </c>
+      <c r="P440" s="1"/>
       <c r="Q440" s="1"/>
       <c r="R440" s="1" t="s">
-        <v>1243</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="441" spans="1:18">
       <c r="A441" s="1" t="s">
-        <v>1247</v>
+        <v>1221</v>
       </c>
       <c r="B441" s="1" t="s">
-        <v>1248</v>
+        <v>1222</v>
       </c>
       <c r="C441" s="1" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="D441" s="1"/>
+        <v>33</v>
+      </c>
+      <c r="D441" s="1" t="s">
+        <v>1223</v>
+      </c>
       <c r="E441" s="1" t="s">
-        <v>1249</v>
+        <v>1224</v>
       </c>
       <c r="F441" s="1"/>
       <c r="G441" s="1" t="s">
-        <v>1237</v>
+        <v>1225</v>
       </c>
       <c r="H441" s="1" t="s">
-        <v>1250</v>
+        <v>1226</v>
       </c>
       <c r="I441" s="1" t="s">
-        <v>375</v>
+        <v>399</v>
       </c>
       <c r="J441" s="1" t="s">
-        <v>315</v>
+        <v>593</v>
       </c>
       <c r="K441" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L441" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="L441" s="1">
+        <v>9789087224981</v>
+      </c>
       <c r="M441" s="1">
-        <v>352</v>
-[...1 lines deleted...]
-      <c r="N441" s="1"/>
+        <v>288</v>
+      </c>
+      <c r="N441" s="1" t="s">
+        <v>501</v>
+      </c>
       <c r="O441" s="1" t="s">
-        <v>1251</v>
-[...1 lines deleted...]
-      <c r="P441" s="1"/>
+        <v>1227</v>
+      </c>
+      <c r="P441" s="1" t="s">
+        <v>1228</v>
+      </c>
       <c r="Q441" s="1"/>
       <c r="R441" s="1" t="s">
-        <v>1252</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="442" spans="1:18">
       <c r="A442" s="1" t="s">
-        <v>1247</v>
+        <v>1221</v>
       </c>
       <c r="B442" s="1" t="s">
-        <v>1248</v>
+        <v>1222</v>
       </c>
       <c r="C442" s="1" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="D442" s="1"/>
+        <v>33</v>
+      </c>
+      <c r="D442" s="1" t="s">
+        <v>1223</v>
+      </c>
       <c r="E442" s="1" t="s">
-        <v>1249</v>
+        <v>1224</v>
       </c>
       <c r="F442" s="1"/>
       <c r="G442" s="1" t="s">
-        <v>1237</v>
+        <v>1225</v>
       </c>
       <c r="H442" s="1" t="s">
-        <v>1253</v>
+        <v>1230</v>
       </c>
       <c r="I442" s="1" t="s">
-        <v>378</v>
+        <v>399</v>
       </c>
       <c r="J442" s="1" t="s">
-        <v>573</v>
+        <v>593</v>
       </c>
       <c r="K442" s="1" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="L442" s="1">
-        <v>9789087224806</v>
+        <v>9789087224998</v>
       </c>
       <c r="M442" s="1">
-        <v>352</v>
-[...1 lines deleted...]
-      <c r="N442" s="1"/>
+        <v>288</v>
+      </c>
+      <c r="N442" s="1" t="s">
+        <v>501</v>
+      </c>
       <c r="O442" s="1" t="s">
-        <v>1251</v>
-[...1 lines deleted...]
-      <c r="P442" s="1"/>
+        <v>1227</v>
+      </c>
+      <c r="P442" s="1" t="s">
+        <v>1228</v>
+      </c>
       <c r="Q442" s="1"/>
       <c r="R442" s="1" t="s">
-        <v>1252</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="443" spans="1:18">
       <c r="A443" s="1" t="s">
-        <v>1247</v>
+        <v>1221</v>
       </c>
       <c r="B443" s="1" t="s">
-        <v>1248</v>
+        <v>1222</v>
       </c>
       <c r="C443" s="1" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="D443" s="1"/>
+        <v>33</v>
+      </c>
+      <c r="D443" s="1" t="s">
+        <v>1223</v>
+      </c>
       <c r="E443" s="1" t="s">
-        <v>1249</v>
+        <v>1224</v>
       </c>
       <c r="F443" s="1"/>
       <c r="G443" s="1" t="s">
-        <v>1237</v>
+        <v>1225</v>
       </c>
       <c r="H443" s="1" t="s">
-        <v>1254</v>
+        <v>1231</v>
       </c>
       <c r="I443" s="1" t="s">
-        <v>375</v>
+        <v>396</v>
       </c>
       <c r="J443" s="1" t="s">
-        <v>315</v>
+        <v>331</v>
       </c>
       <c r="K443" s="1" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="L443" s="1">
-        <v>9789087224790</v>
+        <v>9789087225001</v>
       </c>
       <c r="M443" s="1">
-        <v>352</v>
-[...1 lines deleted...]
-      <c r="N443" s="1"/>
+        <v>288</v>
+      </c>
+      <c r="N443" s="1" t="s">
+        <v>501</v>
+      </c>
       <c r="O443" s="1" t="s">
-        <v>1251</v>
-[...1 lines deleted...]
-      <c r="P443" s="1"/>
+        <v>1227</v>
+      </c>
+      <c r="P443" s="1" t="s">
+        <v>1228</v>
+      </c>
       <c r="Q443" s="1"/>
       <c r="R443" s="1" t="s">
-        <v>1252</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="444" spans="1:18">
       <c r="A444" s="1" t="s">
-        <v>1255</v>
+        <v>1232</v>
       </c>
       <c r="B444" s="1" t="s">
-        <v>1256</v>
-[...6 lines deleted...]
-      </c>
+        <v>1233</v>
+      </c>
+      <c r="C444" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D444" s="1" t="s">
+        <v>1234</v>
+      </c>
+      <c r="E444" s="1" t="s">
+        <v>1235</v>
+      </c>
+      <c r="F444" s="1"/>
       <c r="G444" s="1" t="s">
+        <v>1236</v>
+      </c>
+      <c r="H444" s="1" t="s">
         <v>1237</v>
       </c>
-      <c r="H444" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I444" s="1" t="s">
-        <v>603</v>
+        <v>551</v>
       </c>
       <c r="J444" s="1" t="s">
-        <v>573</v>
+        <v>121</v>
       </c>
       <c r="K444" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L444" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="L444" s="1">
+        <v>9789087224974</v>
+      </c>
       <c r="M444" s="1">
-        <v>272</v>
+        <v>876</v>
       </c>
       <c r="N444" s="1" t="s">
-        <v>452</v>
+        <v>1238</v>
       </c>
       <c r="O444" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="P444" s="1"/>
+        <v>1239</v>
+      </c>
+      <c r="P444" s="1" t="s">
+        <v>1240</v>
+      </c>
       <c r="Q444" s="1"/>
       <c r="R444" s="1" t="s">
-        <v>1258</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="445" spans="1:18">
       <c r="A445" s="1" t="s">
-        <v>1255</v>
+        <v>1242</v>
       </c>
       <c r="B445" s="1" t="s">
-        <v>1256</v>
-[...6 lines deleted...]
-      </c>
+        <v>1243</v>
+      </c>
+      <c r="C445" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D445" s="1" t="s">
+        <v>1244</v>
+      </c>
+      <c r="E445" s="1" t="s">
+        <v>1245</v>
+      </c>
+      <c r="F445" s="1"/>
       <c r="G445" s="1" t="s">
-        <v>1237</v>
+        <v>1236</v>
       </c>
       <c r="H445" s="1" t="s">
-        <v>1259</v>
+        <v>1246</v>
       </c>
       <c r="I445" s="1" t="s">
-        <v>580</v>
+        <v>172</v>
       </c>
       <c r="J445" s="1" t="s">
-        <v>764</v>
+        <v>534</v>
       </c>
       <c r="K445" s="1" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="L445" s="1">
-        <v>9789087224905</v>
+        <v>9789087224837</v>
       </c>
       <c r="M445" s="1">
-        <v>272</v>
+        <v>342</v>
       </c>
       <c r="N445" s="1" t="s">
-        <v>452</v>
-[...3 lines deleted...]
-      </c>
+        <v>1247</v>
+      </c>
+      <c r="O445" s="1"/>
       <c r="P445" s="1"/>
       <c r="Q445" s="1"/>
       <c r="R445" s="1" t="s">
-        <v>1258</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="446" spans="1:18">
       <c r="A446" s="1" t="s">
-        <v>1255</v>
+        <v>1232</v>
       </c>
       <c r="B446" s="1" t="s">
-        <v>1256</v>
-[...6 lines deleted...]
-      </c>
+        <v>1233</v>
+      </c>
+      <c r="C446" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D446" s="1" t="s">
+        <v>1234</v>
+      </c>
+      <c r="E446" s="1" t="s">
+        <v>1235</v>
+      </c>
+      <c r="F446" s="1"/>
       <c r="G446" s="1" t="s">
-        <v>1237</v>
+        <v>1236</v>
       </c>
       <c r="H446" s="1" t="s">
-        <v>1260</v>
+        <v>1249</v>
       </c>
       <c r="I446" s="1" t="s">
-        <v>603</v>
+        <v>546</v>
       </c>
       <c r="J446" s="1" t="s">
-        <v>573</v>
+        <v>29</v>
       </c>
       <c r="K446" s="1" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="L446" s="1">
-        <v>9789087224912</v>
+        <v>9789087224950</v>
       </c>
       <c r="M446" s="1">
-        <v>272</v>
+        <v>876</v>
       </c>
       <c r="N446" s="1" t="s">
-        <v>452</v>
+        <v>1238</v>
       </c>
       <c r="O446" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="P446" s="1"/>
+        <v>1239</v>
+      </c>
+      <c r="P446" s="1" t="s">
+        <v>1240</v>
+      </c>
       <c r="Q446" s="1"/>
       <c r="R446" s="1" t="s">
-        <v>1258</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="447" spans="1:18">
       <c r="A447" s="1" t="s">
-        <v>1233</v>
+        <v>1242</v>
       </c>
       <c r="B447" s="1" t="s">
-        <v>1234</v>
+        <v>1243</v>
       </c>
       <c r="C447" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D447" s="1" t="s">
-        <v>1235</v>
+        <v>1244</v>
       </c>
       <c r="E447" s="1" t="s">
-        <v>1236</v>
+        <v>1245</v>
       </c>
       <c r="F447" s="1"/>
       <c r="G447" s="1" t="s">
-        <v>1237</v>
+        <v>1236</v>
       </c>
       <c r="H447" s="1" t="s">
-        <v>1261</v>
+        <v>1250</v>
       </c>
       <c r="I447" s="1" t="s">
-        <v>1245</v>
+        <v>145</v>
       </c>
       <c r="J447" s="1" t="s">
-        <v>1246</v>
+        <v>538</v>
       </c>
       <c r="K447" s="1" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="L447" s="1">
-        <v>9789087224660</v>
+        <v>9789087224844</v>
       </c>
       <c r="M447" s="1">
-        <v>1807</v>
+        <v>342</v>
       </c>
       <c r="N447" s="1" t="s">
-        <v>501</v>
-[...6 lines deleted...]
-      </c>
+        <v>1247</v>
+      </c>
+      <c r="O447" s="1"/>
+      <c r="P447" s="1"/>
       <c r="Q447" s="1"/>
       <c r="R447" s="1" t="s">
-        <v>1243</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="448" spans="1:18">
       <c r="A448" s="1" t="s">
-        <v>1247</v>
+        <v>1232</v>
       </c>
       <c r="B448" s="1" t="s">
-        <v>1248</v>
+        <v>1233</v>
       </c>
       <c r="C448" s="1" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="D448" s="1"/>
+        <v>33</v>
+      </c>
+      <c r="D448" s="1" t="s">
+        <v>1234</v>
+      </c>
       <c r="E448" s="1" t="s">
-        <v>1249</v>
+        <v>1235</v>
       </c>
       <c r="F448" s="1"/>
       <c r="G448" s="1" t="s">
-        <v>1237</v>
+        <v>1236</v>
       </c>
       <c r="H448" s="1" t="s">
-        <v>1262</v>
+        <v>1251</v>
       </c>
       <c r="I448" s="1" t="s">
-        <v>378</v>
+        <v>551</v>
       </c>
       <c r="J448" s="1" t="s">
-        <v>573</v>
+        <v>121</v>
       </c>
       <c r="K448" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L448" s="1">
-        <v>9789087224813</v>
+        <v>9789087224967</v>
       </c>
       <c r="M448" s="1">
-        <v>352</v>
-[...1 lines deleted...]
-      <c r="N448" s="1"/>
+        <v>876</v>
+      </c>
+      <c r="N448" s="1" t="s">
+        <v>1238</v>
+      </c>
       <c r="O448" s="1" t="s">
-        <v>1251</v>
-[...1 lines deleted...]
-      <c r="P448" s="1"/>
+        <v>1239</v>
+      </c>
+      <c r="P448" s="1" t="s">
+        <v>1240</v>
+      </c>
       <c r="Q448" s="1"/>
       <c r="R448" s="1" t="s">
-        <v>1252</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="449" spans="1:18">
       <c r="A449" s="1" t="s">
+        <v>1232</v>
+      </c>
+      <c r="B449" s="1" t="s">
         <v>1233</v>
       </c>
-      <c r="B449" s="1" t="s">
+      <c r="C449" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D449" s="1" t="s">
         <v>1234</v>
       </c>
-      <c r="C449" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D449" s="1" t="s">
+      <c r="E449" s="1" t="s">
         <v>1235</v>
-      </c>
-[...1 lines deleted...]
-        <v>1236</v>
       </c>
       <c r="F449" s="1"/>
       <c r="G449" s="1" t="s">
-        <v>1237</v>
+        <v>1236</v>
       </c>
       <c r="H449" s="1" t="s">
-        <v>1263</v>
+        <v>1252</v>
       </c>
       <c r="I449" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="J449" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="K449" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="L449" s="1"/>
+      <c r="M449" s="1">
+        <v>876</v>
+      </c>
+      <c r="N449" s="1" t="s">
+        <v>1238</v>
+      </c>
+      <c r="O449" s="1" t="s">
         <v>1239</v>
       </c>
-      <c r="J449" s="1" t="s">
+      <c r="P449" s="1" t="s">
         <v>1240</v>
-      </c>
-[...16 lines deleted...]
-        <v>1242</v>
       </c>
       <c r="Q449" s="1"/>
       <c r="R449" s="1" t="s">
-        <v>1243</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="450" spans="1:18">
       <c r="A450" s="1" t="s">
-        <v>1264</v>
+        <v>1253</v>
       </c>
       <c r="B450" s="1" t="s">
-        <v>1265</v>
-[...6 lines deleted...]
-      </c>
+        <v>1254</v>
+      </c>
+      <c r="C450" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D450" s="1" t="s">
+        <v>1255</v>
+      </c>
+      <c r="E450" s="1" t="s">
+        <v>1256</v>
+      </c>
+      <c r="F450" s="1"/>
       <c r="G450" s="1" t="s">
-        <v>1267</v>
+        <v>1257</v>
       </c>
       <c r="H450" s="1" t="s">
-        <v>1268</v>
+        <v>1258</v>
       </c>
       <c r="I450" s="1" t="s">
-        <v>121</v>
+        <v>1259</v>
       </c>
       <c r="J450" s="1" t="s">
-        <v>315</v>
+        <v>1260</v>
       </c>
       <c r="K450" s="1" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="L450" s="1">
-        <v>9789087224943</v>
+        <v>9789087224677</v>
       </c>
       <c r="M450" s="1">
-        <v>492</v>
+        <v>1807</v>
       </c>
       <c r="N450" s="1" t="s">
-        <v>452</v>
+        <v>521</v>
       </c>
       <c r="O450" s="1" t="s">
-        <v>841</v>
-[...1 lines deleted...]
-      <c r="P450" s="1"/>
+        <v>1261</v>
+      </c>
+      <c r="P450" s="1" t="s">
+        <v>1262</v>
+      </c>
       <c r="Q450" s="1"/>
       <c r="R450" s="1" t="s">
-        <v>1269</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="451" spans="1:18">
       <c r="A451" s="1" t="s">
+        <v>1253</v>
+      </c>
+      <c r="B451" s="1" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C451" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D451" s="1" t="s">
+        <v>1255</v>
+      </c>
+      <c r="E451" s="1" t="s">
+        <v>1256</v>
+      </c>
+      <c r="F451" s="1"/>
+      <c r="G451" s="1" t="s">
+        <v>1257</v>
+      </c>
+      <c r="H451" s="1" t="s">
         <v>1264</v>
       </c>
-      <c r="B451" s="1" t="s">
+      <c r="I451" s="1" t="s">
         <v>1265</v>
       </c>
-      <c r="C451" s="1"/>
-[...2 lines deleted...]
-      <c r="F451" s="1" t="s">
+      <c r="J451" s="1" t="s">
         <v>1266</v>
       </c>
-      <c r="G451" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K451" s="1" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L451" s="1"/>
       <c r="M451" s="1">
-        <v>492</v>
+        <v>1807</v>
       </c>
       <c r="N451" s="1" t="s">
-        <v>452</v>
+        <v>521</v>
       </c>
       <c r="O451" s="1" t="s">
-        <v>841</v>
-[...1 lines deleted...]
-      <c r="P451" s="1"/>
+        <v>1261</v>
+      </c>
+      <c r="P451" s="1" t="s">
+        <v>1262</v>
+      </c>
       <c r="Q451" s="1"/>
       <c r="R451" s="1" t="s">
-        <v>1269</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="452" spans="1:18">
       <c r="A452" s="1" t="s">
-        <v>1264</v>
+        <v>1267</v>
       </c>
       <c r="B452" s="1" t="s">
-        <v>1265</v>
-[...1 lines deleted...]
-      <c r="C452" s="1"/>
+        <v>1268</v>
+      </c>
+      <c r="C452" s="1" t="s">
+        <v>33</v>
+      </c>
       <c r="D452" s="1"/>
-      <c r="E452" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="E452" s="1" t="s">
+        <v>1269</v>
+      </c>
+      <c r="F452" s="1"/>
       <c r="G452" s="1" t="s">
-        <v>1267</v>
+        <v>1257</v>
       </c>
       <c r="H452" s="1" t="s">
+        <v>1270</v>
+      </c>
+      <c r="I452" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="J452" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="K452" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="L452" s="1"/>
+      <c r="M452" s="1">
+        <v>352</v>
+      </c>
+      <c r="N452" s="1"/>
+      <c r="O452" s="1" t="s">
         <v>1271</v>
-      </c>
-[...19 lines deleted...]
-        <v>841</v>
       </c>
       <c r="P452" s="1"/>
       <c r="Q452" s="1"/>
       <c r="R452" s="1" t="s">
-        <v>1269</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="453" spans="1:18">
       <c r="A453" s="1" t="s">
-        <v>1264</v>
+        <v>1267</v>
       </c>
       <c r="B453" s="1" t="s">
-        <v>1265</v>
-[...1 lines deleted...]
-      <c r="C453" s="1"/>
+        <v>1268</v>
+      </c>
+      <c r="C453" s="1" t="s">
+        <v>33</v>
+      </c>
       <c r="D453" s="1"/>
-      <c r="E453" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="E453" s="1" t="s">
+        <v>1269</v>
+      </c>
+      <c r="F453" s="1"/>
       <c r="G453" s="1" t="s">
-        <v>1267</v>
+        <v>1257</v>
       </c>
       <c r="H453" s="1" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
       <c r="I453" s="1" t="s">
-        <v>121</v>
+        <v>399</v>
       </c>
       <c r="J453" s="1" t="s">
-        <v>315</v>
+        <v>593</v>
       </c>
       <c r="K453" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L453" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="L453" s="1">
+        <v>9789087224806</v>
+      </c>
       <c r="M453" s="1">
-        <v>492</v>
-[...3 lines deleted...]
-      </c>
+        <v>352</v>
+      </c>
+      <c r="N453" s="1"/>
       <c r="O453" s="1" t="s">
-        <v>841</v>
+        <v>1271</v>
       </c>
       <c r="P453" s="1"/>
       <c r="Q453" s="1"/>
       <c r="R453" s="1" t="s">
-        <v>1269</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="454" spans="1:18">
       <c r="A454" s="1" t="s">
-        <v>1273</v>
+        <v>1267</v>
       </c>
       <c r="B454" s="1" t="s">
-        <v>1274</v>
+        <v>1268</v>
       </c>
       <c r="C454" s="1" t="s">
-        <v>20</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="D454" s="1"/>
       <c r="E454" s="1" t="s">
-        <v>1276</v>
+        <v>1269</v>
       </c>
       <c r="F454" s="1"/>
       <c r="G454" s="1" t="s">
-        <v>1277</v>
+        <v>1257</v>
       </c>
       <c r="H454" s="1" t="s">
-        <v>1278</v>
+        <v>1274</v>
       </c>
       <c r="I454" s="1" t="s">
-        <v>378</v>
+        <v>396</v>
       </c>
       <c r="J454" s="1" t="s">
-        <v>573</v>
+        <v>331</v>
       </c>
       <c r="K454" s="1" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="L454" s="1">
-        <v>9789087224714</v>
+        <v>9789087224790</v>
       </c>
       <c r="M454" s="1">
-        <v>506</v>
-[...4 lines deleted...]
-      <c r="O454" s="1"/>
+        <v>352</v>
+      </c>
+      <c r="N454" s="1"/>
+      <c r="O454" s="1" t="s">
+        <v>1271</v>
+      </c>
       <c r="P454" s="1"/>
       <c r="Q454" s="1"/>
       <c r="R454" s="1" t="s">
-        <v>1279</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="455" spans="1:18">
       <c r="A455" s="1" t="s">
-        <v>1280</v>
+        <v>1275</v>
       </c>
       <c r="B455" s="1" t="s">
-        <v>1281</v>
+        <v>1276</v>
       </c>
       <c r="C455" s="1"/>
       <c r="D455" s="1"/>
       <c r="E455" s="1"/>
       <c r="F455" s="1" t="s">
-        <v>1282</v>
+        <v>1042</v>
       </c>
       <c r="G455" s="1" t="s">
+        <v>1257</v>
+      </c>
+      <c r="H455" s="1" t="s">
         <v>1277</v>
       </c>
-      <c r="H455" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I455" s="1" t="s">
-        <v>296</v>
+        <v>623</v>
       </c>
       <c r="J455" s="1" t="s">
-        <v>58</v>
+        <v>593</v>
       </c>
       <c r="K455" s="1" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L455" s="1"/>
       <c r="M455" s="1">
-        <v>1354</v>
+        <v>272</v>
       </c>
       <c r="N455" s="1" t="s">
-        <v>452</v>
+        <v>473</v>
       </c>
       <c r="O455" s="1" t="s">
-        <v>1284</v>
+        <v>602</v>
       </c>
       <c r="P455" s="1"/>
       <c r="Q455" s="1"/>
       <c r="R455" s="1" t="s">
-        <v>1285</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="456" spans="1:18">
       <c r="A456" s="1" t="s">
-        <v>1273</v>
+        <v>1275</v>
       </c>
       <c r="B456" s="1" t="s">
-        <v>1274</v>
-[...7 lines deleted...]
-      <c r="E456" s="1" t="s">
         <v>1276</v>
       </c>
-      <c r="F456" s="1"/>
+      <c r="C456" s="1"/>
+      <c r="D456" s="1"/>
+      <c r="E456" s="1"/>
+      <c r="F456" s="1" t="s">
+        <v>1042</v>
+      </c>
       <c r="G456" s="1" t="s">
-        <v>1277</v>
+        <v>1257</v>
       </c>
       <c r="H456" s="1" t="s">
-        <v>1286</v>
+        <v>1279</v>
       </c>
       <c r="I456" s="1" t="s">
-        <v>375</v>
+        <v>600</v>
       </c>
       <c r="J456" s="1" t="s">
-        <v>315</v>
+        <v>784</v>
       </c>
       <c r="K456" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L456" s="1"/>
+        <v>25</v>
+      </c>
+      <c r="L456" s="1">
+        <v>9789087224905</v>
+      </c>
       <c r="M456" s="1">
-        <v>506</v>
+        <v>272</v>
       </c>
       <c r="N456" s="1" t="s">
-        <v>501</v>
-[...1 lines deleted...]
-      <c r="O456" s="1"/>
+        <v>473</v>
+      </c>
+      <c r="O456" s="1" t="s">
+        <v>602</v>
+      </c>
       <c r="P456" s="1"/>
       <c r="Q456" s="1"/>
       <c r="R456" s="1" t="s">
-        <v>1279</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="457" spans="1:18">
       <c r="A457" s="1" t="s">
-        <v>1273</v>
+        <v>1275</v>
       </c>
       <c r="B457" s="1" t="s">
-        <v>1274</v>
-[...7 lines deleted...]
-      <c r="E457" s="1" t="s">
         <v>1276</v>
       </c>
-      <c r="F457" s="1"/>
+      <c r="C457" s="1"/>
+      <c r="D457" s="1"/>
+      <c r="E457" s="1"/>
+      <c r="F457" s="1" t="s">
+        <v>1042</v>
+      </c>
       <c r="G457" s="1" t="s">
-        <v>1277</v>
+        <v>1257</v>
       </c>
       <c r="H457" s="1" t="s">
-        <v>1287</v>
+        <v>1280</v>
       </c>
       <c r="I457" s="1" t="s">
-        <v>378</v>
+        <v>623</v>
       </c>
       <c r="J457" s="1" t="s">
-        <v>573</v>
+        <v>593</v>
       </c>
       <c r="K457" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L457" s="1">
-        <v>9789087224707</v>
+        <v>9789087224912</v>
       </c>
       <c r="M457" s="1">
-        <v>506</v>
+        <v>272</v>
       </c>
       <c r="N457" s="1" t="s">
-        <v>501</v>
-[...1 lines deleted...]
-      <c r="O457" s="1"/>
+        <v>473</v>
+      </c>
+      <c r="O457" s="1" t="s">
+        <v>602</v>
+      </c>
       <c r="P457" s="1"/>
       <c r="Q457" s="1"/>
       <c r="R457" s="1" t="s">
-        <v>1279</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="458" spans="1:18">
       <c r="A458" s="1" t="s">
-        <v>1273</v>
+        <v>1253</v>
       </c>
       <c r="B458" s="1" t="s">
-        <v>1274</v>
+        <v>1254</v>
       </c>
       <c r="C458" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D458" s="1" t="s">
-        <v>1275</v>
+        <v>1255</v>
       </c>
       <c r="E458" s="1" t="s">
-        <v>1276</v>
+        <v>1256</v>
       </c>
       <c r="F458" s="1"/>
       <c r="G458" s="1" t="s">
-        <v>1277</v>
+        <v>1257</v>
       </c>
       <c r="H458" s="1" t="s">
-        <v>1288</v>
+        <v>1281</v>
       </c>
       <c r="I458" s="1" t="s">
-        <v>375</v>
+        <v>1265</v>
       </c>
       <c r="J458" s="1" t="s">
-        <v>315</v>
+        <v>1266</v>
       </c>
       <c r="K458" s="1" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="L458" s="1">
-        <v>9789087224691</v>
+        <v>9789087224660</v>
       </c>
       <c r="M458" s="1">
-        <v>506</v>
+        <v>1807</v>
       </c>
       <c r="N458" s="1" t="s">
-        <v>501</v>
-[...2 lines deleted...]
-      <c r="P458" s="1"/>
+        <v>521</v>
+      </c>
+      <c r="O458" s="1" t="s">
+        <v>1261</v>
+      </c>
+      <c r="P458" s="1" t="s">
+        <v>1262</v>
+      </c>
       <c r="Q458" s="1"/>
       <c r="R458" s="1" t="s">
-        <v>1279</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="459" spans="1:18">
       <c r="A459" s="1" t="s">
-        <v>1280</v>
+        <v>1267</v>
       </c>
       <c r="B459" s="1" t="s">
-        <v>1281</v>
-[...1 lines deleted...]
-      <c r="C459" s="1"/>
+        <v>1268</v>
+      </c>
+      <c r="C459" s="1" t="s">
+        <v>33</v>
+      </c>
       <c r="D459" s="1"/>
-      <c r="E459" s="1"/>
-      <c r="F459" s="1" t="s">
+      <c r="E459" s="1" t="s">
+        <v>1269</v>
+      </c>
+      <c r="F459" s="1"/>
+      <c r="G459" s="1" t="s">
+        <v>1257</v>
+      </c>
+      <c r="H459" s="1" t="s">
         <v>1282</v>
       </c>
-      <c r="G459" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I459" s="1" t="s">
-        <v>296</v>
+        <v>399</v>
       </c>
       <c r="J459" s="1" t="s">
-        <v>58</v>
+        <v>593</v>
       </c>
       <c r="K459" s="1" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="L459" s="1">
-        <v>9789087224875</v>
+        <v>9789087224813</v>
       </c>
       <c r="M459" s="1">
-        <v>1354</v>
-[...3 lines deleted...]
-      </c>
+        <v>352</v>
+      </c>
+      <c r="N459" s="1"/>
       <c r="O459" s="1" t="s">
-        <v>1284</v>
+        <v>1271</v>
       </c>
       <c r="P459" s="1"/>
       <c r="Q459" s="1"/>
       <c r="R459" s="1" t="s">
-        <v>1285</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="460" spans="1:18">
       <c r="A460" s="1" t="s">
-        <v>1280</v>
+        <v>1253</v>
       </c>
       <c r="B460" s="1" t="s">
-        <v>1281</v>
-[...6 lines deleted...]
-      </c>
+        <v>1254</v>
+      </c>
+      <c r="C460" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D460" s="1" t="s">
+        <v>1255</v>
+      </c>
+      <c r="E460" s="1" t="s">
+        <v>1256</v>
+      </c>
+      <c r="F460" s="1"/>
       <c r="G460" s="1" t="s">
-        <v>1277</v>
+        <v>1257</v>
       </c>
       <c r="H460" s="1" t="s">
-        <v>1290</v>
+        <v>1283</v>
       </c>
       <c r="I460" s="1" t="s">
-        <v>318</v>
+        <v>1259</v>
       </c>
       <c r="J460" s="1" t="s">
-        <v>49</v>
+        <v>1260</v>
       </c>
       <c r="K460" s="1" t="s">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="L460" s="1">
-        <v>9789087224868</v>
+        <v>9789087224684</v>
       </c>
       <c r="M460" s="1">
-        <v>1354</v>
+        <v>1807</v>
       </c>
       <c r="N460" s="1" t="s">
-        <v>452</v>
+        <v>521</v>
       </c>
       <c r="O460" s="1" t="s">
-        <v>1284</v>
-[...1 lines deleted...]
-      <c r="P460" s="1"/>
+        <v>1261</v>
+      </c>
+      <c r="P460" s="1" t="s">
+        <v>1262</v>
+      </c>
       <c r="Q460" s="1"/>
       <c r="R460" s="1" t="s">
-        <v>1285</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="461" spans="1:18">
       <c r="A461" s="1" t="s">
-        <v>1280</v>
+        <v>1284</v>
       </c>
       <c r="B461" s="1" t="s">
-        <v>1281</v>
+        <v>1285</v>
       </c>
       <c r="C461" s="1"/>
       <c r="D461" s="1"/>
       <c r="E461" s="1"/>
       <c r="F461" s="1" t="s">
-        <v>1282</v>
+        <v>1286</v>
       </c>
       <c r="G461" s="1" t="s">
-        <v>1277</v>
+        <v>1287</v>
       </c>
       <c r="H461" s="1" t="s">
-        <v>1291</v>
+        <v>1288</v>
       </c>
       <c r="I461" s="1" t="s">
-        <v>318</v>
+        <v>172</v>
       </c>
       <c r="J461" s="1" t="s">
-        <v>49</v>
+        <v>331</v>
       </c>
       <c r="K461" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L461" s="1"/>
+        <v>38</v>
+      </c>
+      <c r="L461" s="1">
+        <v>9789087224943</v>
+      </c>
       <c r="M461" s="1">
-        <v>1354</v>
+        <v>492</v>
       </c>
       <c r="N461" s="1" t="s">
-        <v>452</v>
+        <v>473</v>
       </c>
       <c r="O461" s="1" t="s">
-        <v>1284</v>
+        <v>861</v>
       </c>
       <c r="P461" s="1"/>
       <c r="Q461" s="1"/>
       <c r="R461" s="1" t="s">
-        <v>1285</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="462" spans="1:18">
       <c r="A462" s="1" t="s">
-        <v>1292</v>
+        <v>1284</v>
       </c>
       <c r="B462" s="1" t="s">
-        <v>1293</v>
-[...3 lines deleted...]
-      </c>
+        <v>1285</v>
+      </c>
+      <c r="C462" s="1"/>
       <c r="D462" s="1"/>
       <c r="E462" s="1"/>
       <c r="F462" s="1" t="s">
-        <v>592</v>
+        <v>1286</v>
       </c>
       <c r="G462" s="1" t="s">
-        <v>1294</v>
+        <v>1287</v>
       </c>
       <c r="H462" s="1" t="s">
-        <v>1295</v>
+        <v>1290</v>
       </c>
       <c r="I462" s="1" t="s">
-        <v>24</v>
+        <v>145</v>
       </c>
       <c r="J462" s="1" t="s">
-        <v>213</v>
+        <v>593</v>
       </c>
       <c r="K462" s="1" t="s">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="L462" s="1">
-        <v>9789087224721</v>
+        <v>9789087224936</v>
       </c>
       <c r="M462" s="1">
-        <v>748</v>
+        <v>492</v>
       </c>
       <c r="N462" s="1" t="s">
-        <v>1296</v>
+        <v>473</v>
       </c>
       <c r="O462" s="1" t="s">
-        <v>146</v>
+        <v>861</v>
       </c>
       <c r="P462" s="1"/>
       <c r="Q462" s="1"/>
       <c r="R462" s="1" t="s">
-        <v>1297</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="463" spans="1:18">
       <c r="A463" s="1" t="s">
-        <v>1292</v>
+        <v>1284</v>
       </c>
       <c r="B463" s="1" t="s">
-        <v>1293</v>
-[...3 lines deleted...]
-      </c>
+        <v>1285</v>
+      </c>
+      <c r="C463" s="1"/>
       <c r="D463" s="1"/>
       <c r="E463" s="1"/>
       <c r="F463" s="1" t="s">
-        <v>592</v>
+        <v>1286</v>
       </c>
       <c r="G463" s="1" t="s">
-        <v>1294</v>
+        <v>1287</v>
       </c>
       <c r="H463" s="1" t="s">
-        <v>1298</v>
+        <v>1291</v>
       </c>
       <c r="I463" s="1" t="s">
-        <v>83</v>
+        <v>145</v>
       </c>
       <c r="J463" s="1" t="s">
-        <v>222</v>
+        <v>593</v>
       </c>
       <c r="K463" s="1" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="L463" s="1">
-        <v>9789087224738</v>
+        <v>9789087224929</v>
       </c>
       <c r="M463" s="1">
-        <v>748</v>
+        <v>492</v>
       </c>
       <c r="N463" s="1" t="s">
-        <v>1296</v>
+        <v>473</v>
       </c>
       <c r="O463" s="1" t="s">
-        <v>146</v>
+        <v>861</v>
       </c>
       <c r="P463" s="1"/>
       <c r="Q463" s="1"/>
       <c r="R463" s="1" t="s">
-        <v>1297</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="464" spans="1:18">
       <c r="A464" s="1" t="s">
-        <v>1292</v>
+        <v>1284</v>
       </c>
       <c r="B464" s="1" t="s">
-        <v>1293</v>
-[...3 lines deleted...]
-      </c>
+        <v>1285</v>
+      </c>
+      <c r="C464" s="1"/>
       <c r="D464" s="1"/>
       <c r="E464" s="1"/>
       <c r="F464" s="1" t="s">
-        <v>592</v>
+        <v>1286</v>
       </c>
       <c r="G464" s="1" t="s">
-        <v>1294</v>
+        <v>1287</v>
       </c>
       <c r="H464" s="1" t="s">
-        <v>1299</v>
+        <v>1292</v>
       </c>
       <c r="I464" s="1" t="s">
-        <v>24</v>
+        <v>172</v>
       </c>
       <c r="J464" s="1" t="s">
-        <v>213</v>
+        <v>331</v>
       </c>
       <c r="K464" s="1" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="L464" s="1"/>
       <c r="M464" s="1">
-        <v>748</v>
+        <v>492</v>
       </c>
       <c r="N464" s="1" t="s">
-        <v>1296</v>
+        <v>473</v>
       </c>
       <c r="O464" s="1" t="s">
-        <v>146</v>
+        <v>861</v>
       </c>
       <c r="P464" s="1"/>
       <c r="Q464" s="1"/>
       <c r="R464" s="1" t="s">
-        <v>1297</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="465" spans="1:18">
       <c r="A465" s="1" t="s">
-        <v>1300</v>
+        <v>1293</v>
       </c>
       <c r="B465" s="1" t="s">
-        <v>1301</v>
+        <v>1294</v>
       </c>
       <c r="C465" s="1" t="s">
-        <v>20</v>
+        <v>51</v>
       </c>
       <c r="D465" s="1" t="s">
-        <v>1302</v>
-[...4 lines deleted...]
-      </c>
+        <v>1295</v>
+      </c>
+      <c r="E465" s="1" t="s">
+        <v>1296</v>
+      </c>
+      <c r="F465" s="1"/>
       <c r="G465" s="1" t="s">
-        <v>1304</v>
+        <v>1297</v>
       </c>
       <c r="H465" s="1" t="s">
-        <v>1305</v>
+        <v>1298</v>
       </c>
       <c r="I465" s="1" t="s">
-        <v>63</v>
+        <v>399</v>
       </c>
       <c r="J465" s="1" t="s">
-        <v>613</v>
+        <v>593</v>
       </c>
       <c r="K465" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L465" s="1"/>
+        <v>25</v>
+      </c>
+      <c r="L465" s="1">
+        <v>9789087224714</v>
+      </c>
       <c r="M465" s="1">
-        <v>940</v>
+        <v>506</v>
       </c>
       <c r="N465" s="1" t="s">
-        <v>501</v>
+        <v>521</v>
       </c>
       <c r="O465" s="1"/>
       <c r="P465" s="1"/>
       <c r="Q465" s="1"/>
       <c r="R465" s="1" t="s">
-        <v>1306</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="466" spans="1:18">
       <c r="A466" s="1" t="s">
         <v>1300</v>
       </c>
       <c r="B466" s="1" t="s">
         <v>1301</v>
       </c>
-      <c r="C466" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C466" s="1"/>
+      <c r="D466" s="1"/>
       <c r="E466" s="1"/>
       <c r="F466" s="1" t="s">
+        <v>1302</v>
+      </c>
+      <c r="G466" s="1" t="s">
+        <v>1297</v>
+      </c>
+      <c r="H466" s="1" t="s">
         <v>1303</v>
       </c>
-      <c r="G466" s="1" t="s">
+      <c r="I466" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="J466" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="K466" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="L466" s="1">
+        <v>9789087224882</v>
+      </c>
+      <c r="M466" s="1">
+        <v>1354</v>
+      </c>
+      <c r="N466" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="O466" s="1" t="s">
         <v>1304</v>
       </c>
-      <c r="H466" s="1" t="s">
-[...20 lines deleted...]
-      <c r="O466" s="1"/>
       <c r="P466" s="1"/>
       <c r="Q466" s="1"/>
       <c r="R466" s="1" t="s">
-        <v>1306</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="467" spans="1:18">
       <c r="A467" s="1" t="s">
-        <v>1300</v>
+        <v>1293</v>
       </c>
       <c r="B467" s="1" t="s">
-        <v>1301</v>
+        <v>1294</v>
       </c>
       <c r="C467" s="1" t="s">
-        <v>20</v>
+        <v>51</v>
       </c>
       <c r="D467" s="1" t="s">
-        <v>1302</v>
-[...4 lines deleted...]
-      </c>
+        <v>1295</v>
+      </c>
+      <c r="E467" s="1" t="s">
+        <v>1296</v>
+      </c>
+      <c r="F467" s="1"/>
       <c r="G467" s="1" t="s">
-        <v>1304</v>
+        <v>1297</v>
       </c>
       <c r="H467" s="1" t="s">
-        <v>1308</v>
+        <v>1306</v>
       </c>
       <c r="I467" s="1" t="s">
-        <v>63</v>
+        <v>396</v>
       </c>
       <c r="J467" s="1" t="s">
-        <v>613</v>
+        <v>331</v>
       </c>
       <c r="K467" s="1" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L467" s="1"/>
       <c r="M467" s="1">
-        <v>940</v>
+        <v>506</v>
       </c>
       <c r="N467" s="1" t="s">
-        <v>501</v>
+        <v>521</v>
       </c>
       <c r="O467" s="1"/>
       <c r="P467" s="1"/>
       <c r="Q467" s="1"/>
       <c r="R467" s="1" t="s">
-        <v>1306</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="468" spans="1:18">
       <c r="A468" s="1" t="s">
-        <v>1309</v>
+        <v>1293</v>
       </c>
       <c r="B468" s="1" t="s">
-        <v>1310</v>
+        <v>1294</v>
       </c>
       <c r="C468" s="1" t="s">
-        <v>117</v>
+        <v>51</v>
       </c>
       <c r="D468" s="1" t="s">
-        <v>931</v>
+        <v>1295</v>
       </c>
       <c r="E468" s="1" t="s">
-        <v>567</v>
+        <v>1296</v>
       </c>
       <c r="F468" s="1"/>
       <c r="G468" s="1" t="s">
-        <v>1311</v>
+        <v>1297</v>
       </c>
       <c r="H468" s="1" t="s">
-        <v>1312</v>
+        <v>1307</v>
       </c>
       <c r="I468" s="1" t="s">
-        <v>143</v>
+        <v>399</v>
       </c>
       <c r="J468" s="1" t="s">
-        <v>144</v>
+        <v>593</v>
       </c>
       <c r="K468" s="1" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="L468" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="L468" s="1">
+        <v>9789087224707</v>
+      </c>
       <c r="M468" s="1">
-        <v>763</v>
+        <v>506</v>
       </c>
       <c r="N468" s="1" t="s">
-        <v>501</v>
-[...3 lines deleted...]
-      </c>
+        <v>521</v>
+      </c>
+      <c r="O468" s="1"/>
       <c r="P468" s="1"/>
       <c r="Q468" s="1"/>
       <c r="R468" s="1" t="s">
-        <v>1313</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="469" spans="1:18">
       <c r="A469" s="1" t="s">
-        <v>1314</v>
+        <v>1293</v>
       </c>
       <c r="B469" s="1" t="s">
-        <v>1315</v>
+        <v>1294</v>
       </c>
       <c r="C469" s="1" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="D469" s="1" t="s">
-        <v>1316</v>
+        <v>1295</v>
       </c>
       <c r="E469" s="1" t="s">
-        <v>1317</v>
+        <v>1296</v>
       </c>
       <c r="F469" s="1"/>
       <c r="G469" s="1" t="s">
-        <v>1311</v>
+        <v>1297</v>
       </c>
       <c r="H469" s="1" t="s">
-        <v>1318</v>
+        <v>1308</v>
       </c>
       <c r="I469" s="1" t="s">
-        <v>99</v>
+        <v>396</v>
       </c>
       <c r="J469" s="1" t="s">
-        <v>471</v>
+        <v>331</v>
       </c>
       <c r="K469" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L469" s="1">
-        <v>9789087224493</v>
+        <v>9789087224691</v>
       </c>
       <c r="M469" s="1">
-        <v>406</v>
+        <v>506</v>
       </c>
       <c r="N469" s="1" t="s">
-        <v>547</v>
-[...3 lines deleted...]
-      </c>
+        <v>521</v>
+      </c>
+      <c r="O469" s="1"/>
       <c r="P469" s="1"/>
       <c r="Q469" s="1"/>
       <c r="R469" s="1" t="s">
-        <v>1320</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="470" spans="1:18">
       <c r="A470" s="1" t="s">
-        <v>1314</v>
+        <v>1300</v>
       </c>
       <c r="B470" s="1" t="s">
-        <v>1315</v>
-[...10 lines deleted...]
-      <c r="F470" s="1"/>
+        <v>1301</v>
+      </c>
+      <c r="C470" s="1"/>
+      <c r="D470" s="1"/>
+      <c r="E470" s="1"/>
+      <c r="F470" s="1" t="s">
+        <v>1302</v>
+      </c>
       <c r="G470" s="1" t="s">
-        <v>1311</v>
+        <v>1297</v>
       </c>
       <c r="H470" s="1" t="s">
-        <v>1321</v>
+        <v>1309</v>
       </c>
       <c r="I470" s="1" t="s">
-        <v>73</v>
+        <v>341</v>
       </c>
       <c r="J470" s="1" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="K470" s="1" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="L470" s="1">
-        <v>9789087224486</v>
+        <v>9789087224875</v>
       </c>
       <c r="M470" s="1">
-        <v>406</v>
+        <v>1354</v>
       </c>
       <c r="N470" s="1" t="s">
-        <v>547</v>
+        <v>473</v>
       </c>
       <c r="O470" s="1" t="s">
-        <v>1319</v>
+        <v>1304</v>
       </c>
       <c r="P470" s="1"/>
       <c r="Q470" s="1"/>
       <c r="R470" s="1" t="s">
-        <v>1320</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="471" spans="1:18">
       <c r="A471" s="1" t="s">
-        <v>1314</v>
+        <v>1300</v>
       </c>
       <c r="B471" s="1" t="s">
-        <v>1315</v>
-[...10 lines deleted...]
-      <c r="F471" s="1"/>
+        <v>1301</v>
+      </c>
+      <c r="C471" s="1"/>
+      <c r="D471" s="1"/>
+      <c r="E471" s="1"/>
+      <c r="F471" s="1" t="s">
+        <v>1302</v>
+      </c>
       <c r="G471" s="1" t="s">
-        <v>1311</v>
+        <v>1297</v>
       </c>
       <c r="H471" s="1" t="s">
-        <v>1322</v>
+        <v>1310</v>
       </c>
       <c r="I471" s="1" t="s">
-        <v>73</v>
+        <v>336</v>
       </c>
       <c r="J471" s="1" t="s">
-        <v>96</v>
+        <v>79</v>
       </c>
       <c r="K471" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L471" s="1"/>
+        <v>38</v>
+      </c>
+      <c r="L471" s="1">
+        <v>9789087224868</v>
+      </c>
       <c r="M471" s="1">
-        <v>406</v>
+        <v>1354</v>
       </c>
       <c r="N471" s="1" t="s">
-        <v>547</v>
+        <v>473</v>
       </c>
       <c r="O471" s="1" t="s">
-        <v>1319</v>
+        <v>1304</v>
       </c>
       <c r="P471" s="1"/>
       <c r="Q471" s="1"/>
       <c r="R471" s="1" t="s">
-        <v>1320</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="472" spans="1:18">
       <c r="A472" s="1" t="s">
-        <v>1309</v>
+        <v>1300</v>
       </c>
       <c r="B472" s="1" t="s">
-        <v>1310</v>
-[...10 lines deleted...]
-      <c r="F472" s="1"/>
+        <v>1301</v>
+      </c>
+      <c r="C472" s="1"/>
+      <c r="D472" s="1"/>
+      <c r="E472" s="1"/>
+      <c r="F472" s="1" t="s">
+        <v>1302</v>
+      </c>
       <c r="G472" s="1" t="s">
+        <v>1297</v>
+      </c>
+      <c r="H472" s="1" t="s">
         <v>1311</v>
       </c>
-      <c r="H472" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I472" s="1" t="s">
-        <v>143</v>
+        <v>336</v>
       </c>
       <c r="J472" s="1" t="s">
-        <v>144</v>
+        <v>79</v>
       </c>
       <c r="K472" s="1" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="L472" s="1"/>
       <c r="M472" s="1">
-        <v>764</v>
+        <v>1354</v>
       </c>
       <c r="N472" s="1" t="s">
-        <v>501</v>
+        <v>473</v>
       </c>
       <c r="O472" s="1" t="s">
-        <v>481</v>
+        <v>1304</v>
       </c>
       <c r="P472" s="1"/>
       <c r="Q472" s="1"/>
       <c r="R472" s="1" t="s">
-        <v>1313</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="473" spans="1:18">
       <c r="A473" s="1" t="s">
-        <v>1324</v>
+        <v>1312</v>
       </c>
       <c r="B473" s="1" t="s">
-        <v>1325</v>
+        <v>1313</v>
       </c>
       <c r="C473" s="1" t="s">
-        <v>45</v>
-[...3 lines deleted...]
-      </c>
+        <v>266</v>
+      </c>
+      <c r="D473" s="1"/>
       <c r="E473" s="1"/>
       <c r="F473" s="1" t="s">
-        <v>46</v>
+        <v>612</v>
       </c>
       <c r="G473" s="1" t="s">
-        <v>1311</v>
+        <v>1314</v>
       </c>
       <c r="H473" s="1" t="s">
-        <v>1326</v>
+        <v>1315</v>
       </c>
       <c r="I473" s="1" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="J473" s="1" t="s">
-        <v>310</v>
+        <v>24</v>
       </c>
       <c r="K473" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L473" s="1"/>
+        <v>38</v>
+      </c>
+      <c r="L473" s="1">
+        <v>9789087224721</v>
+      </c>
       <c r="M473" s="1">
-        <v>772</v>
+        <v>748</v>
       </c>
       <c r="N473" s="1" t="s">
-        <v>1327</v>
+        <v>1316</v>
       </c>
       <c r="O473" s="1" t="s">
-        <v>1328</v>
+        <v>167</v>
       </c>
       <c r="P473" s="1"/>
       <c r="Q473" s="1"/>
       <c r="R473" s="1" t="s">
-        <v>1329</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="474" spans="1:18">
       <c r="A474" s="1" t="s">
+        <v>1312</v>
+      </c>
+      <c r="B474" s="1" t="s">
+        <v>1313</v>
+      </c>
+      <c r="C474" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="D474" s="1"/>
+      <c r="E474" s="1"/>
+      <c r="F474" s="1" t="s">
+        <v>612</v>
+      </c>
+      <c r="G474" s="1" t="s">
         <v>1314</v>
       </c>
-      <c r="B474" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D474" s="1" t="s">
+      <c r="H474" s="1" t="s">
+        <v>1318</v>
+      </c>
+      <c r="I474" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="J474" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="K474" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="L474" s="1">
+        <v>9789087224738</v>
+      </c>
+      <c r="M474" s="1">
+        <v>748</v>
+      </c>
+      <c r="N474" s="1" t="s">
         <v>1316</v>
       </c>
-      <c r="E474" s="1" t="s">
-[...26 lines deleted...]
-      </c>
       <c r="O474" s="1" t="s">
-        <v>1319</v>
+        <v>167</v>
       </c>
       <c r="P474" s="1"/>
       <c r="Q474" s="1"/>
       <c r="R474" s="1" t="s">
-        <v>1320</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="475" spans="1:18">
       <c r="A475" s="1" t="s">
-        <v>1324</v>
+        <v>1312</v>
       </c>
       <c r="B475" s="1" t="s">
-        <v>1325</v>
+        <v>1313</v>
       </c>
       <c r="C475" s="1" t="s">
-        <v>45</v>
-[...3 lines deleted...]
-      </c>
+        <v>266</v>
+      </c>
+      <c r="D475" s="1"/>
       <c r="E475" s="1"/>
       <c r="F475" s="1" t="s">
-        <v>46</v>
+        <v>612</v>
       </c>
       <c r="G475" s="1" t="s">
-        <v>1311</v>
+        <v>1314</v>
       </c>
       <c r="H475" s="1" t="s">
-        <v>1331</v>
+        <v>1319</v>
       </c>
       <c r="I475" s="1" t="s">
-        <v>33</v>
+        <v>55</v>
       </c>
       <c r="J475" s="1" t="s">
-        <v>1001</v>
+        <v>24</v>
       </c>
       <c r="K475" s="1" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L475" s="1"/>
       <c r="M475" s="1">
-        <v>772</v>
+        <v>748</v>
       </c>
       <c r="N475" s="1" t="s">
-        <v>1327</v>
+        <v>1316</v>
       </c>
       <c r="O475" s="1" t="s">
-        <v>1328</v>
+        <v>167</v>
       </c>
       <c r="P475" s="1"/>
       <c r="Q475" s="1"/>
       <c r="R475" s="1" t="s">
-        <v>1329</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="476" spans="1:18">
       <c r="A476" s="1" t="s">
-        <v>1324</v>
+        <v>1320</v>
       </c>
       <c r="B476" s="1" t="s">
-        <v>1325</v>
+        <v>1321</v>
       </c>
       <c r="C476" s="1" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="D476" s="1" t="s">
-        <v>931</v>
+        <v>1322</v>
       </c>
       <c r="E476" s="1"/>
       <c r="F476" s="1" t="s">
-        <v>46</v>
+        <v>1323</v>
       </c>
       <c r="G476" s="1" t="s">
-        <v>1311</v>
+        <v>1324</v>
       </c>
       <c r="H476" s="1" t="s">
-        <v>1332</v>
+        <v>1325</v>
       </c>
       <c r="I476" s="1" t="s">
-        <v>53</v>
+        <v>82</v>
       </c>
       <c r="J476" s="1" t="s">
-        <v>310</v>
+        <v>633</v>
       </c>
       <c r="K476" s="1" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L476" s="1"/>
       <c r="M476" s="1">
-        <v>772</v>
+        <v>940</v>
       </c>
       <c r="N476" s="1" t="s">
-        <v>1327</v>
-[...3 lines deleted...]
-      </c>
+        <v>521</v>
+      </c>
+      <c r="O476" s="1"/>
       <c r="P476" s="1"/>
       <c r="Q476" s="1"/>
       <c r="R476" s="1" t="s">
-        <v>1329</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="477" spans="1:18">
       <c r="A477" s="1" t="s">
-        <v>1324</v>
+        <v>1320</v>
       </c>
       <c r="B477" s="1" t="s">
-        <v>1325</v>
+        <v>1321</v>
       </c>
       <c r="C477" s="1" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="D477" s="1" t="s">
-        <v>931</v>
+        <v>1322</v>
       </c>
       <c r="E477" s="1"/>
       <c r="F477" s="1" t="s">
-        <v>46</v>
+        <v>1323</v>
       </c>
       <c r="G477" s="1" t="s">
-        <v>1311</v>
+        <v>1324</v>
       </c>
       <c r="H477" s="1" t="s">
-        <v>1333</v>
+        <v>1327</v>
       </c>
       <c r="I477" s="1" t="s">
-        <v>33</v>
+        <v>55</v>
       </c>
       <c r="J477" s="1" t="s">
-        <v>1001</v>
+        <v>637</v>
       </c>
       <c r="K477" s="1" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="L477" s="1">
-        <v>9789087224639</v>
+        <v>9789087224530</v>
       </c>
       <c r="M477" s="1">
-        <v>772</v>
+        <v>940</v>
       </c>
       <c r="N477" s="1" t="s">
-        <v>1327</v>
-[...3 lines deleted...]
-      </c>
+        <v>521</v>
+      </c>
+      <c r="O477" s="1"/>
       <c r="P477" s="1"/>
       <c r="Q477" s="1"/>
       <c r="R477" s="1" t="s">
-        <v>1329</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="478" spans="1:18">
       <c r="A478" s="1" t="s">
-        <v>1334</v>
+        <v>1320</v>
       </c>
       <c r="B478" s="1" t="s">
-        <v>1335</v>
-[...2 lines deleted...]
-      <c r="D478" s="1"/>
+        <v>1321</v>
+      </c>
+      <c r="C478" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D478" s="1" t="s">
+        <v>1322</v>
+      </c>
       <c r="E478" s="1"/>
       <c r="F478" s="1" t="s">
-        <v>1336</v>
+        <v>1323</v>
       </c>
       <c r="G478" s="1" t="s">
-        <v>1337</v>
+        <v>1324</v>
       </c>
       <c r="H478" s="1" t="s">
-        <v>1338</v>
+        <v>1328</v>
       </c>
       <c r="I478" s="1" t="s">
-        <v>125</v>
+        <v>82</v>
       </c>
       <c r="J478" s="1" t="s">
-        <v>518</v>
+        <v>633</v>
       </c>
       <c r="K478" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L478" s="1">
-        <v>9789087224479</v>
+        <v>9789087224523</v>
       </c>
       <c r="M478" s="1">
-        <v>472</v>
+        <v>940</v>
       </c>
       <c r="N478" s="1" t="s">
-        <v>501</v>
-[...3 lines deleted...]
-      </c>
+        <v>521</v>
+      </c>
+      <c r="O478" s="1"/>
       <c r="P478" s="1"/>
       <c r="Q478" s="1"/>
       <c r="R478" s="1" t="s">
-        <v>1339</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="479" spans="1:18">
       <c r="A479" s="1" t="s">
+        <v>1329</v>
+      </c>
+      <c r="B479" s="1" t="s">
+        <v>1330</v>
+      </c>
+      <c r="C479" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D479" s="1" t="s">
+        <v>1331</v>
+      </c>
+      <c r="E479" s="1" t="s">
+        <v>1332</v>
+      </c>
+      <c r="F479" s="1"/>
+      <c r="G479" s="1" t="s">
+        <v>1333</v>
+      </c>
+      <c r="H479" s="1" t="s">
         <v>1334</v>
       </c>
-      <c r="B479" s="1" t="s">
+      <c r="I479" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="J479" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="K479" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="L479" s="1">
+        <v>9789087224493</v>
+      </c>
+      <c r="M479" s="1">
+        <v>406</v>
+      </c>
+      <c r="N479" s="1" t="s">
+        <v>567</v>
+      </c>
+      <c r="O479" s="1" t="s">
         <v>1335</v>
-      </c>
-[...31 lines deleted...]
-        <v>146</v>
       </c>
       <c r="P479" s="1"/>
       <c r="Q479" s="1"/>
       <c r="R479" s="1" t="s">
-        <v>1339</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="480" spans="1:18">
       <c r="A480" s="1" t="s">
-        <v>1334</v>
+        <v>1329</v>
       </c>
       <c r="B480" s="1" t="s">
+        <v>1330</v>
+      </c>
+      <c r="C480" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D480" s="1" t="s">
+        <v>1331</v>
+      </c>
+      <c r="E480" s="1" t="s">
+        <v>1332</v>
+      </c>
+      <c r="F480" s="1"/>
+      <c r="G480" s="1" t="s">
+        <v>1333</v>
+      </c>
+      <c r="H480" s="1" t="s">
+        <v>1337</v>
+      </c>
+      <c r="I480" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="J480" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="K480" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="L480" s="1">
+        <v>9789087224486</v>
+      </c>
+      <c r="M480" s="1">
+        <v>406</v>
+      </c>
+      <c r="N480" s="1" t="s">
+        <v>567</v>
+      </c>
+      <c r="O480" s="1" t="s">
         <v>1335</v>
-      </c>
-[...29 lines deleted...]
-        <v>146</v>
       </c>
       <c r="P480" s="1"/>
       <c r="Q480" s="1"/>
       <c r="R480" s="1" t="s">
-        <v>1339</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="481" spans="1:18">
       <c r="A481" s="1" t="s">
-        <v>1342</v>
+        <v>1329</v>
       </c>
       <c r="B481" s="1" t="s">
-        <v>1343</v>
+        <v>1330</v>
       </c>
       <c r="C481" s="1" t="s">
-        <v>827</v>
+        <v>33</v>
       </c>
       <c r="D481" s="1" t="s">
-        <v>1344</v>
-[...4 lines deleted...]
-      </c>
+        <v>1331</v>
+      </c>
+      <c r="E481" s="1" t="s">
+        <v>1332</v>
+      </c>
+      <c r="F481" s="1"/>
       <c r="G481" s="1" t="s">
-        <v>1346</v>
+        <v>1333</v>
       </c>
       <c r="H481" s="1" t="s">
-        <v>1347</v>
+        <v>1338</v>
       </c>
       <c r="I481" s="1" t="s">
-        <v>832</v>
+        <v>117</v>
       </c>
       <c r="J481" s="1" t="s">
-        <v>108</v>
+        <v>121</v>
       </c>
       <c r="K481" s="1" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L481" s="1"/>
       <c r="M481" s="1">
-        <v>332</v>
+        <v>406</v>
       </c>
       <c r="N481" s="1" t="s">
-        <v>547</v>
+        <v>567</v>
       </c>
       <c r="O481" s="1" t="s">
-        <v>1348</v>
+        <v>1335</v>
       </c>
       <c r="P481" s="1"/>
       <c r="Q481" s="1"/>
       <c r="R481" s="1" t="s">
-        <v>1349</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="482" spans="1:18">
       <c r="A482" s="1" t="s">
-        <v>1342</v>
+        <v>1339</v>
       </c>
       <c r="B482" s="1" t="s">
-        <v>1343</v>
+        <v>1340</v>
       </c>
       <c r="C482" s="1" t="s">
-        <v>827</v>
+        <v>141</v>
       </c>
       <c r="D482" s="1" t="s">
-        <v>1344</v>
-[...4 lines deleted...]
-      </c>
+        <v>951</v>
+      </c>
+      <c r="E482" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="F482" s="1"/>
       <c r="G482" s="1" t="s">
-        <v>1346</v>
+        <v>1333</v>
       </c>
       <c r="H482" s="1" t="s">
-        <v>1350</v>
+        <v>1341</v>
       </c>
       <c r="I482" s="1" t="s">
-        <v>846</v>
+        <v>164</v>
       </c>
       <c r="J482" s="1" t="s">
-        <v>113</v>
+        <v>165</v>
       </c>
       <c r="K482" s="1" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L482" s="1"/>
       <c r="M482" s="1">
-        <v>332</v>
+        <v>764</v>
       </c>
       <c r="N482" s="1" t="s">
-        <v>547</v>
+        <v>521</v>
       </c>
       <c r="O482" s="1" t="s">
-        <v>1348</v>
+        <v>39</v>
       </c>
       <c r="P482" s="1"/>
       <c r="Q482" s="1"/>
       <c r="R482" s="1" t="s">
-        <v>1349</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="483" spans="1:18">
       <c r="A483" s="1" t="s">
-        <v>1342</v>
+        <v>1343</v>
       </c>
       <c r="B483" s="1" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="C483" s="1" t="s">
-        <v>827</v>
+        <v>75</v>
       </c>
       <c r="D483" s="1" t="s">
-        <v>1344</v>
+        <v>951</v>
       </c>
       <c r="E483" s="1"/>
       <c r="F483" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="G483" s="1" t="s">
+        <v>1333</v>
+      </c>
+      <c r="H483" s="1" t="s">
         <v>1345</v>
       </c>
-      <c r="G483" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I483" s="1" t="s">
-        <v>846</v>
+        <v>23</v>
       </c>
       <c r="J483" s="1" t="s">
-        <v>113</v>
+        <v>326</v>
       </c>
       <c r="K483" s="1" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="L483" s="1"/>
       <c r="M483" s="1">
-        <v>332</v>
+        <v>772</v>
       </c>
       <c r="N483" s="1" t="s">
-        <v>547</v>
+        <v>1346</v>
       </c>
       <c r="O483" s="1" t="s">
-        <v>1348</v>
+        <v>1347</v>
       </c>
       <c r="P483" s="1"/>
       <c r="Q483" s="1"/>
       <c r="R483" s="1" t="s">
-        <v>1349</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="484" spans="1:18">
       <c r="A484" s="1" t="s">
-        <v>1352</v>
+        <v>1329</v>
       </c>
       <c r="B484" s="1" t="s">
-        <v>1353</v>
+        <v>1330</v>
       </c>
       <c r="C484" s="1" t="s">
-        <v>69</v>
-[...5 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="D484" s="1" t="s">
+        <v>1331</v>
+      </c>
+      <c r="E484" s="1" t="s">
+        <v>1332</v>
+      </c>
+      <c r="F484" s="1"/>
       <c r="G484" s="1" t="s">
-        <v>1354</v>
+        <v>1333</v>
       </c>
       <c r="H484" s="1" t="s">
-        <v>1355</v>
+        <v>1349</v>
       </c>
       <c r="I484" s="1" t="s">
-        <v>580</v>
+        <v>124</v>
       </c>
       <c r="J484" s="1" t="s">
-        <v>764</v>
+        <v>492</v>
       </c>
       <c r="K484" s="1" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="L484" s="1">
-        <v>9789087224349</v>
+        <v>9789087224509</v>
       </c>
       <c r="M484" s="1">
-        <v>434</v>
-[...1 lines deleted...]
-      <c r="N484" s="1"/>
+        <v>406</v>
+      </c>
+      <c r="N484" s="1" t="s">
+        <v>567</v>
+      </c>
       <c r="O484" s="1" t="s">
-        <v>582</v>
+        <v>1335</v>
       </c>
       <c r="P484" s="1"/>
       <c r="Q484" s="1"/>
       <c r="R484" s="1" t="s">
-        <v>1356</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="485" spans="1:18">
       <c r="A485" s="1" t="s">
-        <v>1352</v>
+        <v>1343</v>
       </c>
       <c r="B485" s="1" t="s">
-        <v>1353</v>
+        <v>1344</v>
       </c>
       <c r="C485" s="1" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="D485" s="1"/>
+        <v>75</v>
+      </c>
+      <c r="D485" s="1" t="s">
+        <v>951</v>
+      </c>
       <c r="E485" s="1"/>
       <c r="F485" s="1" t="s">
-        <v>725</v>
+        <v>76</v>
       </c>
       <c r="G485" s="1" t="s">
-        <v>1354</v>
+        <v>1333</v>
       </c>
       <c r="H485" s="1" t="s">
-        <v>1357</v>
+        <v>1350</v>
       </c>
       <c r="I485" s="1" t="s">
-        <v>603</v>
+        <v>62</v>
       </c>
       <c r="J485" s="1" t="s">
-        <v>573</v>
+        <v>1021</v>
       </c>
       <c r="K485" s="1" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="L485" s="1">
-        <v>9789087224349</v>
+        <v>9789087224646</v>
       </c>
       <c r="M485" s="1">
-        <v>434</v>
-[...1 lines deleted...]
-      <c r="N485" s="1"/>
+        <v>772</v>
+      </c>
+      <c r="N485" s="1" t="s">
+        <v>1346</v>
+      </c>
       <c r="O485" s="1" t="s">
-        <v>582</v>
+        <v>1347</v>
       </c>
       <c r="P485" s="1"/>
       <c r="Q485" s="1"/>
       <c r="R485" s="1" t="s">
-        <v>1356</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="486" spans="1:18">
       <c r="A486" s="1" t="s">
-        <v>1358</v>
+        <v>1343</v>
       </c>
       <c r="B486" s="1" t="s">
-        <v>1359</v>
+        <v>1344</v>
       </c>
       <c r="C486" s="1" t="s">
-        <v>30</v>
+        <v>75</v>
       </c>
       <c r="D486" s="1" t="s">
-        <v>1360</v>
-[...4 lines deleted...]
-      <c r="F486" s="1"/>
+        <v>951</v>
+      </c>
+      <c r="E486" s="1"/>
+      <c r="F486" s="1" t="s">
+        <v>76</v>
+      </c>
       <c r="G486" s="1" t="s">
-        <v>1362</v>
+        <v>1333</v>
       </c>
       <c r="H486" s="1" t="s">
-        <v>1363</v>
+        <v>1351</v>
       </c>
       <c r="I486" s="1" t="s">
-        <v>99</v>
+        <v>23</v>
       </c>
       <c r="J486" s="1" t="s">
-        <v>227</v>
+        <v>326</v>
       </c>
       <c r="K486" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L486" s="1">
-        <v>9789087224363</v>
+        <v>9789087224653</v>
       </c>
       <c r="M486" s="1">
-        <v>388</v>
+        <v>772</v>
       </c>
       <c r="N486" s="1" t="s">
-        <v>452</v>
+        <v>1346</v>
       </c>
       <c r="O486" s="1" t="s">
-        <v>1364</v>
+        <v>1347</v>
       </c>
       <c r="P486" s="1"/>
       <c r="Q486" s="1"/>
       <c r="R486" s="1" t="s">
-        <v>1365</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="487" spans="1:18">
       <c r="A487" s="1" t="s">
-        <v>1358</v>
+        <v>1343</v>
       </c>
       <c r="B487" s="1" t="s">
-        <v>1359</v>
+        <v>1344</v>
       </c>
       <c r="C487" s="1" t="s">
-        <v>30</v>
+        <v>75</v>
       </c>
       <c r="D487" s="1" t="s">
-        <v>1360</v>
-[...4 lines deleted...]
-      <c r="F487" s="1"/>
+        <v>951</v>
+      </c>
+      <c r="E487" s="1"/>
+      <c r="F487" s="1" t="s">
+        <v>76</v>
+      </c>
       <c r="G487" s="1" t="s">
-        <v>1362</v>
+        <v>1333</v>
       </c>
       <c r="H487" s="1" t="s">
-        <v>1366</v>
+        <v>1352</v>
       </c>
       <c r="I487" s="1" t="s">
-        <v>73</v>
+        <v>62</v>
       </c>
       <c r="J487" s="1" t="s">
-        <v>219</v>
+        <v>1021</v>
       </c>
       <c r="K487" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L487" s="1"/>
+        <v>25</v>
+      </c>
+      <c r="L487" s="1">
+        <v>9789087224639</v>
+      </c>
       <c r="M487" s="1">
-        <v>388</v>
+        <v>772</v>
       </c>
       <c r="N487" s="1" t="s">
-        <v>452</v>
+        <v>1346</v>
       </c>
       <c r="O487" s="1" t="s">
-        <v>1364</v>
+        <v>1347</v>
       </c>
       <c r="P487" s="1"/>
       <c r="Q487" s="1"/>
       <c r="R487" s="1" t="s">
-        <v>1365</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="488" spans="1:18">
       <c r="A488" s="1" t="s">
-        <v>1358</v>
+        <v>1339</v>
       </c>
       <c r="B488" s="1" t="s">
-        <v>1359</v>
+        <v>1340</v>
       </c>
       <c r="C488" s="1" t="s">
-        <v>30</v>
+        <v>141</v>
       </c>
       <c r="D488" s="1" t="s">
-        <v>1360</v>
+        <v>951</v>
       </c>
       <c r="E488" s="1" t="s">
-        <v>1361</v>
+        <v>587</v>
       </c>
       <c r="F488" s="1"/>
       <c r="G488" s="1" t="s">
-        <v>1362</v>
+        <v>1333</v>
       </c>
       <c r="H488" s="1" t="s">
-        <v>1367</v>
+        <v>1353</v>
       </c>
       <c r="I488" s="1" t="s">
-        <v>73</v>
+        <v>164</v>
       </c>
       <c r="J488" s="1" t="s">
-        <v>219</v>
+        <v>165</v>
       </c>
       <c r="K488" s="1" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="L488" s="1"/>
       <c r="M488" s="1">
-        <v>388</v>
+        <v>763</v>
       </c>
       <c r="N488" s="1" t="s">
-        <v>452</v>
+        <v>521</v>
       </c>
       <c r="O488" s="1" t="s">
-        <v>1364</v>
+        <v>39</v>
       </c>
       <c r="P488" s="1"/>
       <c r="Q488" s="1"/>
       <c r="R488" s="1" t="s">
-        <v>1365</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="489" spans="1:18">
       <c r="A489" s="1" t="s">
-        <v>1368</v>
+        <v>1354</v>
       </c>
       <c r="B489" s="1" t="s">
-        <v>1369</v>
-[...6 lines deleted...]
-      </c>
+        <v>1355</v>
+      </c>
+      <c r="C489" s="1"/>
+      <c r="D489" s="1"/>
       <c r="E489" s="1"/>
       <c r="F489" s="1" t="s">
-        <v>725</v>
+        <v>1356</v>
       </c>
       <c r="G489" s="1" t="s">
-        <v>1371</v>
+        <v>1357</v>
       </c>
       <c r="H489" s="1" t="s">
-        <v>1372</v>
+        <v>1358</v>
       </c>
       <c r="I489" s="1" t="s">
-        <v>112</v>
+        <v>145</v>
       </c>
       <c r="J489" s="1" t="s">
-        <v>432</v>
+        <v>538</v>
       </c>
       <c r="K489" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L489" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="L489" s="1">
+        <v>9789087224479</v>
+      </c>
       <c r="M489" s="1">
-        <v>590</v>
+        <v>472</v>
       </c>
       <c r="N489" s="1" t="s">
-        <v>1373</v>
+        <v>521</v>
       </c>
       <c r="O489" s="1" t="s">
-        <v>582</v>
+        <v>167</v>
       </c>
       <c r="P489" s="1"/>
       <c r="Q489" s="1"/>
       <c r="R489" s="1" t="s">
-        <v>1374</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="490" spans="1:18">
       <c r="A490" s="1" t="s">
-        <v>1368</v>
+        <v>1354</v>
       </c>
       <c r="B490" s="1" t="s">
-        <v>1369</v>
-[...6 lines deleted...]
-      </c>
+        <v>1355</v>
+      </c>
+      <c r="C490" s="1"/>
+      <c r="D490" s="1"/>
       <c r="E490" s="1"/>
       <c r="F490" s="1" t="s">
-        <v>725</v>
+        <v>1356</v>
       </c>
       <c r="G490" s="1" t="s">
-        <v>1371</v>
+        <v>1357</v>
       </c>
       <c r="H490" s="1" t="s">
-        <v>1375</v>
+        <v>1360</v>
       </c>
       <c r="I490" s="1" t="s">
-        <v>107</v>
+        <v>172</v>
       </c>
       <c r="J490" s="1" t="s">
-        <v>379</v>
+        <v>534</v>
       </c>
       <c r="K490" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L490" s="1">
-        <v>9789087224325</v>
+        <v>9789087224462</v>
       </c>
       <c r="M490" s="1">
-        <v>590</v>
+        <v>472</v>
       </c>
       <c r="N490" s="1" t="s">
-        <v>1373</v>
+        <v>521</v>
       </c>
       <c r="O490" s="1" t="s">
-        <v>582</v>
+        <v>167</v>
       </c>
       <c r="P490" s="1"/>
       <c r="Q490" s="1"/>
       <c r="R490" s="1" t="s">
-        <v>1374</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="491" spans="1:18">
       <c r="A491" s="1" t="s">
-        <v>1368</v>
+        <v>1354</v>
       </c>
       <c r="B491" s="1" t="s">
-        <v>1369</v>
-[...6 lines deleted...]
-      </c>
+        <v>1355</v>
+      </c>
+      <c r="C491" s="1"/>
+      <c r="D491" s="1"/>
       <c r="E491" s="1"/>
       <c r="F491" s="1" t="s">
-        <v>725</v>
+        <v>1356</v>
       </c>
       <c r="G491" s="1" t="s">
-        <v>1371</v>
+        <v>1357</v>
       </c>
       <c r="H491" s="1" t="s">
-        <v>1376</v>
+        <v>1361</v>
       </c>
       <c r="I491" s="1" t="s">
-        <v>112</v>
+        <v>172</v>
       </c>
       <c r="J491" s="1" t="s">
-        <v>432</v>
+        <v>534</v>
       </c>
       <c r="K491" s="1" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L491" s="1"/>
       <c r="M491" s="1">
-        <v>590</v>
+        <v>472</v>
       </c>
       <c r="N491" s="1" t="s">
-        <v>1373</v>
+        <v>521</v>
       </c>
       <c r="O491" s="1" t="s">
-        <v>582</v>
+        <v>167</v>
       </c>
       <c r="P491" s="1"/>
       <c r="Q491" s="1"/>
       <c r="R491" s="1" t="s">
-        <v>1374</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="492" spans="1:18">
       <c r="A492" s="1" t="s">
-        <v>1377</v>
+        <v>1362</v>
       </c>
       <c r="B492" s="1" t="s">
-        <v>1378</v>
+        <v>1363</v>
       </c>
       <c r="C492" s="1" t="s">
-        <v>30</v>
+        <v>847</v>
       </c>
       <c r="D492" s="1" t="s">
-        <v>1379</v>
-[...4 lines deleted...]
-      <c r="F492" s="1"/>
+        <v>1364</v>
+      </c>
+      <c r="E492" s="1"/>
+      <c r="F492" s="1" t="s">
+        <v>1365</v>
+      </c>
       <c r="G492" s="1" t="s">
-        <v>1381</v>
+        <v>1366</v>
       </c>
       <c r="H492" s="1" t="s">
-        <v>1382</v>
+        <v>1367</v>
       </c>
       <c r="I492" s="1" t="s">
-        <v>121</v>
+        <v>852</v>
       </c>
       <c r="J492" s="1" t="s">
-        <v>315</v>
+        <v>134</v>
       </c>
       <c r="K492" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L492" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="L492" s="1">
+        <v>9789087224455</v>
+      </c>
       <c r="M492" s="1">
-        <v>340</v>
+        <v>332</v>
       </c>
       <c r="N492" s="1" t="s">
-        <v>1383</v>
+        <v>567</v>
       </c>
       <c r="O492" s="1" t="s">
-        <v>1384</v>
-[...3 lines deleted...]
-      </c>
+        <v>1368</v>
+      </c>
+      <c r="P492" s="1"/>
       <c r="Q492" s="1"/>
       <c r="R492" s="1" t="s">
-        <v>1386</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="493" spans="1:18">
       <c r="A493" s="1" t="s">
-        <v>1377</v>
+        <v>1362</v>
       </c>
       <c r="B493" s="1" t="s">
-        <v>1378</v>
+        <v>1363</v>
       </c>
       <c r="C493" s="1" t="s">
-        <v>30</v>
+        <v>847</v>
       </c>
       <c r="D493" s="1" t="s">
-        <v>1379</v>
-[...4 lines deleted...]
-      <c r="F493" s="1"/>
+        <v>1364</v>
+      </c>
+      <c r="E493" s="1"/>
+      <c r="F493" s="1" t="s">
+        <v>1365</v>
+      </c>
       <c r="G493" s="1" t="s">
-        <v>1381</v>
+        <v>1366</v>
       </c>
       <c r="H493" s="1" t="s">
-        <v>1387</v>
+        <v>1370</v>
       </c>
       <c r="I493" s="1" t="s">
-        <v>121</v>
+        <v>866</v>
       </c>
       <c r="J493" s="1" t="s">
-        <v>315</v>
+        <v>43</v>
       </c>
       <c r="K493" s="1" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="L493" s="1">
-        <v>9789087224219</v>
+        <v>9789087224448</v>
       </c>
       <c r="M493" s="1">
-        <v>340</v>
+        <v>332</v>
       </c>
       <c r="N493" s="1" t="s">
-        <v>1383</v>
+        <v>567</v>
       </c>
       <c r="O493" s="1" t="s">
-        <v>1384</v>
-[...3 lines deleted...]
-      </c>
+        <v>1368</v>
+      </c>
+      <c r="P493" s="1"/>
       <c r="Q493" s="1"/>
       <c r="R493" s="1" t="s">
-        <v>1386</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="494" spans="1:18">
       <c r="A494" s="1" t="s">
-        <v>1377</v>
+        <v>1362</v>
       </c>
       <c r="B494" s="1" t="s">
-        <v>1378</v>
+        <v>1363</v>
       </c>
       <c r="C494" s="1" t="s">
+        <v>847</v>
+      </c>
+      <c r="D494" s="1" t="s">
+        <v>1364</v>
+      </c>
+      <c r="E494" s="1"/>
+      <c r="F494" s="1" t="s">
+        <v>1365</v>
+      </c>
+      <c r="G494" s="1" t="s">
+        <v>1366</v>
+      </c>
+      <c r="H494" s="1" t="s">
+        <v>1371</v>
+      </c>
+      <c r="I494" s="1" t="s">
+        <v>866</v>
+      </c>
+      <c r="J494" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="K494" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="D494" s="1" t="s">
-[...23 lines deleted...]
-      </c>
+      <c r="L494" s="1"/>
       <c r="M494" s="1">
-        <v>340</v>
+        <v>332</v>
       </c>
       <c r="N494" s="1" t="s">
-        <v>1383</v>
+        <v>567</v>
       </c>
       <c r="O494" s="1" t="s">
-        <v>1384</v>
-[...3 lines deleted...]
-      </c>
+        <v>1368</v>
+      </c>
+      <c r="P494" s="1"/>
       <c r="Q494" s="1"/>
       <c r="R494" s="1" t="s">
-        <v>1386</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="495" spans="1:18">
       <c r="A495" s="1" t="s">
-        <v>1389</v>
+        <v>1372</v>
       </c>
       <c r="B495" s="1" t="s">
-        <v>1390</v>
+        <v>1373</v>
       </c>
       <c r="C495" s="1" t="s">
-        <v>117</v>
-[...3 lines deleted...]
-      </c>
+        <v>114</v>
+      </c>
+      <c r="D495" s="1"/>
       <c r="E495" s="1"/>
       <c r="F495" s="1" t="s">
-        <v>871</v>
+        <v>745</v>
       </c>
       <c r="G495" s="1" t="s">
-        <v>1391</v>
+        <v>1374</v>
       </c>
       <c r="H495" s="1" t="s">
-        <v>1392</v>
+        <v>1375</v>
       </c>
       <c r="I495" s="1" t="s">
-        <v>143</v>
+        <v>600</v>
       </c>
       <c r="J495" s="1" t="s">
-        <v>144</v>
+        <v>784</v>
       </c>
       <c r="K495" s="1" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="L495" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="L495" s="1">
+        <v>9789087224349</v>
+      </c>
       <c r="M495" s="1">
-        <v>850</v>
-[...3 lines deleted...]
-      </c>
+        <v>434</v>
+      </c>
+      <c r="N495" s="1"/>
       <c r="O495" s="1" t="s">
-        <v>672</v>
+        <v>602</v>
       </c>
       <c r="P495" s="1"/>
       <c r="Q495" s="1"/>
       <c r="R495" s="1" t="s">
-        <v>1393</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="496" spans="1:18">
       <c r="A496" s="1" t="s">
-        <v>1394</v>
+        <v>1372</v>
       </c>
       <c r="B496" s="1" t="s">
-        <v>1395</v>
+        <v>1373</v>
       </c>
       <c r="C496" s="1" t="s">
-        <v>20</v>
-[...3 lines deleted...]
-      </c>
+        <v>114</v>
+      </c>
+      <c r="D496" s="1"/>
       <c r="E496" s="1"/>
       <c r="F496" s="1" t="s">
-        <v>725</v>
+        <v>745</v>
       </c>
       <c r="G496" s="1" t="s">
-        <v>1391</v>
+        <v>1374</v>
       </c>
       <c r="H496" s="1" t="s">
-        <v>1397</v>
+        <v>1377</v>
       </c>
       <c r="I496" s="1" t="s">
-        <v>375</v>
+        <v>623</v>
       </c>
       <c r="J496" s="1" t="s">
-        <v>742</v>
+        <v>593</v>
       </c>
       <c r="K496" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L496" s="1"/>
+        <v>38</v>
+      </c>
+      <c r="L496" s="1">
+        <v>9789087224349</v>
+      </c>
       <c r="M496" s="1">
-        <v>372</v>
-[...3 lines deleted...]
-      </c>
+        <v>434</v>
+      </c>
+      <c r="N496" s="1"/>
       <c r="O496" s="1" t="s">
-        <v>841</v>
+        <v>602</v>
       </c>
       <c r="P496" s="1"/>
       <c r="Q496" s="1"/>
       <c r="R496" s="1" t="s">
-        <v>1398</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="497" spans="1:18">
       <c r="A497" s="1" t="s">
-        <v>1394</v>
+        <v>1378</v>
       </c>
       <c r="B497" s="1" t="s">
-        <v>1395</v>
+        <v>1379</v>
       </c>
       <c r="C497" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D497" s="1" t="s">
-        <v>1396</v>
-[...4 lines deleted...]
-      </c>
+        <v>1380</v>
+      </c>
+      <c r="E497" s="1" t="s">
+        <v>1381</v>
+      </c>
+      <c r="F497" s="1"/>
       <c r="G497" s="1" t="s">
-        <v>1391</v>
+        <v>1382</v>
       </c>
       <c r="H497" s="1" t="s">
-        <v>1399</v>
+        <v>1383</v>
       </c>
       <c r="I497" s="1" t="s">
-        <v>378</v>
+        <v>124</v>
       </c>
       <c r="J497" s="1" t="s">
-        <v>746</v>
+        <v>248</v>
       </c>
       <c r="K497" s="1" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="L497" s="1">
-        <v>9789087224264</v>
+        <v>9789087224363</v>
       </c>
       <c r="M497" s="1">
-        <v>372</v>
+        <v>388</v>
       </c>
       <c r="N497" s="1" t="s">
-        <v>452</v>
+        <v>473</v>
       </c>
       <c r="O497" s="1" t="s">
-        <v>841</v>
+        <v>1384</v>
       </c>
       <c r="P497" s="1"/>
       <c r="Q497" s="1"/>
       <c r="R497" s="1" t="s">
-        <v>1398</v>
+        <v>1385</v>
       </c>
     </row>
     <row r="498" spans="1:18">
       <c r="A498" s="1" t="s">
-        <v>1400</v>
+        <v>1378</v>
       </c>
       <c r="B498" s="1" t="s">
-        <v>1401</v>
-[...6 lines deleted...]
-      </c>
+        <v>1379</v>
+      </c>
+      <c r="C498" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D498" s="1" t="s">
+        <v>1380</v>
+      </c>
+      <c r="E498" s="1" t="s">
+        <v>1381</v>
+      </c>
+      <c r="F498" s="1"/>
       <c r="G498" s="1" t="s">
-        <v>1403</v>
+        <v>1382</v>
       </c>
       <c r="H498" s="1" t="s">
-        <v>1404</v>
+        <v>1386</v>
       </c>
       <c r="I498" s="1" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="J498" s="1" t="s">
-        <v>742</v>
+        <v>245</v>
       </c>
       <c r="K498" s="1" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="L498" s="1"/>
       <c r="M498" s="1">
-        <v>730</v>
+        <v>388</v>
       </c>
       <c r="N498" s="1" t="s">
-        <v>1405</v>
+        <v>473</v>
       </c>
       <c r="O498" s="1" t="s">
-        <v>1406</v>
+        <v>1384</v>
       </c>
       <c r="P498" s="1"/>
       <c r="Q498" s="1"/>
       <c r="R498" s="1" t="s">
-        <v>1407</v>
+        <v>1385</v>
       </c>
     </row>
     <row r="499" spans="1:18">
       <c r="A499" s="1" t="s">
-        <v>1400</v>
+        <v>1378</v>
       </c>
       <c r="B499" s="1" t="s">
-        <v>1401</v>
-[...6 lines deleted...]
-      </c>
+        <v>1379</v>
+      </c>
+      <c r="C499" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D499" s="1" t="s">
+        <v>1380</v>
+      </c>
+      <c r="E499" s="1" t="s">
+        <v>1381</v>
+      </c>
+      <c r="F499" s="1"/>
       <c r="G499" s="1" t="s">
-        <v>1403</v>
+        <v>1382</v>
       </c>
       <c r="H499" s="1" t="s">
-        <v>1408</v>
+        <v>1387</v>
       </c>
       <c r="I499" s="1" t="s">
-        <v>125</v>
+        <v>117</v>
       </c>
       <c r="J499" s="1" t="s">
-        <v>746</v>
+        <v>245</v>
       </c>
       <c r="K499" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L499" s="1">
-        <v>9789087224189</v>
+        <v>9789087224356</v>
       </c>
       <c r="M499" s="1">
-        <v>730</v>
+        <v>388</v>
       </c>
       <c r="N499" s="1" t="s">
-        <v>1405</v>
+        <v>473</v>
       </c>
       <c r="O499" s="1" t="s">
-        <v>1406</v>
+        <v>1384</v>
       </c>
       <c r="P499" s="1"/>
       <c r="Q499" s="1"/>
       <c r="R499" s="1" t="s">
-        <v>1407</v>
+        <v>1385</v>
       </c>
     </row>
     <row r="500" spans="1:18">
       <c r="A500" s="1" t="s">
-        <v>1400</v>
+        <v>1388</v>
       </c>
       <c r="B500" s="1" t="s">
-        <v>1401</v>
-[...2 lines deleted...]
-      <c r="D500" s="1"/>
+        <v>1389</v>
+      </c>
+      <c r="C500" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D500" s="1" t="s">
+        <v>1390</v>
+      </c>
       <c r="E500" s="1"/>
       <c r="F500" s="1" t="s">
-        <v>1402</v>
+        <v>745</v>
       </c>
       <c r="G500" s="1" t="s">
-        <v>1403</v>
+        <v>1391</v>
       </c>
       <c r="H500" s="1" t="s">
-        <v>1409</v>
+        <v>1392</v>
       </c>
       <c r="I500" s="1" t="s">
-        <v>121</v>
+        <v>42</v>
       </c>
       <c r="J500" s="1" t="s">
-        <v>742</v>
+        <v>453</v>
       </c>
       <c r="K500" s="1" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L500" s="1"/>
       <c r="M500" s="1">
-        <v>730</v>
+        <v>590</v>
       </c>
       <c r="N500" s="1" t="s">
-        <v>1405</v>
+        <v>1393</v>
       </c>
       <c r="O500" s="1" t="s">
-        <v>1406</v>
+        <v>602</v>
       </c>
       <c r="P500" s="1"/>
       <c r="Q500" s="1"/>
       <c r="R500" s="1" t="s">
-        <v>1407</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="501" spans="1:18">
       <c r="A501" s="1" t="s">
-        <v>1410</v>
+        <v>1388</v>
       </c>
       <c r="B501" s="1" t="s">
-        <v>1411</v>
-[...6 lines deleted...]
-      <c r="F501" s="1"/>
+        <v>1389</v>
+      </c>
+      <c r="C501" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D501" s="1" t="s">
+        <v>1390</v>
+      </c>
+      <c r="E501" s="1"/>
+      <c r="F501" s="1" t="s">
+        <v>745</v>
+      </c>
       <c r="G501" s="1" t="s">
-        <v>1413</v>
+        <v>1391</v>
       </c>
       <c r="H501" s="1" t="s">
-        <v>1414</v>
+        <v>1395</v>
       </c>
       <c r="I501" s="1" t="s">
-        <v>95</v>
+        <v>133</v>
       </c>
       <c r="J501" s="1" t="s">
-        <v>219</v>
+        <v>400</v>
       </c>
       <c r="K501" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L501" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="L501" s="1">
+        <v>9789087224325</v>
+      </c>
       <c r="M501" s="1">
-        <v>798</v>
+        <v>590</v>
       </c>
       <c r="N501" s="1" t="s">
-        <v>452</v>
+        <v>1393</v>
       </c>
       <c r="O501" s="1" t="s">
-        <v>1415</v>
+        <v>602</v>
       </c>
       <c r="P501" s="1"/>
       <c r="Q501" s="1"/>
       <c r="R501" s="1" t="s">
-        <v>1416</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="502" spans="1:18">
       <c r="A502" s="1" t="s">
-        <v>1410</v>
+        <v>1388</v>
       </c>
       <c r="B502" s="1" t="s">
-        <v>1411</v>
-[...6 lines deleted...]
-      <c r="F502" s="1"/>
+        <v>1389</v>
+      </c>
+      <c r="C502" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D502" s="1" t="s">
+        <v>1390</v>
+      </c>
+      <c r="E502" s="1"/>
+      <c r="F502" s="1" t="s">
+        <v>745</v>
+      </c>
       <c r="G502" s="1" t="s">
-        <v>1413</v>
+        <v>1391</v>
       </c>
       <c r="H502" s="1" t="s">
-        <v>1417</v>
+        <v>1396</v>
       </c>
       <c r="I502" s="1" t="s">
-        <v>95</v>
+        <v>42</v>
       </c>
       <c r="J502" s="1" t="s">
-        <v>219</v>
+        <v>453</v>
       </c>
       <c r="K502" s="1" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="L502" s="1">
-        <v>9789087224158</v>
+        <v>9789087224318</v>
       </c>
       <c r="M502" s="1">
-        <v>798</v>
+        <v>590</v>
       </c>
       <c r="N502" s="1" t="s">
-        <v>452</v>
+        <v>1393</v>
       </c>
       <c r="O502" s="1" t="s">
-        <v>1415</v>
+        <v>602</v>
       </c>
       <c r="P502" s="1"/>
       <c r="Q502" s="1"/>
       <c r="R502" s="1" t="s">
-        <v>1416</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="503" spans="1:18">
       <c r="A503" s="1" t="s">
-        <v>1410</v>
+        <v>1397</v>
       </c>
       <c r="B503" s="1" t="s">
-        <v>1411</v>
-[...2 lines deleted...]
-      <c r="D503" s="1"/>
+        <v>1398</v>
+      </c>
+      <c r="C503" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D503" s="1" t="s">
+        <v>1399</v>
+      </c>
       <c r="E503" s="1" t="s">
-        <v>1412</v>
+        <v>1400</v>
       </c>
       <c r="F503" s="1"/>
       <c r="G503" s="1" t="s">
-        <v>1413</v>
+        <v>1401</v>
       </c>
       <c r="H503" s="1" t="s">
-        <v>1418</v>
+        <v>1402</v>
       </c>
       <c r="I503" s="1" t="s">
-        <v>112</v>
+        <v>172</v>
       </c>
       <c r="J503" s="1" t="s">
-        <v>227</v>
+        <v>331</v>
       </c>
       <c r="K503" s="1" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L503" s="1"/>
       <c r="M503" s="1">
-        <v>798</v>
+        <v>340</v>
       </c>
       <c r="N503" s="1" t="s">
-        <v>452</v>
+        <v>1403</v>
       </c>
       <c r="O503" s="1" t="s">
-        <v>1415</v>
-[...1 lines deleted...]
-      <c r="P503" s="1"/>
+        <v>1404</v>
+      </c>
+      <c r="P503" s="1" t="s">
+        <v>1405</v>
+      </c>
       <c r="Q503" s="1"/>
       <c r="R503" s="1" t="s">
-        <v>1416</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="504" spans="1:18">
       <c r="A504" s="1" t="s">
-        <v>1419</v>
+        <v>1397</v>
       </c>
       <c r="B504" s="1" t="s">
-        <v>1420</v>
+        <v>1398</v>
       </c>
       <c r="C504" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D504" s="1" t="s">
-        <v>1421</v>
+        <v>1399</v>
       </c>
       <c r="E504" s="1" t="s">
-        <v>1422</v>
+        <v>1400</v>
       </c>
       <c r="F504" s="1"/>
       <c r="G504" s="1" t="s">
-        <v>1423</v>
+        <v>1401</v>
       </c>
       <c r="H504" s="1" t="s">
-        <v>1424</v>
+        <v>1407</v>
       </c>
       <c r="I504" s="1" t="s">
-        <v>112</v>
+        <v>172</v>
       </c>
       <c r="J504" s="1" t="s">
-        <v>113</v>
+        <v>331</v>
       </c>
       <c r="K504" s="1" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="L504" s="1">
-        <v>9789087224134</v>
+        <v>9789087224219</v>
       </c>
       <c r="M504" s="1">
-        <v>262</v>
+        <v>340</v>
       </c>
       <c r="N504" s="1" t="s">
-        <v>452</v>
+        <v>1403</v>
       </c>
       <c r="O504" s="1" t="s">
-        <v>1219</v>
-[...1 lines deleted...]
-      <c r="P504" s="1"/>
+        <v>1404</v>
+      </c>
+      <c r="P504" s="1" t="s">
+        <v>1405</v>
+      </c>
       <c r="Q504" s="1"/>
       <c r="R504" s="1" t="s">
-        <v>1425</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="505" spans="1:18">
       <c r="A505" s="1" t="s">
-        <v>1419</v>
+        <v>1397</v>
       </c>
       <c r="B505" s="1" t="s">
-        <v>1420</v>
+        <v>1398</v>
       </c>
       <c r="C505" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D505" s="1" t="s">
-        <v>1421</v>
+        <v>1399</v>
       </c>
       <c r="E505" s="1" t="s">
-        <v>1422</v>
+        <v>1400</v>
       </c>
       <c r="F505" s="1"/>
       <c r="G505" s="1" t="s">
-        <v>1423</v>
+        <v>1401</v>
       </c>
       <c r="H505" s="1" t="s">
-        <v>1426</v>
+        <v>1408</v>
       </c>
       <c r="I505" s="1" t="s">
-        <v>107</v>
+        <v>145</v>
       </c>
       <c r="J505" s="1" t="s">
-        <v>108</v>
+        <v>593</v>
       </c>
       <c r="K505" s="1" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="L505" s="1">
-        <v>9789087224141</v>
+        <v>9789087224240</v>
       </c>
       <c r="M505" s="1">
-        <v>262</v>
+        <v>340</v>
       </c>
       <c r="N505" s="1" t="s">
-        <v>452</v>
+        <v>1403</v>
       </c>
       <c r="O505" s="1" t="s">
-        <v>1219</v>
-[...1 lines deleted...]
-      <c r="P505" s="1"/>
+        <v>1404</v>
+      </c>
+      <c r="P505" s="1" t="s">
+        <v>1405</v>
+      </c>
       <c r="Q505" s="1"/>
       <c r="R505" s="1" t="s">
-        <v>1425</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="506" spans="1:18">
       <c r="A506" s="1" t="s">
-        <v>1419</v>
+        <v>1409</v>
       </c>
       <c r="B506" s="1" t="s">
-        <v>1420</v>
+        <v>1410</v>
       </c>
       <c r="C506" s="1" t="s">
-        <v>20</v>
+        <v>141</v>
       </c>
       <c r="D506" s="1" t="s">
-        <v>1421</v>
-[...4 lines deleted...]
-      <c r="F506" s="1"/>
+        <v>1015</v>
+      </c>
+      <c r="E506" s="1"/>
+      <c r="F506" s="1" t="s">
+        <v>891</v>
+      </c>
       <c r="G506" s="1" t="s">
-        <v>1423</v>
+        <v>1411</v>
       </c>
       <c r="H506" s="1" t="s">
-        <v>1427</v>
+        <v>1412</v>
       </c>
       <c r="I506" s="1" t="s">
-        <v>112</v>
+        <v>164</v>
       </c>
       <c r="J506" s="1" t="s">
-        <v>113</v>
+        <v>165</v>
       </c>
       <c r="K506" s="1" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="L506" s="1"/>
       <c r="M506" s="1">
-        <v>262</v>
+        <v>850</v>
       </c>
       <c r="N506" s="1" t="s">
-        <v>452</v>
+        <v>521</v>
       </c>
       <c r="O506" s="1" t="s">
-        <v>1219</v>
+        <v>692</v>
       </c>
       <c r="P506" s="1"/>
       <c r="Q506" s="1"/>
       <c r="R506" s="1" t="s">
-        <v>1425</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="507" spans="1:18">
       <c r="A507" s="1" t="s">
-        <v>1428</v>
+        <v>1414</v>
       </c>
       <c r="B507" s="1" t="s">
-        <v>1429</v>
+        <v>1415</v>
       </c>
       <c r="C507" s="1" t="s">
-        <v>250</v>
-[...1 lines deleted...]
-      <c r="D507" s="1"/>
+        <v>51</v>
+      </c>
+      <c r="D507" s="1" t="s">
+        <v>1416</v>
+      </c>
       <c r="E507" s="1"/>
       <c r="F507" s="1" t="s">
-        <v>511</v>
+        <v>745</v>
       </c>
       <c r="G507" s="1" t="s">
-        <v>1430</v>
+        <v>1411</v>
       </c>
       <c r="H507" s="1" t="s">
-        <v>1431</v>
+        <v>1417</v>
       </c>
       <c r="I507" s="1" t="s">
-        <v>375</v>
+        <v>396</v>
       </c>
       <c r="J507" s="1" t="s">
-        <v>432</v>
+        <v>762</v>
       </c>
       <c r="K507" s="1" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="L507" s="1"/>
       <c r="M507" s="1">
-        <v>324</v>
+        <v>372</v>
       </c>
       <c r="N507" s="1" t="s">
-        <v>501</v>
+        <v>473</v>
       </c>
       <c r="O507" s="1" t="s">
-        <v>582</v>
+        <v>861</v>
       </c>
       <c r="P507" s="1"/>
       <c r="Q507" s="1"/>
       <c r="R507" s="1" t="s">
-        <v>1432</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="508" spans="1:18">
       <c r="A508" s="1" t="s">
-        <v>1433</v>
+        <v>1414</v>
       </c>
       <c r="B508" s="1" t="s">
-        <v>1434</v>
+        <v>1415</v>
       </c>
       <c r="C508" s="1" t="s">
-        <v>20</v>
+        <v>51</v>
       </c>
       <c r="D508" s="1" t="s">
-        <v>1435</v>
-[...4 lines deleted...]
-      <c r="F508" s="1"/>
+        <v>1416</v>
+      </c>
+      <c r="E508" s="1"/>
+      <c r="F508" s="1" t="s">
+        <v>745</v>
+      </c>
       <c r="G508" s="1" t="s">
-        <v>1430</v>
+        <v>1411</v>
       </c>
       <c r="H508" s="1" t="s">
-        <v>1437</v>
+        <v>1419</v>
       </c>
       <c r="I508" s="1" t="s">
-        <v>375</v>
+        <v>399</v>
       </c>
       <c r="J508" s="1" t="s">
-        <v>432</v>
+        <v>766</v>
       </c>
       <c r="K508" s="1" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="L508" s="1">
-        <v>9789087223960</v>
+        <v>9789087224264</v>
       </c>
       <c r="M508" s="1">
-        <v>314</v>
+        <v>372</v>
       </c>
       <c r="N508" s="1" t="s">
-        <v>501</v>
+        <v>473</v>
       </c>
       <c r="O508" s="1" t="s">
-        <v>146</v>
+        <v>861</v>
       </c>
       <c r="P508" s="1"/>
       <c r="Q508" s="1"/>
       <c r="R508" s="1" t="s">
-        <v>1438</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="509" spans="1:18">
       <c r="A509" s="1" t="s">
-        <v>1428</v>
+        <v>1420</v>
       </c>
       <c r="B509" s="1" t="s">
-        <v>1429</v>
-[...3 lines deleted...]
-      </c>
+        <v>1421</v>
+      </c>
+      <c r="C509" s="1"/>
       <c r="D509" s="1"/>
       <c r="E509" s="1"/>
       <c r="F509" s="1" t="s">
-        <v>511</v>
+        <v>1422</v>
       </c>
       <c r="G509" s="1" t="s">
-        <v>1430</v>
+        <v>1423</v>
       </c>
       <c r="H509" s="1" t="s">
-        <v>1439</v>
+        <v>1424</v>
       </c>
       <c r="I509" s="1" t="s">
-        <v>375</v>
+        <v>172</v>
       </c>
       <c r="J509" s="1" t="s">
-        <v>432</v>
+        <v>762</v>
       </c>
       <c r="K509" s="1" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L509" s="1"/>
       <c r="M509" s="1">
-        <v>324</v>
+        <v>730</v>
       </c>
       <c r="N509" s="1" t="s">
-        <v>501</v>
+        <v>1425</v>
       </c>
       <c r="O509" s="1" t="s">
-        <v>582</v>
+        <v>1426</v>
       </c>
       <c r="P509" s="1"/>
       <c r="Q509" s="1"/>
       <c r="R509" s="1" t="s">
-        <v>1432</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="510" spans="1:18">
       <c r="A510" s="1" t="s">
-        <v>1433</v>
+        <v>1420</v>
       </c>
       <c r="B510" s="1" t="s">
-        <v>1434</v>
-[...10 lines deleted...]
-      <c r="F510" s="1"/>
+        <v>1421</v>
+      </c>
+      <c r="C510" s="1"/>
+      <c r="D510" s="1"/>
+      <c r="E510" s="1"/>
+      <c r="F510" s="1" t="s">
+        <v>1422</v>
+      </c>
       <c r="G510" s="1" t="s">
-        <v>1430</v>
+        <v>1423</v>
       </c>
       <c r="H510" s="1" t="s">
-        <v>1440</v>
+        <v>1428</v>
       </c>
       <c r="I510" s="1" t="s">
-        <v>378</v>
+        <v>145</v>
       </c>
       <c r="J510" s="1" t="s">
-        <v>379</v>
+        <v>766</v>
       </c>
       <c r="K510" s="1" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="L510" s="1">
-        <v>9789087223977</v>
+        <v>9789087224189</v>
       </c>
       <c r="M510" s="1">
-        <v>314</v>
+        <v>730</v>
       </c>
       <c r="N510" s="1" t="s">
-        <v>501</v>
+        <v>1425</v>
       </c>
       <c r="O510" s="1" t="s">
-        <v>146</v>
+        <v>1426</v>
       </c>
       <c r="P510" s="1"/>
       <c r="Q510" s="1"/>
       <c r="R510" s="1" t="s">
-        <v>1438</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="511" spans="1:18">
       <c r="A511" s="1" t="s">
-        <v>1433</v>
+        <v>1420</v>
       </c>
       <c r="B511" s="1" t="s">
-        <v>1434</v>
-[...10 lines deleted...]
-      <c r="F511" s="1"/>
+        <v>1421</v>
+      </c>
+      <c r="C511" s="1"/>
+      <c r="D511" s="1"/>
+      <c r="E511" s="1"/>
+      <c r="F511" s="1" t="s">
+        <v>1422</v>
+      </c>
       <c r="G511" s="1" t="s">
-        <v>1430</v>
+        <v>1423</v>
       </c>
       <c r="H511" s="1" t="s">
-        <v>1441</v>
+        <v>1429</v>
       </c>
       <c r="I511" s="1" t="s">
-        <v>375</v>
+        <v>172</v>
       </c>
       <c r="J511" s="1" t="s">
-        <v>432</v>
+        <v>762</v>
       </c>
       <c r="K511" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L511" s="1"/>
+        <v>38</v>
+      </c>
+      <c r="L511" s="1">
+        <v>9789087224172</v>
+      </c>
       <c r="M511" s="1">
-        <v>314</v>
+        <v>730</v>
       </c>
       <c r="N511" s="1" t="s">
-        <v>501</v>
+        <v>1425</v>
       </c>
       <c r="O511" s="1" t="s">
-        <v>146</v>
+        <v>1426</v>
       </c>
       <c r="P511" s="1"/>
       <c r="Q511" s="1"/>
       <c r="R511" s="1" t="s">
-        <v>1438</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="512" spans="1:18">
       <c r="A512" s="1" t="s">
-        <v>1428</v>
+        <v>1430</v>
       </c>
       <c r="B512" s="1" t="s">
-        <v>1429</v>
-[...3 lines deleted...]
-      </c>
+        <v>1431</v>
+      </c>
+      <c r="C512" s="1"/>
       <c r="D512" s="1"/>
-      <c r="E512" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="E512" s="1" t="s">
+        <v>1432</v>
+      </c>
+      <c r="F512" s="1"/>
       <c r="G512" s="1" t="s">
-        <v>1430</v>
+        <v>1433</v>
       </c>
       <c r="H512" s="1" t="s">
-        <v>1442</v>
+        <v>1434</v>
       </c>
       <c r="I512" s="1" t="s">
-        <v>378</v>
+        <v>36</v>
       </c>
       <c r="J512" s="1" t="s">
-        <v>379</v>
+        <v>245</v>
       </c>
       <c r="K512" s="1" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L512" s="1"/>
       <c r="M512" s="1">
-        <v>324</v>
+        <v>798</v>
       </c>
       <c r="N512" s="1" t="s">
-        <v>501</v>
+        <v>473</v>
       </c>
       <c r="O512" s="1" t="s">
-        <v>582</v>
+        <v>1435</v>
       </c>
       <c r="P512" s="1"/>
       <c r="Q512" s="1"/>
       <c r="R512" s="1" t="s">
-        <v>1432</v>
+        <v>1436</v>
       </c>
     </row>
     <row r="513" spans="1:18">
       <c r="A513" s="1" t="s">
-        <v>1443</v>
+        <v>1430</v>
       </c>
       <c r="B513" s="1" t="s">
-        <v>1444</v>
+        <v>1431</v>
       </c>
       <c r="C513" s="1"/>
       <c r="D513" s="1"/>
       <c r="E513" s="1" t="s">
-        <v>1445</v>
+        <v>1432</v>
       </c>
       <c r="F513" s="1"/>
       <c r="G513" s="1" t="s">
-        <v>1446</v>
+        <v>1433</v>
       </c>
       <c r="H513" s="1" t="s">
-        <v>1447</v>
+        <v>1437</v>
       </c>
       <c r="I513" s="1" t="s">
-        <v>112</v>
+        <v>36</v>
       </c>
       <c r="J513" s="1" t="s">
-        <v>471</v>
+        <v>245</v>
       </c>
       <c r="K513" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L513" s="1">
-        <v>9789087223915</v>
+        <v>9789087224158</v>
       </c>
       <c r="M513" s="1">
-        <v>1094</v>
+        <v>798</v>
       </c>
       <c r="N513" s="1" t="s">
-        <v>1448</v>
-[...4 lines deleted...]
-      </c>
+        <v>473</v>
+      </c>
+      <c r="O513" s="1" t="s">
+        <v>1435</v>
+      </c>
+      <c r="P513" s="1"/>
       <c r="Q513" s="1"/>
       <c r="R513" s="1" t="s">
-        <v>1450</v>
+        <v>1436</v>
       </c>
     </row>
     <row r="514" spans="1:18">
       <c r="A514" s="1" t="s">
-        <v>1443</v>
+        <v>1430</v>
       </c>
       <c r="B514" s="1" t="s">
-        <v>1444</v>
+        <v>1431</v>
       </c>
       <c r="C514" s="1"/>
       <c r="D514" s="1"/>
       <c r="E514" s="1" t="s">
-        <v>1445</v>
+        <v>1432</v>
       </c>
       <c r="F514" s="1"/>
       <c r="G514" s="1" t="s">
-        <v>1446</v>
+        <v>1433</v>
       </c>
       <c r="H514" s="1" t="s">
-        <v>1451</v>
+        <v>1438</v>
       </c>
       <c r="I514" s="1" t="s">
-        <v>95</v>
+        <v>42</v>
       </c>
       <c r="J514" s="1" t="s">
-        <v>96</v>
+        <v>248</v>
       </c>
       <c r="K514" s="1" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="L514" s="1">
-        <v>9789087223908</v>
+        <v>9789087224165</v>
       </c>
       <c r="M514" s="1">
-        <v>1094</v>
+        <v>798</v>
       </c>
       <c r="N514" s="1" t="s">
-        <v>1448</v>
-[...4 lines deleted...]
-      </c>
+        <v>473</v>
+      </c>
+      <c r="O514" s="1" t="s">
+        <v>1435</v>
+      </c>
+      <c r="P514" s="1"/>
       <c r="Q514" s="1"/>
       <c r="R514" s="1" t="s">
-        <v>1450</v>
+        <v>1436</v>
       </c>
     </row>
     <row r="515" spans="1:18">
       <c r="A515" s="1" t="s">
-        <v>1452</v>
+        <v>1439</v>
       </c>
       <c r="B515" s="1" t="s">
-        <v>1453</v>
+        <v>1440</v>
       </c>
       <c r="C515" s="1" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="D515" s="1" t="s">
-        <v>995</v>
-[...4 lines deleted...]
-      </c>
+        <v>1441</v>
+      </c>
+      <c r="E515" s="1" t="s">
+        <v>1442</v>
+      </c>
+      <c r="F515" s="1"/>
       <c r="G515" s="1" t="s">
-        <v>1446</v>
+        <v>1443</v>
       </c>
       <c r="H515" s="1" t="s">
-        <v>1454</v>
+        <v>1444</v>
       </c>
       <c r="I515" s="1" t="s">
-        <v>95</v>
+        <v>42</v>
       </c>
       <c r="J515" s="1" t="s">
-        <v>219</v>
+        <v>43</v>
       </c>
       <c r="K515" s="1" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="L515" s="1">
-        <v>9789087224035</v>
+        <v>9789087224134</v>
       </c>
       <c r="M515" s="1">
-        <v>732</v>
-[...1 lines deleted...]
-      <c r="N515" s="1"/>
+        <v>262</v>
+      </c>
+      <c r="N515" s="1" t="s">
+        <v>473</v>
+      </c>
       <c r="O515" s="1" t="s">
-        <v>570</v>
+        <v>1239</v>
       </c>
       <c r="P515" s="1"/>
       <c r="Q515" s="1"/>
       <c r="R515" s="1" t="s">
-        <v>1455</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="516" spans="1:18">
       <c r="A516" s="1" t="s">
-        <v>1452</v>
+        <v>1439</v>
       </c>
       <c r="B516" s="1" t="s">
-        <v>1453</v>
+        <v>1440</v>
       </c>
       <c r="C516" s="1" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="D516" s="1" t="s">
-        <v>995</v>
-[...4 lines deleted...]
-      </c>
+        <v>1441</v>
+      </c>
+      <c r="E516" s="1" t="s">
+        <v>1442</v>
+      </c>
+      <c r="F516" s="1"/>
       <c r="G516" s="1" t="s">
+        <v>1443</v>
+      </c>
+      <c r="H516" s="1" t="s">
         <v>1446</v>
       </c>
-      <c r="H516" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I516" s="1" t="s">
-        <v>95</v>
+        <v>133</v>
       </c>
       <c r="J516" s="1" t="s">
-        <v>219</v>
+        <v>134</v>
       </c>
       <c r="K516" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L516" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="L516" s="1">
+        <v>9789087224141</v>
+      </c>
       <c r="M516" s="1">
-        <v>732</v>
-[...1 lines deleted...]
-      <c r="N516" s="1"/>
+        <v>262</v>
+      </c>
+      <c r="N516" s="1" t="s">
+        <v>473</v>
+      </c>
       <c r="O516" s="1" t="s">
-        <v>570</v>
+        <v>1239</v>
       </c>
       <c r="P516" s="1"/>
       <c r="Q516" s="1"/>
       <c r="R516" s="1" t="s">
-        <v>1455</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="517" spans="1:18">
       <c r="A517" s="1" t="s">
-        <v>1452</v>
+        <v>1439</v>
       </c>
       <c r="B517" s="1" t="s">
-        <v>1453</v>
+        <v>1440</v>
       </c>
       <c r="C517" s="1" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="D517" s="1" t="s">
-        <v>995</v>
-[...4 lines deleted...]
-      </c>
+        <v>1441</v>
+      </c>
+      <c r="E517" s="1" t="s">
+        <v>1442</v>
+      </c>
+      <c r="F517" s="1"/>
       <c r="G517" s="1" t="s">
-        <v>1446</v>
+        <v>1443</v>
       </c>
       <c r="H517" s="1" t="s">
-        <v>1457</v>
+        <v>1447</v>
       </c>
       <c r="I517" s="1" t="s">
-        <v>112</v>
+        <v>42</v>
       </c>
       <c r="J517" s="1" t="s">
-        <v>227</v>
+        <v>43</v>
       </c>
       <c r="K517" s="1" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L517" s="1"/>
       <c r="M517" s="1">
-        <v>732</v>
-[...1 lines deleted...]
-      <c r="N517" s="1"/>
+        <v>262</v>
+      </c>
+      <c r="N517" s="1" t="s">
+        <v>473</v>
+      </c>
       <c r="O517" s="1" t="s">
-        <v>570</v>
+        <v>1239</v>
       </c>
       <c r="P517" s="1"/>
       <c r="Q517" s="1"/>
       <c r="R517" s="1" t="s">
-        <v>1455</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="518" spans="1:18">
       <c r="A518" s="1" t="s">
-        <v>1443</v>
+        <v>1448</v>
       </c>
       <c r="B518" s="1" t="s">
-        <v>1444</v>
-[...1 lines deleted...]
-      <c r="C518" s="1"/>
+        <v>1449</v>
+      </c>
+      <c r="C518" s="1" t="s">
+        <v>266</v>
+      </c>
       <c r="D518" s="1"/>
-      <c r="E518" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F518" s="1"/>
+      <c r="E518" s="1"/>
+      <c r="F518" s="1" t="s">
+        <v>531</v>
+      </c>
       <c r="G518" s="1" t="s">
-        <v>1446</v>
+        <v>1450</v>
       </c>
       <c r="H518" s="1" t="s">
-        <v>1458</v>
+        <v>1451</v>
       </c>
       <c r="I518" s="1" t="s">
-        <v>95</v>
+        <v>396</v>
       </c>
       <c r="J518" s="1" t="s">
-        <v>96</v>
+        <v>453</v>
       </c>
       <c r="K518" s="1" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="L518" s="1"/>
       <c r="M518" s="1">
-        <v>1094</v>
+        <v>324</v>
       </c>
       <c r="N518" s="1" t="s">
-        <v>1448</v>
-[...4 lines deleted...]
-      </c>
+        <v>521</v>
+      </c>
+      <c r="O518" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="P518" s="1"/>
       <c r="Q518" s="1"/>
       <c r="R518" s="1" t="s">
-        <v>1450</v>
+        <v>1452</v>
       </c>
     </row>
     <row r="519" spans="1:18">
       <c r="A519" s="1" t="s">
-        <v>1459</v>
+        <v>1453</v>
       </c>
       <c r="B519" s="1" t="s">
-        <v>1460</v>
-[...6 lines deleted...]
-      </c>
+        <v>1454</v>
+      </c>
+      <c r="C519" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D519" s="1" t="s">
+        <v>1455</v>
+      </c>
+      <c r="E519" s="1" t="s">
+        <v>1456</v>
+      </c>
+      <c r="F519" s="1"/>
       <c r="G519" s="1" t="s">
-        <v>1462</v>
+        <v>1450</v>
       </c>
       <c r="H519" s="1" t="s">
-        <v>1463</v>
+        <v>1457</v>
       </c>
       <c r="I519" s="1" t="s">
-        <v>378</v>
+        <v>396</v>
       </c>
       <c r="J519" s="1" t="s">
-        <v>746</v>
+        <v>453</v>
       </c>
       <c r="K519" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L519" s="1">
-        <v>9789087223847</v>
+        <v>9789087223960</v>
       </c>
       <c r="M519" s="1">
-        <v>598</v>
+        <v>314</v>
       </c>
       <c r="N519" s="1" t="s">
-        <v>501</v>
+        <v>521</v>
       </c>
       <c r="O519" s="1" t="s">
-        <v>146</v>
-[...3 lines deleted...]
-      </c>
+        <v>167</v>
+      </c>
+      <c r="P519" s="1"/>
       <c r="Q519" s="1"/>
       <c r="R519" s="1" t="s">
-        <v>1465</v>
+        <v>1458</v>
       </c>
     </row>
     <row r="520" spans="1:18">
       <c r="A520" s="1" t="s">
-        <v>1466</v>
+        <v>1448</v>
       </c>
       <c r="B520" s="1" t="s">
-        <v>1467</v>
+        <v>1449</v>
       </c>
       <c r="C520" s="1" t="s">
-        <v>69</v>
+        <v>266</v>
       </c>
       <c r="D520" s="1"/>
       <c r="E520" s="1"/>
       <c r="F520" s="1" t="s">
-        <v>761</v>
+        <v>531</v>
       </c>
       <c r="G520" s="1" t="s">
-        <v>1462</v>
+        <v>1450</v>
       </c>
       <c r="H520" s="1" t="s">
-        <v>1468</v>
+        <v>1459</v>
       </c>
       <c r="I520" s="1" t="s">
-        <v>603</v>
+        <v>396</v>
       </c>
       <c r="J520" s="1" t="s">
-        <v>573</v>
+        <v>453</v>
       </c>
       <c r="K520" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L520" s="1"/>
+        <v>38</v>
+      </c>
+      <c r="L520" s="1">
+        <v>9789087224059</v>
+      </c>
       <c r="M520" s="1">
-        <v>448</v>
-[...1 lines deleted...]
-      <c r="N520" s="1"/>
+        <v>324</v>
+      </c>
+      <c r="N520" s="1" t="s">
+        <v>521</v>
+      </c>
       <c r="O520" s="1" t="s">
-        <v>582</v>
+        <v>602</v>
       </c>
       <c r="P520" s="1"/>
       <c r="Q520" s="1"/>
       <c r="R520" s="1" t="s">
-        <v>1469</v>
+        <v>1452</v>
       </c>
     </row>
     <row r="521" spans="1:18">
       <c r="A521" s="1" t="s">
-        <v>1466</v>
+        <v>1453</v>
       </c>
       <c r="B521" s="1" t="s">
-        <v>1467</v>
+        <v>1454</v>
       </c>
       <c r="C521" s="1" t="s">
-        <v>69</v>
-[...5 lines deleted...]
-      </c>
+        <v>51</v>
+      </c>
+      <c r="D521" s="1" t="s">
+        <v>1455</v>
+      </c>
+      <c r="E521" s="1" t="s">
+        <v>1456</v>
+      </c>
+      <c r="F521" s="1"/>
       <c r="G521" s="1" t="s">
-        <v>1462</v>
+        <v>1450</v>
       </c>
       <c r="H521" s="1" t="s">
-        <v>1470</v>
+        <v>1460</v>
       </c>
       <c r="I521" s="1" t="s">
-        <v>580</v>
+        <v>399</v>
       </c>
       <c r="J521" s="1" t="s">
-        <v>764</v>
+        <v>400</v>
       </c>
       <c r="K521" s="1" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="L521" s="1">
-        <v>9789087223939</v>
+        <v>9789087223977</v>
       </c>
       <c r="M521" s="1">
-        <v>448</v>
-[...1 lines deleted...]
-      <c r="N521" s="1"/>
+        <v>314</v>
+      </c>
+      <c r="N521" s="1" t="s">
+        <v>521</v>
+      </c>
       <c r="O521" s="1" t="s">
-        <v>582</v>
+        <v>167</v>
       </c>
       <c r="P521" s="1"/>
       <c r="Q521" s="1"/>
       <c r="R521" s="1" t="s">
-        <v>1469</v>
+        <v>1458</v>
       </c>
     </row>
     <row r="522" spans="1:18">
       <c r="A522" s="1" t="s">
-        <v>1459</v>
+        <v>1453</v>
       </c>
       <c r="B522" s="1" t="s">
-        <v>1460</v>
-[...4 lines deleted...]
-      <c r="F522" s="1" t="s">
+        <v>1454</v>
+      </c>
+      <c r="C522" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D522" s="1" t="s">
+        <v>1455</v>
+      </c>
+      <c r="E522" s="1" t="s">
+        <v>1456</v>
+      </c>
+      <c r="F522" s="1"/>
+      <c r="G522" s="1" t="s">
+        <v>1450</v>
+      </c>
+      <c r="H522" s="1" t="s">
         <v>1461</v>
       </c>
-      <c r="G522" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I522" s="1" t="s">
-        <v>375</v>
+        <v>396</v>
       </c>
       <c r="J522" s="1" t="s">
-        <v>742</v>
+        <v>453</v>
       </c>
       <c r="K522" s="1" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="L522" s="1"/>
       <c r="M522" s="1">
-        <v>598</v>
+        <v>314</v>
       </c>
       <c r="N522" s="1" t="s">
-        <v>501</v>
+        <v>521</v>
       </c>
       <c r="O522" s="1" t="s">
-        <v>146</v>
-[...3 lines deleted...]
-      </c>
+        <v>167</v>
+      </c>
+      <c r="P522" s="1"/>
       <c r="Q522" s="1"/>
       <c r="R522" s="1" t="s">
-        <v>1465</v>
+        <v>1458</v>
       </c>
     </row>
     <row r="523" spans="1:18">
       <c r="A523" s="1" t="s">
-        <v>1466</v>
+        <v>1448</v>
       </c>
       <c r="B523" s="1" t="s">
-        <v>1467</v>
+        <v>1449</v>
       </c>
       <c r="C523" s="1" t="s">
-        <v>69</v>
+        <v>266</v>
       </c>
       <c r="D523" s="1"/>
       <c r="E523" s="1"/>
       <c r="F523" s="1" t="s">
-        <v>761</v>
+        <v>531</v>
       </c>
       <c r="G523" s="1" t="s">
+        <v>1450</v>
+      </c>
+      <c r="H523" s="1" t="s">
         <v>1462</v>
       </c>
-      <c r="H523" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I523" s="1" t="s">
-        <v>603</v>
+        <v>399</v>
       </c>
       <c r="J523" s="1" t="s">
-        <v>573</v>
+        <v>400</v>
       </c>
       <c r="K523" s="1" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="L523" s="1">
-        <v>9789087223922</v>
-[...2 lines deleted...]
-      <c r="N523" s="1"/>
+        <v>9789087224066</v>
+      </c>
+      <c r="M523" s="1">
+        <v>324</v>
+      </c>
+      <c r="N523" s="1" t="s">
+        <v>521</v>
+      </c>
       <c r="O523" s="1" t="s">
-        <v>582</v>
+        <v>602</v>
       </c>
       <c r="P523" s="1"/>
       <c r="Q523" s="1"/>
       <c r="R523" s="1" t="s">
-        <v>1469</v>
+        <v>1452</v>
       </c>
     </row>
     <row r="524" spans="1:18">
       <c r="A524" s="1" t="s">
-        <v>1473</v>
+        <v>1463</v>
       </c>
       <c r="B524" s="1" t="s">
-        <v>1474</v>
-[...6 lines deleted...]
-      </c>
+        <v>1464</v>
+      </c>
+      <c r="C524" s="1"/>
+      <c r="D524" s="1"/>
       <c r="E524" s="1" t="s">
-        <v>1476</v>
+        <v>1465</v>
       </c>
       <c r="F524" s="1"/>
       <c r="G524" s="1" t="s">
-        <v>1477</v>
+        <v>1466</v>
       </c>
       <c r="H524" s="1" t="s">
-        <v>1478</v>
+        <v>1467</v>
       </c>
       <c r="I524" s="1" t="s">
-        <v>53</v>
+        <v>42</v>
       </c>
       <c r="J524" s="1" t="s">
-        <v>310</v>
+        <v>492</v>
       </c>
       <c r="K524" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L524" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="L524" s="1">
+        <v>9789087223915</v>
+      </c>
       <c r="M524" s="1">
-        <v>636</v>
+        <v>1094</v>
       </c>
       <c r="N524" s="1" t="s">
-        <v>1479</v>
+        <v>1468</v>
       </c>
       <c r="O524" s="1"/>
-      <c r="P524" s="1"/>
+      <c r="P524" s="1" t="s">
+        <v>1469</v>
+      </c>
       <c r="Q524" s="1"/>
       <c r="R524" s="1" t="s">
-        <v>1480</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="525" spans="1:18">
       <c r="A525" s="1" t="s">
-        <v>1473</v>
+        <v>1463</v>
       </c>
       <c r="B525" s="1" t="s">
-        <v>1474</v>
-[...6 lines deleted...]
-      </c>
+        <v>1464</v>
+      </c>
+      <c r="C525" s="1"/>
+      <c r="D525" s="1"/>
       <c r="E525" s="1" t="s">
-        <v>1476</v>
+        <v>1465</v>
       </c>
       <c r="F525" s="1"/>
       <c r="G525" s="1" t="s">
-        <v>1477</v>
+        <v>1466</v>
       </c>
       <c r="H525" s="1" t="s">
-        <v>1481</v>
+        <v>1471</v>
       </c>
       <c r="I525" s="1" t="s">
-        <v>53</v>
+        <v>36</v>
       </c>
       <c r="J525" s="1" t="s">
-        <v>310</v>
+        <v>121</v>
       </c>
       <c r="K525" s="1" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="L525" s="1">
-        <v>9789087223885</v>
-[...1 lines deleted...]
-      <c r="M525" s="1"/>
+        <v>9789087223908</v>
+      </c>
+      <c r="M525" s="1">
+        <v>1094</v>
+      </c>
       <c r="N525" s="1" t="s">
-        <v>1479</v>
+        <v>1468</v>
       </c>
       <c r="O525" s="1"/>
-      <c r="P525" s="1"/>
+      <c r="P525" s="1" t="s">
+        <v>1469</v>
+      </c>
       <c r="Q525" s="1"/>
       <c r="R525" s="1" t="s">
-        <v>1480</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="526" spans="1:18">
       <c r="A526" s="1" t="s">
+        <v>1472</v>
+      </c>
+      <c r="B526" s="1" t="s">
         <v>1473</v>
       </c>
-      <c r="B526" s="1" t="s">
+      <c r="C526" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="D526" s="1" t="s">
+        <v>1015</v>
+      </c>
+      <c r="E526" s="1"/>
+      <c r="F526" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="G526" s="1" t="s">
+        <v>1466</v>
+      </c>
+      <c r="H526" s="1" t="s">
         <v>1474</v>
       </c>
-      <c r="C526" s="1" t="s">
-[...14 lines deleted...]
-      </c>
       <c r="I526" s="1" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="J526" s="1" t="s">
-        <v>1001</v>
+        <v>245</v>
       </c>
       <c r="K526" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L526" s="1">
-        <v>9789087223892</v>
+        <v>9789087224035</v>
       </c>
       <c r="M526" s="1">
-        <v>636</v>
-[...4 lines deleted...]
-      <c r="O526" s="1"/>
+        <v>732</v>
+      </c>
+      <c r="N526" s="1"/>
+      <c r="O526" s="1" t="s">
+        <v>590</v>
+      </c>
       <c r="P526" s="1"/>
       <c r="Q526" s="1"/>
       <c r="R526" s="1" t="s">
-        <v>1480</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="527" spans="1:18">
       <c r="A527" s="1" t="s">
-        <v>1483</v>
+        <v>1472</v>
       </c>
       <c r="B527" s="1" t="s">
-        <v>1484</v>
+        <v>1473</v>
       </c>
       <c r="C527" s="1" t="s">
-        <v>45</v>
+        <v>75</v>
       </c>
       <c r="D527" s="1" t="s">
-        <v>1060</v>
+        <v>1015</v>
       </c>
       <c r="E527" s="1"/>
       <c r="F527" s="1" t="s">
-        <v>1485</v>
+        <v>76</v>
       </c>
       <c r="G527" s="1" t="s">
-        <v>1486</v>
+        <v>1466</v>
       </c>
       <c r="H527" s="1" t="s">
-        <v>1487</v>
+        <v>1476</v>
       </c>
       <c r="I527" s="1" t="s">
-        <v>375</v>
+        <v>36</v>
       </c>
       <c r="J527" s="1" t="s">
-        <v>315</v>
+        <v>245</v>
       </c>
       <c r="K527" s="1" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="L527" s="1"/>
       <c r="M527" s="1">
-        <v>320</v>
-[...3 lines deleted...]
-      </c>
+        <v>732</v>
+      </c>
+      <c r="N527" s="1"/>
       <c r="O527" s="1" t="s">
-        <v>582</v>
+        <v>590</v>
       </c>
       <c r="P527" s="1"/>
       <c r="Q527" s="1"/>
       <c r="R527" s="1" t="s">
-        <v>1320</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="528" spans="1:18">
       <c r="A528" s="1" t="s">
-        <v>1483</v>
+        <v>1472</v>
       </c>
       <c r="B528" s="1" t="s">
-        <v>1484</v>
+        <v>1473</v>
       </c>
       <c r="C528" s="1" t="s">
-        <v>45</v>
+        <v>75</v>
       </c>
       <c r="D528" s="1" t="s">
-        <v>1060</v>
+        <v>1015</v>
       </c>
       <c r="E528" s="1"/>
       <c r="F528" s="1" t="s">
-        <v>1485</v>
+        <v>76</v>
       </c>
       <c r="G528" s="1" t="s">
-        <v>1486</v>
+        <v>1466</v>
       </c>
       <c r="H528" s="1" t="s">
-        <v>1489</v>
+        <v>1477</v>
       </c>
       <c r="I528" s="1" t="s">
-        <v>375</v>
+        <v>42</v>
       </c>
       <c r="J528" s="1" t="s">
-        <v>315</v>
+        <v>248</v>
       </c>
       <c r="K528" s="1" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="L528" s="1">
-        <v>9789087223786</v>
-[...4 lines deleted...]
-      </c>
+        <v>9789087224042</v>
+      </c>
+      <c r="M528" s="1">
+        <v>732</v>
+      </c>
+      <c r="N528" s="1"/>
       <c r="O528" s="1" t="s">
-        <v>582</v>
+        <v>590</v>
       </c>
       <c r="P528" s="1"/>
       <c r="Q528" s="1"/>
       <c r="R528" s="1" t="s">
-        <v>1320</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="529" spans="1:18">
       <c r="A529" s="1" t="s">
-        <v>1490</v>
+        <v>1463</v>
       </c>
       <c r="B529" s="1" t="s">
-        <v>1491</v>
+        <v>1464</v>
       </c>
       <c r="C529" s="1"/>
       <c r="D529" s="1"/>
       <c r="E529" s="1" t="s">
-        <v>1492</v>
+        <v>1465</v>
       </c>
       <c r="F529" s="1"/>
       <c r="G529" s="1" t="s">
-        <v>1493</v>
+        <v>1466</v>
       </c>
       <c r="H529" s="1" t="s">
-        <v>1494</v>
+        <v>1478</v>
       </c>
       <c r="I529" s="1" t="s">
-        <v>95</v>
+        <v>36</v>
       </c>
       <c r="J529" s="1" t="s">
-        <v>427</v>
+        <v>121</v>
       </c>
       <c r="K529" s="1" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="L529" s="1"/>
       <c r="M529" s="1">
-        <v>670</v>
+        <v>1094</v>
       </c>
       <c r="N529" s="1" t="s">
-        <v>1405</v>
-[...4 lines deleted...]
-      <c r="P529" s="1"/>
+        <v>1468</v>
+      </c>
+      <c r="O529" s="1"/>
+      <c r="P529" s="1" t="s">
+        <v>1469</v>
+      </c>
       <c r="Q529" s="1"/>
       <c r="R529" s="1" t="s">
-        <v>1495</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="530" spans="1:18">
       <c r="A530" s="1" t="s">
-        <v>1490</v>
+        <v>1479</v>
       </c>
       <c r="B530" s="1" t="s">
-        <v>1491</v>
+        <v>1480</v>
       </c>
       <c r="C530" s="1"/>
       <c r="D530" s="1"/>
-      <c r="E530" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F530" s="1"/>
+      <c r="E530" s="1"/>
+      <c r="F530" s="1" t="s">
+        <v>1481</v>
+      </c>
       <c r="G530" s="1" t="s">
-        <v>1493</v>
+        <v>1482</v>
       </c>
       <c r="H530" s="1" t="s">
-        <v>1496</v>
+        <v>1483</v>
       </c>
       <c r="I530" s="1" t="s">
-        <v>112</v>
+        <v>399</v>
       </c>
       <c r="J530" s="1" t="s">
-        <v>742</v>
+        <v>766</v>
       </c>
       <c r="K530" s="1" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="L530" s="1">
-        <v>9789087223816</v>
+        <v>9789087223847</v>
       </c>
       <c r="M530" s="1">
-        <v>670</v>
+        <v>598</v>
       </c>
       <c r="N530" s="1" t="s">
-        <v>1405</v>
+        <v>521</v>
       </c>
       <c r="O530" s="1" t="s">
-        <v>1406</v>
-[...1 lines deleted...]
-      <c r="P530" s="1"/>
+        <v>167</v>
+      </c>
+      <c r="P530" s="1" t="s">
+        <v>1484</v>
+      </c>
       <c r="Q530" s="1"/>
       <c r="R530" s="1" t="s">
-        <v>1495</v>
+        <v>1485</v>
       </c>
     </row>
     <row r="531" spans="1:18">
       <c r="A531" s="1" t="s">
-        <v>1490</v>
+        <v>1486</v>
       </c>
       <c r="B531" s="1" t="s">
-        <v>1491</v>
-[...1 lines deleted...]
-      <c r="C531" s="1"/>
+        <v>1487</v>
+      </c>
+      <c r="C531" s="1" t="s">
+        <v>114</v>
+      </c>
       <c r="D531" s="1"/>
-      <c r="E531" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F531" s="1"/>
+      <c r="E531" s="1"/>
+      <c r="F531" s="1" t="s">
+        <v>781</v>
+      </c>
       <c r="G531" s="1" t="s">
-        <v>1493</v>
+        <v>1482</v>
       </c>
       <c r="H531" s="1" t="s">
-        <v>1497</v>
+        <v>1488</v>
       </c>
       <c r="I531" s="1" t="s">
-        <v>95</v>
+        <v>623</v>
       </c>
       <c r="J531" s="1" t="s">
-        <v>427</v>
+        <v>593</v>
       </c>
       <c r="K531" s="1" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L531" s="1"/>
       <c r="M531" s="1">
-        <v>670</v>
-[...3 lines deleted...]
-      </c>
+        <v>448</v>
+      </c>
+      <c r="N531" s="1"/>
       <c r="O531" s="1" t="s">
-        <v>1406</v>
+        <v>602</v>
       </c>
       <c r="P531" s="1"/>
       <c r="Q531" s="1"/>
       <c r="R531" s="1" t="s">
-        <v>1495</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="532" spans="1:18">
       <c r="A532" s="1" t="s">
-        <v>1498</v>
+        <v>1486</v>
       </c>
       <c r="B532" s="1" t="s">
-        <v>1499</v>
+        <v>1487</v>
       </c>
       <c r="C532" s="1" t="s">
-        <v>250</v>
+        <v>114</v>
       </c>
       <c r="D532" s="1"/>
       <c r="E532" s="1"/>
       <c r="F532" s="1" t="s">
-        <v>1500</v>
+        <v>781</v>
       </c>
       <c r="G532" s="1" t="s">
-        <v>1493</v>
+        <v>1482</v>
       </c>
       <c r="H532" s="1" t="s">
-        <v>1501</v>
+        <v>1490</v>
       </c>
       <c r="I532" s="1" t="s">
-        <v>112</v>
+        <v>600</v>
       </c>
       <c r="J532" s="1" t="s">
-        <v>746</v>
+        <v>784</v>
       </c>
       <c r="K532" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L532" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="L532" s="1">
+        <v>9789087223939</v>
+      </c>
       <c r="M532" s="1">
-        <v>296</v>
-[...3 lines deleted...]
-      </c>
+        <v>448</v>
+      </c>
+      <c r="N532" s="1"/>
       <c r="O532" s="1" t="s">
-        <v>582</v>
+        <v>602</v>
       </c>
       <c r="P532" s="1"/>
       <c r="Q532" s="1"/>
       <c r="R532" s="1" t="s">
-        <v>1502</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="533" spans="1:18">
       <c r="A533" s="1" t="s">
-        <v>1498</v>
+        <v>1479</v>
       </c>
       <c r="B533" s="1" t="s">
-        <v>1499</v>
-[...3 lines deleted...]
-      </c>
+        <v>1480</v>
+      </c>
+      <c r="C533" s="1"/>
       <c r="D533" s="1"/>
       <c r="E533" s="1"/>
       <c r="F533" s="1" t="s">
-        <v>1500</v>
+        <v>1481</v>
       </c>
       <c r="G533" s="1" t="s">
-        <v>1493</v>
+        <v>1482</v>
       </c>
       <c r="H533" s="1" t="s">
-        <v>1503</v>
+        <v>1491</v>
       </c>
       <c r="I533" s="1" t="s">
-        <v>107</v>
+        <v>396</v>
       </c>
       <c r="J533" s="1" t="s">
-        <v>746</v>
+        <v>762</v>
       </c>
       <c r="K533" s="1" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L533" s="1"/>
       <c r="M533" s="1">
-        <v>296</v>
+        <v>598</v>
       </c>
       <c r="N533" s="1" t="s">
-        <v>501</v>
+        <v>521</v>
       </c>
       <c r="O533" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="P533" s="1"/>
+        <v>167</v>
+      </c>
+      <c r="P533" s="1" t="s">
+        <v>1484</v>
+      </c>
       <c r="Q533" s="1"/>
       <c r="R533" s="1" t="s">
-        <v>1502</v>
+        <v>1485</v>
       </c>
     </row>
     <row r="534" spans="1:18">
       <c r="A534" s="1" t="s">
-        <v>1504</v>
+        <v>1486</v>
       </c>
       <c r="B534" s="1" t="s">
-        <v>1505</v>
+        <v>1487</v>
       </c>
       <c r="C534" s="1" t="s">
-        <v>45</v>
-[...3 lines deleted...]
-      </c>
+        <v>114</v>
+      </c>
+      <c r="D534" s="1"/>
       <c r="E534" s="1"/>
       <c r="F534" s="1" t="s">
-        <v>46</v>
+        <v>781</v>
       </c>
       <c r="G534" s="1" t="s">
-        <v>1506</v>
+        <v>1482</v>
       </c>
       <c r="H534" s="1" t="s">
-        <v>1507</v>
+        <v>1492</v>
       </c>
       <c r="I534" s="1" t="s">
-        <v>99</v>
+        <v>623</v>
       </c>
       <c r="J534" s="1" t="s">
-        <v>227</v>
+        <v>593</v>
       </c>
       <c r="K534" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L534" s="1">
-        <v>9789087223625</v>
-[...6 lines deleted...]
-      </c>
+        <v>9789087223922</v>
+      </c>
+      <c r="M534" s="1"/>
+      <c r="N534" s="1"/>
       <c r="O534" s="1" t="s">
-        <v>1508</v>
+        <v>602</v>
       </c>
       <c r="P534" s="1"/>
       <c r="Q534" s="1"/>
       <c r="R534" s="1" t="s">
-        <v>1509</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="535" spans="1:18">
       <c r="A535" s="1" t="s">
-        <v>1510</v>
+        <v>1493</v>
       </c>
       <c r="B535" s="1" t="s">
-        <v>1511</v>
+        <v>1494</v>
       </c>
       <c r="C535" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D535" s="1" t="s">
-        <v>828</v>
-[...4 lines deleted...]
-      </c>
+        <v>1495</v>
+      </c>
+      <c r="E535" s="1" t="s">
+        <v>1496</v>
+      </c>
+      <c r="F535" s="1"/>
       <c r="G535" s="1" t="s">
-        <v>1506</v>
+        <v>1497</v>
       </c>
       <c r="H535" s="1" t="s">
-        <v>1512</v>
+        <v>1498</v>
       </c>
       <c r="I535" s="1" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="J535" s="1" t="s">
-        <v>617</v>
+        <v>326</v>
       </c>
       <c r="K535" s="1" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L535" s="1"/>
       <c r="M535" s="1">
-        <v>864</v>
+        <v>636</v>
       </c>
       <c r="N535" s="1" t="s">
-        <v>1513</v>
-[...3 lines deleted...]
-      </c>
+        <v>1499</v>
+      </c>
+      <c r="O535" s="1"/>
       <c r="P535" s="1"/>
       <c r="Q535" s="1"/>
       <c r="R535" s="1" t="s">
-        <v>1515</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="536" spans="1:18">
       <c r="A536" s="1" t="s">
-        <v>1510</v>
+        <v>1493</v>
       </c>
       <c r="B536" s="1" t="s">
-        <v>1511</v>
+        <v>1494</v>
       </c>
       <c r="C536" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D536" s="1" t="s">
-        <v>828</v>
-[...4 lines deleted...]
-      </c>
+        <v>1495</v>
+      </c>
+      <c r="E536" s="1" t="s">
+        <v>1496</v>
+      </c>
+      <c r="F536" s="1"/>
       <c r="G536" s="1" t="s">
-        <v>1506</v>
+        <v>1497</v>
       </c>
       <c r="H536" s="1" t="s">
-        <v>1516</v>
+        <v>1501</v>
       </c>
       <c r="I536" s="1" t="s">
-        <v>63</v>
+        <v>23</v>
       </c>
       <c r="J536" s="1" t="s">
-        <v>613</v>
+        <v>326</v>
       </c>
       <c r="K536" s="1" t="s">
-        <v>55</v>
-[...4 lines deleted...]
-      </c>
+        <v>38</v>
+      </c>
+      <c r="L536" s="1">
+        <v>9789087223885</v>
+      </c>
+      <c r="M536" s="1"/>
       <c r="N536" s="1" t="s">
-        <v>1513</v>
-[...3 lines deleted...]
-      </c>
+        <v>1499</v>
+      </c>
+      <c r="O536" s="1"/>
       <c r="P536" s="1"/>
       <c r="Q536" s="1"/>
       <c r="R536" s="1" t="s">
-        <v>1515</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="537" spans="1:18">
       <c r="A537" s="1" t="s">
-        <v>1504</v>
+        <v>1493</v>
       </c>
       <c r="B537" s="1" t="s">
-        <v>1505</v>
+        <v>1494</v>
       </c>
       <c r="C537" s="1" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="D537" s="1" t="s">
-        <v>1029</v>
-[...4 lines deleted...]
-      </c>
+        <v>1495</v>
+      </c>
+      <c r="E537" s="1" t="s">
+        <v>1496</v>
+      </c>
+      <c r="F537" s="1"/>
       <c r="G537" s="1" t="s">
-        <v>1506</v>
+        <v>1497</v>
       </c>
       <c r="H537" s="1" t="s">
-        <v>1517</v>
+        <v>1502</v>
       </c>
       <c r="I537" s="1" t="s">
-        <v>73</v>
+        <v>62</v>
       </c>
       <c r="J537" s="1" t="s">
-        <v>219</v>
+        <v>1021</v>
       </c>
       <c r="K537" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L537" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="L537" s="1">
+        <v>9789087223892</v>
+      </c>
       <c r="M537" s="1">
-        <v>600</v>
+        <v>636</v>
       </c>
       <c r="N537" s="1" t="s">
-        <v>1327</v>
-[...3 lines deleted...]
-      </c>
+        <v>1499</v>
+      </c>
+      <c r="O537" s="1"/>
       <c r="P537" s="1"/>
       <c r="Q537" s="1"/>
       <c r="R537" s="1" t="s">
-        <v>1509</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="538" spans="1:18">
       <c r="A538" s="1" t="s">
-        <v>1510</v>
+        <v>1503</v>
       </c>
       <c r="B538" s="1" t="s">
-        <v>1511</v>
+        <v>1504</v>
       </c>
       <c r="C538" s="1" t="s">
-        <v>20</v>
+        <v>75</v>
       </c>
       <c r="D538" s="1" t="s">
-        <v>828</v>
+        <v>1080</v>
       </c>
       <c r="E538" s="1"/>
       <c r="F538" s="1" t="s">
-        <v>725</v>
+        <v>1505</v>
       </c>
       <c r="G538" s="1" t="s">
         <v>1506</v>
       </c>
       <c r="H538" s="1" t="s">
-        <v>1518</v>
+        <v>1507</v>
       </c>
       <c r="I538" s="1" t="s">
-        <v>63</v>
+        <v>396</v>
       </c>
       <c r="J538" s="1" t="s">
-        <v>613</v>
+        <v>331</v>
       </c>
       <c r="K538" s="1" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L538" s="1"/>
       <c r="M538" s="1">
-        <v>864</v>
+        <v>320</v>
       </c>
       <c r="N538" s="1" t="s">
-        <v>1513</v>
+        <v>1508</v>
       </c>
       <c r="O538" s="1" t="s">
-        <v>1514</v>
+        <v>602</v>
       </c>
       <c r="P538" s="1"/>
       <c r="Q538" s="1"/>
       <c r="R538" s="1" t="s">
-        <v>1515</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="539" spans="1:18">
       <c r="A539" s="1" t="s">
-        <v>1519</v>
+        <v>1503</v>
       </c>
       <c r="B539" s="1" t="s">
-        <v>1520</v>
-[...2 lines deleted...]
-      <c r="D539" s="1"/>
+        <v>1504</v>
+      </c>
+      <c r="C539" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="D539" s="1" t="s">
+        <v>1080</v>
+      </c>
       <c r="E539" s="1"/>
       <c r="F539" s="1" t="s">
-        <v>1521</v>
+        <v>1505</v>
       </c>
       <c r="G539" s="1" t="s">
-        <v>1522</v>
+        <v>1506</v>
       </c>
       <c r="H539" s="1" t="s">
-        <v>1523</v>
+        <v>1509</v>
       </c>
       <c r="I539" s="1" t="s">
-        <v>121</v>
+        <v>396</v>
       </c>
       <c r="J539" s="1" t="s">
-        <v>514</v>
+        <v>331</v>
       </c>
       <c r="K539" s="1" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="L539" s="1">
-        <v>9789087223724</v>
-[...8 lines deleted...]
-      </c>
+        <v>9789087223786</v>
+      </c>
+      <c r="M539" s="1"/>
+      <c r="N539" s="1" t="s">
+        <v>1508</v>
+      </c>
+      <c r="O539" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="P539" s="1"/>
       <c r="Q539" s="1"/>
       <c r="R539" s="1" t="s">
-        <v>1525</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="540" spans="1:18">
       <c r="A540" s="1" t="s">
-        <v>1519</v>
+        <v>1510</v>
       </c>
       <c r="B540" s="1" t="s">
-        <v>1520</v>
+        <v>1511</v>
       </c>
       <c r="C540" s="1"/>
       <c r="D540" s="1"/>
-      <c r="E540" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="E540" s="1" t="s">
+        <v>1512</v>
+      </c>
+      <c r="F540" s="1"/>
       <c r="G540" s="1" t="s">
-        <v>1522</v>
+        <v>1513</v>
       </c>
       <c r="H540" s="1" t="s">
-        <v>1526</v>
+        <v>1514</v>
       </c>
       <c r="I540" s="1" t="s">
-        <v>125</v>
+        <v>36</v>
       </c>
       <c r="J540" s="1" t="s">
-        <v>518</v>
+        <v>448</v>
       </c>
       <c r="K540" s="1" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L540" s="1"/>
       <c r="M540" s="1">
-        <v>442</v>
-[...5 lines deleted...]
-      </c>
+        <v>670</v>
+      </c>
+      <c r="N540" s="1" t="s">
+        <v>1425</v>
+      </c>
+      <c r="O540" s="1" t="s">
+        <v>1426</v>
+      </c>
+      <c r="P540" s="1"/>
       <c r="Q540" s="1"/>
       <c r="R540" s="1" t="s">
-        <v>1525</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="541" spans="1:18">
       <c r="A541" s="1" t="s">
-        <v>1519</v>
+        <v>1510</v>
       </c>
       <c r="B541" s="1" t="s">
-        <v>1520</v>
+        <v>1511</v>
       </c>
       <c r="C541" s="1"/>
       <c r="D541" s="1"/>
-      <c r="E541" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="E541" s="1" t="s">
+        <v>1512</v>
+      </c>
+      <c r="F541" s="1"/>
       <c r="G541" s="1" t="s">
-        <v>1522</v>
+        <v>1513</v>
       </c>
       <c r="H541" s="1" t="s">
-        <v>1527</v>
+        <v>1516</v>
       </c>
       <c r="I541" s="1" t="s">
-        <v>121</v>
+        <v>42</v>
       </c>
       <c r="J541" s="1" t="s">
-        <v>514</v>
+        <v>762</v>
       </c>
       <c r="K541" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L541" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="L541" s="1">
+        <v>9789087223816</v>
+      </c>
       <c r="M541" s="1">
-        <v>442</v>
-[...5 lines deleted...]
-      </c>
+        <v>670</v>
+      </c>
+      <c r="N541" s="1" t="s">
+        <v>1425</v>
+      </c>
+      <c r="O541" s="1" t="s">
+        <v>1426</v>
+      </c>
+      <c r="P541" s="1"/>
       <c r="Q541" s="1"/>
       <c r="R541" s="1" t="s">
-        <v>1525</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="542" spans="1:18">
       <c r="A542" s="1" t="s">
-        <v>1528</v>
+        <v>1510</v>
       </c>
       <c r="B542" s="1" t="s">
-        <v>1529</v>
-[...10 lines deleted...]
-      </c>
+        <v>1511</v>
+      </c>
+      <c r="C542" s="1"/>
+      <c r="D542" s="1"/>
+      <c r="E542" s="1" t="s">
+        <v>1512</v>
+      </c>
+      <c r="F542" s="1"/>
       <c r="G542" s="1" t="s">
-        <v>1522</v>
+        <v>1513</v>
       </c>
       <c r="H542" s="1" t="s">
-        <v>1531</v>
+        <v>1517</v>
       </c>
       <c r="I542" s="1" t="s">
-        <v>143</v>
+        <v>36</v>
       </c>
       <c r="J542" s="1" t="s">
-        <v>144</v>
+        <v>448</v>
       </c>
       <c r="K542" s="1" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="L542" s="1"/>
+        <v>38</v>
+      </c>
+      <c r="L542" s="1">
+        <v>9789087223809</v>
+      </c>
       <c r="M542" s="1">
-        <v>854</v>
+        <v>670</v>
       </c>
       <c r="N542" s="1" t="s">
-        <v>1479</v>
+        <v>1425</v>
       </c>
       <c r="O542" s="1" t="s">
-        <v>582</v>
+        <v>1426</v>
       </c>
       <c r="P542" s="1"/>
       <c r="Q542" s="1"/>
       <c r="R542" s="1" t="s">
-        <v>1532</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="543" spans="1:18">
       <c r="A543" s="1" t="s">
-        <v>1533</v>
+        <v>1518</v>
       </c>
       <c r="B543" s="1" t="s">
-        <v>1534</v>
+        <v>1519</v>
       </c>
       <c r="C543" s="1" t="s">
-        <v>20</v>
-[...3 lines deleted...]
-      </c>
+        <v>266</v>
+      </c>
+      <c r="D543" s="1"/>
       <c r="E543" s="1"/>
       <c r="F543" s="1" t="s">
-        <v>725</v>
+        <v>1520</v>
       </c>
       <c r="G543" s="1" t="s">
-        <v>1535</v>
+        <v>1513</v>
       </c>
       <c r="H543" s="1" t="s">
-        <v>1536</v>
+        <v>1521</v>
       </c>
       <c r="I543" s="1" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="J543" s="1" t="s">
-        <v>617</v>
+        <v>766</v>
       </c>
       <c r="K543" s="1" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L543" s="1"/>
       <c r="M543" s="1">
-        <v>844</v>
+        <v>296</v>
       </c>
       <c r="N543" s="1" t="s">
-        <v>1513</v>
+        <v>521</v>
       </c>
       <c r="O543" s="1" t="s">
-        <v>672</v>
+        <v>602</v>
       </c>
       <c r="P543" s="1"/>
       <c r="Q543" s="1"/>
       <c r="R543" s="1" t="s">
-        <v>1537</v>
+        <v>1522</v>
       </c>
     </row>
     <row r="544" spans="1:18">
       <c r="A544" s="1" t="s">
-        <v>1533</v>
+        <v>1518</v>
       </c>
       <c r="B544" s="1" t="s">
-        <v>1534</v>
+        <v>1519</v>
       </c>
       <c r="C544" s="1" t="s">
-        <v>20</v>
-[...3 lines deleted...]
-      </c>
+        <v>266</v>
+      </c>
+      <c r="D544" s="1"/>
       <c r="E544" s="1"/>
       <c r="F544" s="1" t="s">
-        <v>725</v>
+        <v>1520</v>
       </c>
       <c r="G544" s="1" t="s">
-        <v>1535</v>
+        <v>1513</v>
       </c>
       <c r="H544" s="1" t="s">
-        <v>1538</v>
+        <v>1523</v>
       </c>
       <c r="I544" s="1" t="s">
-        <v>63</v>
+        <v>133</v>
       </c>
       <c r="J544" s="1" t="s">
-        <v>613</v>
+        <v>766</v>
       </c>
       <c r="K544" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L544" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="L544" s="1">
+        <v>9789087223755</v>
+      </c>
       <c r="M544" s="1">
-        <v>844</v>
+        <v>296</v>
       </c>
       <c r="N544" s="1" t="s">
-        <v>1513</v>
+        <v>521</v>
       </c>
       <c r="O544" s="1" t="s">
-        <v>672</v>
+        <v>602</v>
       </c>
       <c r="P544" s="1"/>
       <c r="Q544" s="1"/>
       <c r="R544" s="1" t="s">
-        <v>1537</v>
+        <v>1522</v>
       </c>
     </row>
     <row r="545" spans="1:18">
       <c r="A545" s="1" t="s">
-        <v>1533</v>
+        <v>1524</v>
       </c>
       <c r="B545" s="1" t="s">
-        <v>1534</v>
+        <v>1525</v>
       </c>
       <c r="C545" s="1" t="s">
-        <v>20</v>
+        <v>75</v>
       </c>
       <c r="D545" s="1" t="s">
-        <v>1344</v>
+        <v>1049</v>
       </c>
       <c r="E545" s="1"/>
       <c r="F545" s="1" t="s">
-        <v>725</v>
+        <v>76</v>
       </c>
       <c r="G545" s="1" t="s">
-        <v>1535</v>
+        <v>1526</v>
       </c>
       <c r="H545" s="1" t="s">
-        <v>1539</v>
+        <v>1527</v>
       </c>
       <c r="I545" s="1" t="s">
-        <v>63</v>
+        <v>124</v>
       </c>
       <c r="J545" s="1" t="s">
-        <v>613</v>
+        <v>248</v>
       </c>
       <c r="K545" s="1" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="L545" s="1">
-        <v>9789087223588</v>
+        <v>9789087223625</v>
       </c>
       <c r="M545" s="1">
-        <v>844</v>
+        <v>600</v>
       </c>
       <c r="N545" s="1" t="s">
-        <v>1513</v>
+        <v>1346</v>
       </c>
       <c r="O545" s="1" t="s">
-        <v>672</v>
+        <v>1528</v>
       </c>
       <c r="P545" s="1"/>
       <c r="Q545" s="1"/>
       <c r="R545" s="1" t="s">
-        <v>1537</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="546" spans="1:18">
       <c r="A546" s="1" t="s">
-        <v>1540</v>
+        <v>1530</v>
       </c>
       <c r="B546" s="1" t="s">
-        <v>1541</v>
+        <v>1531</v>
       </c>
       <c r="C546" s="1" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="D546" s="1"/>
+        <v>51</v>
+      </c>
+      <c r="D546" s="1" t="s">
+        <v>848</v>
+      </c>
       <c r="E546" s="1"/>
       <c r="F546" s="1" t="s">
-        <v>725</v>
+        <v>745</v>
       </c>
       <c r="G546" s="1" t="s">
-        <v>1542</v>
+        <v>1526</v>
       </c>
       <c r="H546" s="1" t="s">
-        <v>1543</v>
+        <v>1532</v>
       </c>
       <c r="I546" s="1" t="s">
-        <v>603</v>
+        <v>55</v>
       </c>
       <c r="J546" s="1" t="s">
-        <v>573</v>
+        <v>637</v>
       </c>
       <c r="K546" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L546" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="L546" s="1">
+        <v>9789087223601</v>
+      </c>
       <c r="M546" s="1">
-        <v>364</v>
-[...1 lines deleted...]
-      <c r="N546" s="1"/>
+        <v>864</v>
+      </c>
+      <c r="N546" s="1" t="s">
+        <v>1533</v>
+      </c>
       <c r="O546" s="1" t="s">
-        <v>582</v>
+        <v>1534</v>
       </c>
       <c r="P546" s="1"/>
       <c r="Q546" s="1"/>
       <c r="R546" s="1" t="s">
-        <v>1544</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="547" spans="1:18">
       <c r="A547" s="1" t="s">
-        <v>1540</v>
+        <v>1530</v>
       </c>
       <c r="B547" s="1" t="s">
-        <v>1541</v>
+        <v>1531</v>
       </c>
       <c r="C547" s="1" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="D547" s="1"/>
+        <v>51</v>
+      </c>
+      <c r="D547" s="1" t="s">
+        <v>848</v>
+      </c>
       <c r="E547" s="1"/>
       <c r="F547" s="1" t="s">
-        <v>725</v>
+        <v>745</v>
       </c>
       <c r="G547" s="1" t="s">
-        <v>1542</v>
+        <v>1526</v>
       </c>
       <c r="H547" s="1" t="s">
-        <v>1545</v>
+        <v>1536</v>
       </c>
       <c r="I547" s="1" t="s">
-        <v>580</v>
+        <v>82</v>
       </c>
       <c r="J547" s="1" t="s">
-        <v>764</v>
+        <v>633</v>
       </c>
       <c r="K547" s="1" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L547" s="1"/>
       <c r="M547" s="1">
-        <v>364</v>
-[...1 lines deleted...]
-      <c r="N547" s="1"/>
+        <v>864</v>
+      </c>
+      <c r="N547" s="1" t="s">
+        <v>1533</v>
+      </c>
       <c r="O547" s="1" t="s">
-        <v>582</v>
+        <v>1534</v>
       </c>
       <c r="P547" s="1"/>
       <c r="Q547" s="1"/>
       <c r="R547" s="1" t="s">
-        <v>1544</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="548" spans="1:18">
       <c r="A548" s="1" t="s">
-        <v>1546</v>
+        <v>1524</v>
       </c>
       <c r="B548" s="1" t="s">
-        <v>1547</v>
+        <v>1525</v>
       </c>
       <c r="C548" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="D548" s="1" t="s">
+        <v>1049</v>
+      </c>
+      <c r="E548" s="1"/>
+      <c r="F548" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="G548" s="1" t="s">
+        <v>1526</v>
+      </c>
+      <c r="H548" s="1" t="s">
+        <v>1537</v>
+      </c>
+      <c r="I548" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="J548" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="K548" s="1" t="s">
         <v>30</v>
-      </c>
-[...20 lines deleted...]
-        <v>55</v>
       </c>
       <c r="L548" s="1"/>
       <c r="M548" s="1">
-        <v>386</v>
+        <v>600</v>
       </c>
       <c r="N548" s="1" t="s">
-        <v>1383</v>
+        <v>1346</v>
       </c>
       <c r="O548" s="1" t="s">
-        <v>1551</v>
+        <v>1528</v>
       </c>
       <c r="P548" s="1"/>
       <c r="Q548" s="1"/>
       <c r="R548" s="1" t="s">
-        <v>1552</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="549" spans="1:18">
       <c r="A549" s="1" t="s">
-        <v>1540</v>
+        <v>1530</v>
       </c>
       <c r="B549" s="1" t="s">
-        <v>1541</v>
+        <v>1531</v>
       </c>
       <c r="C549" s="1" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="D549" s="1"/>
+        <v>51</v>
+      </c>
+      <c r="D549" s="1" t="s">
+        <v>848</v>
+      </c>
       <c r="E549" s="1"/>
       <c r="F549" s="1" t="s">
-        <v>725</v>
+        <v>745</v>
       </c>
       <c r="G549" s="1" t="s">
-        <v>1542</v>
+        <v>1526</v>
       </c>
       <c r="H549" s="1" t="s">
-        <v>1553</v>
+        <v>1538</v>
       </c>
       <c r="I549" s="1" t="s">
-        <v>603</v>
+        <v>82</v>
       </c>
       <c r="J549" s="1" t="s">
-        <v>573</v>
+        <v>633</v>
       </c>
       <c r="K549" s="1" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="L549" s="1">
-        <v>9789087223519</v>
+        <v>9789087223595</v>
       </c>
       <c r="M549" s="1">
-        <v>364</v>
-[...1 lines deleted...]
-      <c r="N549" s="1"/>
+        <v>864</v>
+      </c>
+      <c r="N549" s="1" t="s">
+        <v>1533</v>
+      </c>
       <c r="O549" s="1" t="s">
-        <v>582</v>
+        <v>1534</v>
       </c>
       <c r="P549" s="1"/>
       <c r="Q549" s="1"/>
       <c r="R549" s="1" t="s">
-        <v>1544</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="550" spans="1:18">
       <c r="A550" s="1" t="s">
-        <v>1554</v>
+        <v>1539</v>
       </c>
       <c r="B550" s="1" t="s">
-        <v>1555</v>
-[...6 lines deleted...]
-      </c>
+        <v>1540</v>
+      </c>
+      <c r="C550" s="1"/>
+      <c r="D550" s="1"/>
       <c r="E550" s="1"/>
       <c r="F550" s="1" t="s">
-        <v>1556</v>
+        <v>1541</v>
       </c>
       <c r="G550" s="1" t="s">
-        <v>1557</v>
+        <v>1542</v>
       </c>
       <c r="H550" s="1" t="s">
-        <v>1558</v>
+        <v>1543</v>
       </c>
       <c r="I550" s="1" t="s">
-        <v>143</v>
+        <v>172</v>
       </c>
       <c r="J550" s="1" t="s">
-        <v>144</v>
+        <v>534</v>
       </c>
       <c r="K550" s="1" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="L550" s="1"/>
+        <v>38</v>
+      </c>
+      <c r="L550" s="1">
+        <v>9789087223724</v>
+      </c>
       <c r="M550" s="1">
-        <v>654</v>
-[...7 lines deleted...]
-      <c r="P550" s="1"/>
+        <v>442</v>
+      </c>
+      <c r="N550" s="1"/>
+      <c r="O550" s="1"/>
+      <c r="P550" s="1" t="s">
+        <v>1544</v>
+      </c>
       <c r="Q550" s="1"/>
       <c r="R550" s="1" t="s">
-        <v>1559</v>
+        <v>1545</v>
       </c>
     </row>
     <row r="551" spans="1:18">
       <c r="A551" s="1" t="s">
-        <v>1560</v>
+        <v>1539</v>
       </c>
       <c r="B551" s="1" t="s">
-        <v>1561</v>
-[...6 lines deleted...]
-      </c>
+        <v>1540</v>
+      </c>
+      <c r="C551" s="1"/>
+      <c r="D551" s="1"/>
       <c r="E551" s="1"/>
       <c r="F551" s="1" t="s">
-        <v>1563</v>
+        <v>1541</v>
       </c>
       <c r="G551" s="1" t="s">
-        <v>1564</v>
+        <v>1542</v>
       </c>
       <c r="H551" s="1" t="s">
-        <v>1565</v>
+        <v>1546</v>
       </c>
       <c r="I551" s="1" t="s">
-        <v>83</v>
+        <v>145</v>
       </c>
       <c r="J551" s="1" t="s">
-        <v>222</v>
+        <v>538</v>
       </c>
       <c r="K551" s="1" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="L551" s="1">
-        <v>9789087223427</v>
+        <v>9789087223731</v>
       </c>
       <c r="M551" s="1">
-        <v>504</v>
+        <v>442</v>
       </c>
       <c r="N551" s="1"/>
-      <c r="O551" s="1" t="s">
-[...2 lines deleted...]
-      <c r="P551" s="1"/>
+      <c r="O551" s="1"/>
+      <c r="P551" s="1" t="s">
+        <v>1544</v>
+      </c>
       <c r="Q551" s="1"/>
       <c r="R551" s="1" t="s">
-        <v>1566</v>
+        <v>1545</v>
       </c>
     </row>
     <row r="552" spans="1:18">
       <c r="A552" s="1" t="s">
-        <v>1567</v>
+        <v>1539</v>
       </c>
       <c r="B552" s="1" t="s">
-        <v>1568</v>
+        <v>1540</v>
       </c>
       <c r="C552" s="1"/>
       <c r="D552" s="1"/>
-      <c r="E552" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F552" s="1"/>
+      <c r="E552" s="1"/>
+      <c r="F552" s="1" t="s">
+        <v>1541</v>
+      </c>
       <c r="G552" s="1" t="s">
-        <v>1564</v>
+        <v>1542</v>
       </c>
       <c r="H552" s="1" t="s">
-        <v>1570</v>
+        <v>1547</v>
       </c>
       <c r="I552" s="1" t="s">
-        <v>121</v>
+        <v>172</v>
       </c>
       <c r="J552" s="1" t="s">
-        <v>514</v>
+        <v>534</v>
       </c>
       <c r="K552" s="1" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L552" s="1"/>
       <c r="M552" s="1">
-        <v>1028</v>
-[...7 lines deleted...]
-      <c r="P552" s="1"/>
+        <v>442</v>
+      </c>
+      <c r="N552" s="1"/>
+      <c r="O552" s="1"/>
+      <c r="P552" s="1" t="s">
+        <v>1544</v>
+      </c>
       <c r="Q552" s="1"/>
       <c r="R552" s="1" t="s">
-        <v>1573</v>
+        <v>1545</v>
       </c>
     </row>
     <row r="553" spans="1:18">
       <c r="A553" s="1" t="s">
-        <v>1567</v>
+        <v>1548</v>
       </c>
       <c r="B553" s="1" t="s">
-        <v>1568</v>
-[...6 lines deleted...]
-      <c r="F553" s="1"/>
+        <v>1549</v>
+      </c>
+      <c r="C553" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="D553" s="1" t="s">
+        <v>1080</v>
+      </c>
+      <c r="E553" s="1"/>
+      <c r="F553" s="1" t="s">
+        <v>1550</v>
+      </c>
       <c r="G553" s="1" t="s">
-        <v>1564</v>
+        <v>1542</v>
       </c>
       <c r="H553" s="1" t="s">
-        <v>1574</v>
+        <v>1551</v>
       </c>
       <c r="I553" s="1" t="s">
-        <v>121</v>
+        <v>164</v>
       </c>
       <c r="J553" s="1" t="s">
-        <v>514</v>
+        <v>165</v>
       </c>
       <c r="K553" s="1" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="L553" s="1"/>
       <c r="M553" s="1">
-        <v>1028</v>
+        <v>854</v>
       </c>
       <c r="N553" s="1" t="s">
-        <v>1571</v>
+        <v>1499</v>
       </c>
       <c r="O553" s="1" t="s">
-        <v>1572</v>
+        <v>602</v>
       </c>
       <c r="P553" s="1"/>
       <c r="Q553" s="1"/>
       <c r="R553" s="1" t="s">
-        <v>1573</v>
+        <v>1552</v>
       </c>
     </row>
     <row r="554" spans="1:18">
       <c r="A554" s="1" t="s">
-        <v>1560</v>
+        <v>1553</v>
       </c>
       <c r="B554" s="1" t="s">
-        <v>1561</v>
+        <v>1554</v>
       </c>
       <c r="C554" s="1" t="s">
-        <v>20</v>
+        <v>51</v>
       </c>
       <c r="D554" s="1" t="s">
-        <v>1562</v>
+        <v>1364</v>
       </c>
       <c r="E554" s="1"/>
       <c r="F554" s="1" t="s">
-        <v>1563</v>
+        <v>745</v>
       </c>
       <c r="G554" s="1" t="s">
-        <v>1564</v>
+        <v>1555</v>
       </c>
       <c r="H554" s="1" t="s">
-        <v>1575</v>
+        <v>1556</v>
       </c>
       <c r="I554" s="1" t="s">
-        <v>24</v>
+        <v>55</v>
       </c>
       <c r="J554" s="1" t="s">
-        <v>213</v>
+        <v>637</v>
       </c>
       <c r="K554" s="1" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="L554" s="1">
-        <v>9789087223410</v>
+        <v>9789087223533</v>
       </c>
       <c r="M554" s="1">
-        <v>504</v>
-[...1 lines deleted...]
-      <c r="N554" s="1"/>
+        <v>844</v>
+      </c>
+      <c r="N554" s="1" t="s">
+        <v>1533</v>
+      </c>
       <c r="O554" s="1" t="s">
-        <v>582</v>
+        <v>692</v>
       </c>
       <c r="P554" s="1"/>
       <c r="Q554" s="1"/>
       <c r="R554" s="1" t="s">
-        <v>1566</v>
+        <v>1557</v>
       </c>
     </row>
     <row r="555" spans="1:18">
       <c r="A555" s="1" t="s">
-        <v>1576</v>
+        <v>1553</v>
       </c>
       <c r="B555" s="1" t="s">
-        <v>1577</v>
+        <v>1554</v>
       </c>
       <c r="C555" s="1" t="s">
-        <v>117</v>
+        <v>51</v>
       </c>
       <c r="D555" s="1" t="s">
-        <v>1073</v>
+        <v>1364</v>
       </c>
       <c r="E555" s="1"/>
       <c r="F555" s="1" t="s">
-        <v>1578</v>
+        <v>745</v>
       </c>
       <c r="G555" s="1" t="s">
-        <v>1564</v>
+        <v>1555</v>
       </c>
       <c r="H555" s="1" t="s">
-        <v>1579</v>
+        <v>1558</v>
       </c>
       <c r="I555" s="1" t="s">
-        <v>107</v>
+        <v>82</v>
       </c>
       <c r="J555" s="1" t="s">
-        <v>1580</v>
+        <v>633</v>
       </c>
       <c r="K555" s="1" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="L555" s="1"/>
       <c r="M555" s="1">
-        <v>614</v>
-[...2 lines deleted...]
-      <c r="O555" s="1"/>
+        <v>844</v>
+      </c>
+      <c r="N555" s="1" t="s">
+        <v>1533</v>
+      </c>
+      <c r="O555" s="1" t="s">
+        <v>692</v>
+      </c>
       <c r="P555" s="1"/>
       <c r="Q555" s="1"/>
       <c r="R555" s="1" t="s">
-        <v>1581</v>
+        <v>1557</v>
       </c>
     </row>
     <row r="556" spans="1:18">
       <c r="A556" s="1" t="s">
-        <v>1576</v>
+        <v>1553</v>
       </c>
       <c r="B556" s="1" t="s">
-        <v>1577</v>
+        <v>1554</v>
       </c>
       <c r="C556" s="1" t="s">
-        <v>117</v>
+        <v>51</v>
       </c>
       <c r="D556" s="1" t="s">
-        <v>1073</v>
+        <v>1364</v>
       </c>
       <c r="E556" s="1"/>
       <c r="F556" s="1" t="s">
-        <v>1578</v>
+        <v>745</v>
       </c>
       <c r="G556" s="1" t="s">
-        <v>1564</v>
+        <v>1555</v>
       </c>
       <c r="H556" s="1" t="s">
-        <v>1582</v>
+        <v>1559</v>
       </c>
       <c r="I556" s="1" t="s">
-        <v>107</v>
+        <v>82</v>
       </c>
       <c r="J556" s="1" t="s">
-        <v>1580</v>
+        <v>633</v>
       </c>
       <c r="K556" s="1" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="L556" s="1">
-        <v>9789087223472</v>
+        <v>9789087223588</v>
       </c>
       <c r="M556" s="1">
-        <v>614</v>
-[...2 lines deleted...]
-      <c r="O556" s="1"/>
+        <v>844</v>
+      </c>
+      <c r="N556" s="1" t="s">
+        <v>1533</v>
+      </c>
+      <c r="O556" s="1" t="s">
+        <v>692</v>
+      </c>
       <c r="P556" s="1"/>
       <c r="Q556" s="1"/>
       <c r="R556" s="1" t="s">
-        <v>1581</v>
+        <v>1557</v>
       </c>
     </row>
     <row r="557" spans="1:18">
       <c r="A557" s="1" t="s">
-        <v>1576</v>
+        <v>1560</v>
       </c>
       <c r="B557" s="1" t="s">
-        <v>1577</v>
+        <v>1561</v>
       </c>
       <c r="C557" s="1" t="s">
-        <v>117</v>
-[...3 lines deleted...]
-      </c>
+        <v>114</v>
+      </c>
+      <c r="D557" s="1"/>
       <c r="E557" s="1"/>
       <c r="F557" s="1" t="s">
-        <v>1578</v>
+        <v>745</v>
       </c>
       <c r="G557" s="1" t="s">
-        <v>1564</v>
+        <v>1562</v>
       </c>
       <c r="H557" s="1" t="s">
-        <v>1583</v>
+        <v>1563</v>
       </c>
       <c r="I557" s="1" t="s">
-        <v>143</v>
+        <v>623</v>
       </c>
       <c r="J557" s="1" t="s">
-        <v>144</v>
+        <v>593</v>
       </c>
       <c r="K557" s="1" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="L557" s="1"/>
       <c r="M557" s="1">
-        <v>614</v>
+        <v>364</v>
       </c>
       <c r="N557" s="1"/>
-      <c r="O557" s="1"/>
+      <c r="O557" s="1" t="s">
+        <v>602</v>
+      </c>
       <c r="P557" s="1"/>
       <c r="Q557" s="1"/>
       <c r="R557" s="1" t="s">
-        <v>1581</v>
+        <v>1564</v>
       </c>
     </row>
     <row r="558" spans="1:18">
       <c r="A558" s="1" t="s">
         <v>1560</v>
       </c>
       <c r="B558" s="1" t="s">
         <v>1561</v>
       </c>
       <c r="C558" s="1" t="s">
-        <v>20</v>
-[...3 lines deleted...]
-      </c>
+        <v>114</v>
+      </c>
+      <c r="D558" s="1"/>
       <c r="E558" s="1"/>
       <c r="F558" s="1" t="s">
-        <v>1563</v>
+        <v>745</v>
       </c>
       <c r="G558" s="1" t="s">
-        <v>1564</v>
+        <v>1562</v>
       </c>
       <c r="H558" s="1" t="s">
-        <v>1584</v>
+        <v>1565</v>
       </c>
       <c r="I558" s="1" t="s">
-        <v>24</v>
+        <v>600</v>
       </c>
       <c r="J558" s="1" t="s">
-        <v>213</v>
+        <v>784</v>
       </c>
       <c r="K558" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L558" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="L558" s="1">
+        <v>9789087223526</v>
+      </c>
       <c r="M558" s="1">
-        <v>504</v>
+        <v>364</v>
       </c>
       <c r="N558" s="1"/>
       <c r="O558" s="1" t="s">
-        <v>582</v>
+        <v>602</v>
       </c>
       <c r="P558" s="1"/>
       <c r="Q558" s="1"/>
       <c r="R558" s="1" t="s">
-        <v>1566</v>
+        <v>1564</v>
       </c>
     </row>
     <row r="559" spans="1:18">
       <c r="A559" s="1" t="s">
+        <v>1566</v>
+      </c>
+      <c r="B559" s="1" t="s">
         <v>1567</v>
       </c>
-      <c r="B559" s="1" t="s">
+      <c r="C559" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D559" s="1" t="s">
         <v>1568</v>
       </c>
-      <c r="C559" s="1"/>
-      <c r="D559" s="1"/>
       <c r="E559" s="1" t="s">
         <v>1569</v>
       </c>
       <c r="F559" s="1"/>
       <c r="G559" s="1" t="s">
-        <v>1564</v>
+        <v>1562</v>
       </c>
       <c r="H559" s="1" t="s">
-        <v>1585</v>
+        <v>1570</v>
       </c>
       <c r="I559" s="1" t="s">
-        <v>125</v>
+        <v>172</v>
       </c>
       <c r="J559" s="1" t="s">
-        <v>518</v>
+        <v>534</v>
       </c>
       <c r="K559" s="1" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L559" s="1"/>
       <c r="M559" s="1">
-        <v>1028</v>
+        <v>386</v>
       </c>
       <c r="N559" s="1" t="s">
+        <v>1403</v>
+      </c>
+      <c r="O559" s="1" t="s">
         <v>1571</v>
-      </c>
-[...1 lines deleted...]
-        <v>1572</v>
       </c>
       <c r="P559" s="1"/>
       <c r="Q559" s="1"/>
       <c r="R559" s="1" t="s">
-        <v>1573</v>
+        <v>1572</v>
       </c>
     </row>
     <row r="560" spans="1:18">
       <c r="A560" s="1" t="s">
-        <v>1586</v>
+        <v>1560</v>
       </c>
       <c r="B560" s="1" t="s">
-        <v>1587</v>
+        <v>1561</v>
       </c>
       <c r="C560" s="1" t="s">
-        <v>30</v>
-[...7 lines deleted...]
-      <c r="F560" s="1"/>
+        <v>114</v>
+      </c>
+      <c r="D560" s="1"/>
+      <c r="E560" s="1"/>
+      <c r="F560" s="1" t="s">
+        <v>745</v>
+      </c>
       <c r="G560" s="1" t="s">
-        <v>1590</v>
+        <v>1562</v>
       </c>
       <c r="H560" s="1" t="s">
-        <v>1591</v>
+        <v>1573</v>
       </c>
       <c r="I560" s="1" t="s">
-        <v>83</v>
+        <v>623</v>
       </c>
       <c r="J560" s="1" t="s">
-        <v>222</v>
+        <v>593</v>
       </c>
       <c r="K560" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L560" s="1">
-        <v>9789087223465</v>
+        <v>9789087223519</v>
       </c>
       <c r="M560" s="1">
-        <v>446</v>
+        <v>364</v>
       </c>
       <c r="N560" s="1"/>
       <c r="O560" s="1" t="s">
-        <v>1592</v>
-[...3 lines deleted...]
-      </c>
+        <v>602</v>
+      </c>
+      <c r="P560" s="1"/>
       <c r="Q560" s="1"/>
       <c r="R560" s="1" t="s">
-        <v>1594</v>
+        <v>1564</v>
       </c>
     </row>
     <row r="561" spans="1:18">
       <c r="A561" s="1" t="s">
-        <v>1595</v>
+        <v>1574</v>
       </c>
       <c r="B561" s="1" t="s">
-        <v>1596</v>
-[...6 lines deleted...]
-      <c r="F561" s="1"/>
+        <v>1575</v>
+      </c>
+      <c r="C561" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="D561" s="1" t="s">
+        <v>1049</v>
+      </c>
+      <c r="E561" s="1"/>
+      <c r="F561" s="1" t="s">
+        <v>1576</v>
+      </c>
       <c r="G561" s="1" t="s">
-        <v>1590</v>
+        <v>1577</v>
       </c>
       <c r="H561" s="1" t="s">
-        <v>1598</v>
+        <v>1578</v>
       </c>
       <c r="I561" s="1" t="s">
-        <v>531</v>
+        <v>164</v>
       </c>
       <c r="J561" s="1" t="s">
-        <v>219</v>
+        <v>165</v>
       </c>
       <c r="K561" s="1" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="L561" s="1"/>
       <c r="M561" s="1">
-        <v>648</v>
-[...1 lines deleted...]
-      <c r="N561" s="1"/>
+        <v>654</v>
+      </c>
+      <c r="N561" s="1" t="s">
+        <v>1499</v>
+      </c>
       <c r="O561" s="1" t="s">
-        <v>1599</v>
+        <v>602</v>
       </c>
       <c r="P561" s="1"/>
       <c r="Q561" s="1"/>
       <c r="R561" s="1" t="s">
-        <v>1600</v>
+        <v>1579</v>
       </c>
     </row>
     <row r="562" spans="1:18">
       <c r="A562" s="1" t="s">
-        <v>1595</v>
+        <v>1580</v>
       </c>
       <c r="B562" s="1" t="s">
-        <v>1596</v>
-[...6 lines deleted...]
-      <c r="F562" s="1"/>
+        <v>1581</v>
+      </c>
+      <c r="C562" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D562" s="1" t="s">
+        <v>1582</v>
+      </c>
+      <c r="E562" s="1"/>
+      <c r="F562" s="1" t="s">
+        <v>1583</v>
+      </c>
       <c r="G562" s="1" t="s">
-        <v>1590</v>
+        <v>1584</v>
       </c>
       <c r="H562" s="1" t="s">
-        <v>1601</v>
+        <v>1585</v>
       </c>
       <c r="I562" s="1" t="s">
-        <v>526</v>
+        <v>102</v>
       </c>
       <c r="J562" s="1" t="s">
-        <v>364</v>
+        <v>237</v>
       </c>
       <c r="K562" s="1" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="L562" s="1">
-        <v>9789087223366</v>
+        <v>9789087223427</v>
       </c>
       <c r="M562" s="1">
-        <v>648</v>
+        <v>504</v>
       </c>
       <c r="N562" s="1"/>
       <c r="O562" s="1" t="s">
-        <v>1599</v>
+        <v>602</v>
       </c>
       <c r="P562" s="1"/>
       <c r="Q562" s="1"/>
       <c r="R562" s="1" t="s">
-        <v>1600</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="563" spans="1:18">
       <c r="A563" s="1" t="s">
-        <v>1586</v>
+        <v>1587</v>
       </c>
       <c r="B563" s="1" t="s">
-        <v>1587</v>
-[...4 lines deleted...]
-      <c r="D563" s="1" t="s">
         <v>1588</v>
       </c>
+      <c r="C563" s="1"/>
+      <c r="D563" s="1"/>
       <c r="E563" s="1" t="s">
         <v>1589</v>
       </c>
       <c r="F563" s="1"/>
       <c r="G563" s="1" t="s">
+        <v>1584</v>
+      </c>
+      <c r="H563" s="1" t="s">
         <v>1590</v>
       </c>
-      <c r="H563" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I563" s="1" t="s">
-        <v>24</v>
+        <v>172</v>
       </c>
       <c r="J563" s="1" t="s">
-        <v>213</v>
+        <v>534</v>
       </c>
       <c r="K563" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L563" s="1"/>
+        <v>38</v>
+      </c>
+      <c r="L563" s="1">
+        <v>9789087223397</v>
+      </c>
       <c r="M563" s="1">
-        <v>446</v>
-[...1 lines deleted...]
-      <c r="N563" s="1"/>
+        <v>1028</v>
+      </c>
+      <c r="N563" s="1" t="s">
+        <v>1591</v>
+      </c>
       <c r="O563" s="1" t="s">
         <v>1592</v>
       </c>
-      <c r="P563" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P563" s="1"/>
       <c r="Q563" s="1"/>
       <c r="R563" s="1" t="s">
-        <v>1594</v>
+        <v>1593</v>
       </c>
     </row>
     <row r="564" spans="1:18">
       <c r="A564" s="1" t="s">
-        <v>1586</v>
+        <v>1587</v>
       </c>
       <c r="B564" s="1" t="s">
-        <v>1587</v>
-[...4 lines deleted...]
-      <c r="D564" s="1" t="s">
         <v>1588</v>
       </c>
+      <c r="C564" s="1"/>
+      <c r="D564" s="1"/>
       <c r="E564" s="1" t="s">
         <v>1589</v>
       </c>
       <c r="F564" s="1"/>
       <c r="G564" s="1" t="s">
-        <v>1590</v>
+        <v>1584</v>
       </c>
       <c r="H564" s="1" t="s">
-        <v>1603</v>
+        <v>1594</v>
       </c>
       <c r="I564" s="1" t="s">
-        <v>24</v>
+        <v>172</v>
       </c>
       <c r="J564" s="1" t="s">
-        <v>213</v>
+        <v>534</v>
       </c>
       <c r="K564" s="1" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L564" s="1"/>
       <c r="M564" s="1">
-        <v>446</v>
-[...1 lines deleted...]
-      <c r="N564" s="1"/>
+        <v>1028</v>
+      </c>
+      <c r="N564" s="1" t="s">
+        <v>1591</v>
+      </c>
       <c r="O564" s="1" t="s">
         <v>1592</v>
       </c>
-      <c r="P564" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P564" s="1"/>
       <c r="Q564" s="1"/>
       <c r="R564" s="1" t="s">
-        <v>1594</v>
+        <v>1593</v>
       </c>
     </row>
     <row r="565" spans="1:18">
       <c r="A565" s="1" t="s">
-        <v>1604</v>
+        <v>1580</v>
       </c>
       <c r="B565" s="1" t="s">
-        <v>1605</v>
+        <v>1581</v>
       </c>
       <c r="C565" s="1" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="D565" s="1" t="s">
-        <v>1606</v>
-[...4 lines deleted...]
-      <c r="F565" s="1"/>
+        <v>1582</v>
+      </c>
+      <c r="E565" s="1"/>
+      <c r="F565" s="1" t="s">
+        <v>1583</v>
+      </c>
       <c r="G565" s="1" t="s">
-        <v>1608</v>
+        <v>1584</v>
       </c>
       <c r="H565" s="1" t="s">
-        <v>1609</v>
+        <v>1595</v>
       </c>
       <c r="I565" s="1" t="s">
-        <v>112</v>
+        <v>55</v>
       </c>
       <c r="J565" s="1" t="s">
-        <v>742</v>
+        <v>24</v>
       </c>
       <c r="K565" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L565" s="1">
-        <v>9789087223441</v>
+        <v>9789087223410</v>
       </c>
       <c r="M565" s="1">
-        <v>534</v>
-[...3 lines deleted...]
-      </c>
+        <v>504</v>
+      </c>
+      <c r="N565" s="1"/>
       <c r="O565" s="1" t="s">
-        <v>1610</v>
-[...3 lines deleted...]
-      </c>
+        <v>602</v>
+      </c>
+      <c r="P565" s="1"/>
       <c r="Q565" s="1"/>
       <c r="R565" s="1" t="s">
-        <v>1612</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="566" spans="1:18">
       <c r="A566" s="1" t="s">
-        <v>1604</v>
+        <v>1596</v>
       </c>
       <c r="B566" s="1" t="s">
-        <v>1605</v>
+        <v>1597</v>
       </c>
       <c r="C566" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="D566" s="1" t="s">
+        <v>1093</v>
+      </c>
+      <c r="E566" s="1"/>
+      <c r="F566" s="1" t="s">
+        <v>1598</v>
+      </c>
+      <c r="G566" s="1" t="s">
+        <v>1584</v>
+      </c>
+      <c r="H566" s="1" t="s">
+        <v>1599</v>
+      </c>
+      <c r="I566" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="J566" s="1" t="s">
+        <v>1600</v>
+      </c>
+      <c r="K566" s="1" t="s">
         <v>30</v>
-      </c>
-[...20 lines deleted...]
-        <v>55</v>
       </c>
       <c r="L566" s="1"/>
       <c r="M566" s="1">
-        <v>534</v>
-[...9 lines deleted...]
-      </c>
+        <v>614</v>
+      </c>
+      <c r="N566" s="1"/>
+      <c r="O566" s="1"/>
+      <c r="P566" s="1"/>
       <c r="Q566" s="1"/>
       <c r="R566" s="1" t="s">
-        <v>1612</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="567" spans="1:18">
       <c r="A567" s="1" t="s">
-        <v>1604</v>
+        <v>1596</v>
       </c>
       <c r="B567" s="1" t="s">
-        <v>1605</v>
+        <v>1597</v>
       </c>
       <c r="C567" s="1" t="s">
-        <v>30</v>
+        <v>141</v>
       </c>
       <c r="D567" s="1" t="s">
-        <v>1606</v>
-[...4 lines deleted...]
-      <c r="F567" s="1"/>
+        <v>1093</v>
+      </c>
+      <c r="E567" s="1"/>
+      <c r="F567" s="1" t="s">
+        <v>1598</v>
+      </c>
       <c r="G567" s="1" t="s">
-        <v>1608</v>
+        <v>1584</v>
       </c>
       <c r="H567" s="1" t="s">
-        <v>1614</v>
+        <v>1602</v>
       </c>
       <c r="I567" s="1" t="s">
-        <v>95</v>
+        <v>164</v>
       </c>
       <c r="J567" s="1" t="s">
-        <v>427</v>
+        <v>165</v>
       </c>
       <c r="K567" s="1" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="L567" s="1"/>
       <c r="M567" s="1">
-        <v>534</v>
-[...9 lines deleted...]
-      </c>
+        <v>614</v>
+      </c>
+      <c r="N567" s="1"/>
+      <c r="O567" s="1"/>
+      <c r="P567" s="1"/>
       <c r="Q567" s="1"/>
       <c r="R567" s="1" t="s">
-        <v>1612</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="568" spans="1:18">
       <c r="A568" s="1" t="s">
-        <v>1615</v>
+        <v>1596</v>
       </c>
       <c r="B568" s="1" t="s">
-        <v>1616</v>
+        <v>1597</v>
       </c>
       <c r="C568" s="1" t="s">
-        <v>827</v>
+        <v>141</v>
       </c>
       <c r="D568" s="1" t="s">
-        <v>1562</v>
+        <v>1093</v>
       </c>
       <c r="E568" s="1"/>
       <c r="F568" s="1" t="s">
-        <v>1617</v>
+        <v>1598</v>
       </c>
       <c r="G568" s="1" t="s">
-        <v>1618</v>
+        <v>1584</v>
       </c>
       <c r="H568" s="1" t="s">
-        <v>1619</v>
+        <v>1603</v>
       </c>
       <c r="I568" s="1" t="s">
-        <v>832</v>
+        <v>133</v>
       </c>
       <c r="J568" s="1" t="s">
-        <v>108</v>
+        <v>1600</v>
       </c>
       <c r="K568" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L568" s="1">
-        <v>9789087223342</v>
+        <v>9789087223472</v>
       </c>
       <c r="M568" s="1">
-        <v>344</v>
-[...6 lines deleted...]
-      </c>
+        <v>614</v>
+      </c>
+      <c r="N568" s="1"/>
+      <c r="O568" s="1"/>
       <c r="P568" s="1"/>
       <c r="Q568" s="1"/>
       <c r="R568" s="1" t="s">
-        <v>1620</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="569" spans="1:18">
       <c r="A569" s="1" t="s">
-        <v>1621</v>
+        <v>1580</v>
       </c>
       <c r="B569" s="1" t="s">
-        <v>1622</v>
+        <v>1581</v>
       </c>
       <c r="C569" s="1" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="D569" s="1" t="s">
-        <v>1073</v>
+        <v>1582</v>
       </c>
       <c r="E569" s="1"/>
       <c r="F569" s="1" t="s">
-        <v>46</v>
+        <v>1583</v>
       </c>
       <c r="G569" s="1" t="s">
-        <v>1618</v>
+        <v>1584</v>
       </c>
       <c r="H569" s="1" t="s">
-        <v>1623</v>
+        <v>1604</v>
       </c>
       <c r="I569" s="1" t="s">
-        <v>125</v>
+        <v>55</v>
       </c>
       <c r="J569" s="1" t="s">
-        <v>518</v>
+        <v>24</v>
       </c>
       <c r="K569" s="1" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L569" s="1"/>
       <c r="M569" s="1">
-        <v>632</v>
-[...3 lines deleted...]
-      </c>
+        <v>504</v>
+      </c>
+      <c r="N569" s="1"/>
       <c r="O569" s="1" t="s">
-        <v>1114</v>
+        <v>602</v>
       </c>
       <c r="P569" s="1"/>
       <c r="Q569" s="1"/>
       <c r="R569" s="1" t="s">
-        <v>1624</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="570" spans="1:18">
       <c r="A570" s="1" t="s">
-        <v>1615</v>
+        <v>1587</v>
       </c>
       <c r="B570" s="1" t="s">
-        <v>1616</v>
-[...10 lines deleted...]
-      </c>
+        <v>1588</v>
+      </c>
+      <c r="C570" s="1"/>
+      <c r="D570" s="1"/>
+      <c r="E570" s="1" t="s">
+        <v>1589</v>
+      </c>
+      <c r="F570" s="1"/>
       <c r="G570" s="1" t="s">
-        <v>1618</v>
+        <v>1584</v>
       </c>
       <c r="H570" s="1" t="s">
-        <v>1625</v>
+        <v>1605</v>
       </c>
       <c r="I570" s="1" t="s">
-        <v>846</v>
+        <v>145</v>
       </c>
       <c r="J570" s="1" t="s">
-        <v>113</v>
+        <v>538</v>
       </c>
       <c r="K570" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L570" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="L570" s="1">
+        <v>9789087223403</v>
+      </c>
       <c r="M570" s="1">
-        <v>344</v>
+        <v>1028</v>
       </c>
       <c r="N570" s="1" t="s">
-        <v>452</v>
+        <v>1591</v>
       </c>
       <c r="O570" s="1" t="s">
-        <v>713</v>
+        <v>1592</v>
       </c>
       <c r="P570" s="1"/>
       <c r="Q570" s="1"/>
       <c r="R570" s="1" t="s">
-        <v>1620</v>
+        <v>1593</v>
       </c>
     </row>
     <row r="571" spans="1:18">
       <c r="A571" s="1" t="s">
-        <v>1621</v>
+        <v>1606</v>
       </c>
       <c r="B571" s="1" t="s">
-        <v>1622</v>
+        <v>1607</v>
       </c>
       <c r="C571" s="1" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="D571" s="1" t="s">
-        <v>1073</v>
-[...4 lines deleted...]
-      </c>
+        <v>1608</v>
+      </c>
+      <c r="E571" s="1" t="s">
+        <v>1609</v>
+      </c>
+      <c r="F571" s="1"/>
       <c r="G571" s="1" t="s">
-        <v>1618</v>
+        <v>1610</v>
       </c>
       <c r="H571" s="1" t="s">
-        <v>1626</v>
+        <v>1611</v>
       </c>
       <c r="I571" s="1" t="s">
-        <v>121</v>
+        <v>102</v>
       </c>
       <c r="J571" s="1" t="s">
-        <v>514</v>
+        <v>237</v>
       </c>
       <c r="K571" s="1" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="L571" s="1">
-        <v>9789087223274</v>
+        <v>9789087223465</v>
       </c>
       <c r="M571" s="1">
-        <v>632</v>
-[...3 lines deleted...]
-      </c>
+        <v>446</v>
+      </c>
+      <c r="N571" s="1"/>
       <c r="O571" s="1" t="s">
-        <v>1114</v>
-[...1 lines deleted...]
-      <c r="P571" s="1"/>
+        <v>1612</v>
+      </c>
+      <c r="P571" s="1" t="s">
+        <v>1613</v>
+      </c>
       <c r="Q571" s="1"/>
       <c r="R571" s="1" t="s">
-        <v>1624</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="572" spans="1:18">
       <c r="A572" s="1" t="s">
         <v>1615</v>
       </c>
       <c r="B572" s="1" t="s">
         <v>1616</v>
       </c>
-      <c r="C572" s="1" t="s">
-[...6 lines deleted...]
-      <c r="F572" s="1" t="s">
+      <c r="C572" s="1"/>
+      <c r="D572" s="1"/>
+      <c r="E572" s="1" t="s">
         <v>1617</v>
       </c>
+      <c r="F572" s="1"/>
       <c r="G572" s="1" t="s">
+        <v>1610</v>
+      </c>
+      <c r="H572" s="1" t="s">
         <v>1618</v>
       </c>
-      <c r="H572" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I572" s="1" t="s">
-        <v>846</v>
+        <v>551</v>
       </c>
       <c r="J572" s="1" t="s">
-        <v>113</v>
+        <v>245</v>
       </c>
       <c r="K572" s="1" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="L572" s="1">
-        <v>9789087223335</v>
+        <v>9789087223359</v>
       </c>
       <c r="M572" s="1">
-        <v>344</v>
-[...3 lines deleted...]
-      </c>
+        <v>648</v>
+      </c>
+      <c r="N572" s="1"/>
       <c r="O572" s="1" t="s">
-        <v>713</v>
+        <v>1619</v>
       </c>
       <c r="P572" s="1"/>
       <c r="Q572" s="1"/>
       <c r="R572" s="1" t="s">
         <v>1620</v>
       </c>
     </row>
     <row r="573" spans="1:18">
       <c r="A573" s="1" t="s">
-        <v>1628</v>
+        <v>1615</v>
       </c>
       <c r="B573" s="1" t="s">
-        <v>1629</v>
-[...6 lines deleted...]
-      </c>
+        <v>1616</v>
+      </c>
+      <c r="C573" s="1"/>
+      <c r="D573" s="1"/>
       <c r="E573" s="1" t="s">
-        <v>1631</v>
+        <v>1617</v>
       </c>
       <c r="F573" s="1"/>
       <c r="G573" s="1" t="s">
-        <v>1632</v>
+        <v>1610</v>
       </c>
       <c r="H573" s="1" t="s">
-        <v>1633</v>
+        <v>1621</v>
       </c>
       <c r="I573" s="1" t="s">
-        <v>125</v>
+        <v>546</v>
       </c>
       <c r="J573" s="1" t="s">
-        <v>518</v>
+        <v>390</v>
       </c>
       <c r="K573" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L573" s="1">
-        <v>9789087223304</v>
+        <v>9789087223366</v>
       </c>
       <c r="M573" s="1">
-        <v>354</v>
-[...3 lines deleted...]
-      </c>
+        <v>648</v>
+      </c>
+      <c r="N573" s="1"/>
       <c r="O573" s="1" t="s">
-        <v>1634</v>
+        <v>1619</v>
       </c>
       <c r="P573" s="1"/>
       <c r="Q573" s="1"/>
       <c r="R573" s="1" t="s">
-        <v>1635</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="574" spans="1:18">
       <c r="A574" s="1" t="s">
-        <v>1628</v>
+        <v>1606</v>
       </c>
       <c r="B574" s="1" t="s">
-        <v>1629</v>
+        <v>1607</v>
       </c>
       <c r="C574" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D574" s="1" t="s">
-        <v>1630</v>
+        <v>1608</v>
       </c>
       <c r="E574" s="1" t="s">
-        <v>1631</v>
+        <v>1609</v>
       </c>
       <c r="F574" s="1"/>
       <c r="G574" s="1" t="s">
-        <v>1632</v>
+        <v>1610</v>
       </c>
       <c r="H574" s="1" t="s">
-        <v>1636</v>
+        <v>1622</v>
       </c>
       <c r="I574" s="1" t="s">
-        <v>121</v>
+        <v>55</v>
       </c>
       <c r="J574" s="1" t="s">
-        <v>514</v>
+        <v>24</v>
       </c>
       <c r="K574" s="1" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L574" s="1"/>
       <c r="M574" s="1">
-        <v>354</v>
-[...3 lines deleted...]
-      </c>
+        <v>446</v>
+      </c>
+      <c r="N574" s="1"/>
       <c r="O574" s="1" t="s">
-        <v>1634</v>
-[...1 lines deleted...]
-      <c r="P574" s="1"/>
+        <v>1612</v>
+      </c>
+      <c r="P574" s="1" t="s">
+        <v>1613</v>
+      </c>
       <c r="Q574" s="1"/>
       <c r="R574" s="1" t="s">
-        <v>1635</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="575" spans="1:18">
       <c r="A575" s="1" t="s">
-        <v>1628</v>
+        <v>1606</v>
       </c>
       <c r="B575" s="1" t="s">
-        <v>1629</v>
+        <v>1607</v>
       </c>
       <c r="C575" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D575" s="1" t="s">
-        <v>1630</v>
+        <v>1608</v>
       </c>
       <c r="E575" s="1" t="s">
-        <v>1631</v>
+        <v>1609</v>
       </c>
       <c r="F575" s="1"/>
       <c r="G575" s="1" t="s">
-        <v>1632</v>
+        <v>1610</v>
       </c>
       <c r="H575" s="1" t="s">
-        <v>1637</v>
+        <v>1623</v>
       </c>
       <c r="I575" s="1" t="s">
-        <v>121</v>
+        <v>55</v>
       </c>
       <c r="J575" s="1" t="s">
-        <v>514</v>
+        <v>24</v>
       </c>
       <c r="K575" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L575" s="1"/>
+        <v>38</v>
+      </c>
+      <c r="L575" s="1">
+        <v>9789087223458</v>
+      </c>
       <c r="M575" s="1">
-        <v>354</v>
-[...3 lines deleted...]
-      </c>
+        <v>446</v>
+      </c>
+      <c r="N575" s="1"/>
       <c r="O575" s="1" t="s">
-        <v>1634</v>
-[...1 lines deleted...]
-      <c r="P575" s="1"/>
+        <v>1612</v>
+      </c>
+      <c r="P575" s="1" t="s">
+        <v>1613</v>
+      </c>
       <c r="Q575" s="1"/>
       <c r="R575" s="1" t="s">
-        <v>1635</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="576" spans="1:18">
       <c r="A576" s="1" t="s">
-        <v>1638</v>
+        <v>1624</v>
       </c>
       <c r="B576" s="1" t="s">
-        <v>1639</v>
+        <v>1625</v>
       </c>
       <c r="C576" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D576" s="1" t="s">
-        <v>1640</v>
+        <v>1626</v>
       </c>
       <c r="E576" s="1" t="s">
-        <v>1641</v>
+        <v>1627</v>
       </c>
       <c r="F576" s="1"/>
       <c r="G576" s="1" t="s">
-        <v>1642</v>
+        <v>1628</v>
       </c>
       <c r="H576" s="1" t="s">
-        <v>1643</v>
+        <v>1629</v>
       </c>
       <c r="I576" s="1" t="s">
-        <v>375</v>
+        <v>42</v>
       </c>
       <c r="J576" s="1" t="s">
-        <v>315</v>
+        <v>762</v>
       </c>
       <c r="K576" s="1" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="L576" s="1">
-        <v>9789087223199</v>
+        <v>9789087223441</v>
       </c>
       <c r="M576" s="1">
-        <v>352</v>
+        <v>534</v>
       </c>
       <c r="N576" s="1" t="s">
-        <v>452</v>
+        <v>521</v>
       </c>
       <c r="O576" s="1" t="s">
-        <v>146</v>
+        <v>1630</v>
       </c>
       <c r="P576" s="1" t="s">
-        <v>1644</v>
+        <v>1631</v>
       </c>
       <c r="Q576" s="1"/>
       <c r="R576" s="1" t="s">
-        <v>1645</v>
+        <v>1632</v>
       </c>
     </row>
     <row r="577" spans="1:18">
       <c r="A577" s="1" t="s">
-        <v>1638</v>
+        <v>1624</v>
       </c>
       <c r="B577" s="1" t="s">
-        <v>1639</v>
+        <v>1625</v>
       </c>
       <c r="C577" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D577" s="1" t="s">
-        <v>1640</v>
+        <v>1626</v>
       </c>
       <c r="E577" s="1" t="s">
-        <v>1641</v>
+        <v>1627</v>
       </c>
       <c r="F577" s="1"/>
       <c r="G577" s="1" t="s">
-        <v>1642</v>
+        <v>1628</v>
       </c>
       <c r="H577" s="1" t="s">
-        <v>1646</v>
+        <v>1633</v>
       </c>
       <c r="I577" s="1" t="s">
-        <v>375</v>
+        <v>36</v>
       </c>
       <c r="J577" s="1" t="s">
-        <v>315</v>
+        <v>448</v>
       </c>
       <c r="K577" s="1" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="L577" s="1"/>
       <c r="M577" s="1">
-        <v>352</v>
+        <v>534</v>
       </c>
       <c r="N577" s="1" t="s">
-        <v>452</v>
+        <v>521</v>
       </c>
       <c r="O577" s="1" t="s">
-        <v>146</v>
+        <v>1630</v>
       </c>
       <c r="P577" s="1" t="s">
-        <v>1644</v>
+        <v>1631</v>
       </c>
       <c r="Q577" s="1"/>
       <c r="R577" s="1" t="s">
-        <v>1645</v>
+        <v>1632</v>
       </c>
     </row>
     <row r="578" spans="1:18">
       <c r="A578" s="1" t="s">
-        <v>1638</v>
+        <v>1624</v>
       </c>
       <c r="B578" s="1" t="s">
-        <v>1639</v>
+        <v>1625</v>
       </c>
       <c r="C578" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D578" s="1" t="s">
-        <v>1640</v>
+        <v>1626</v>
       </c>
       <c r="E578" s="1" t="s">
-        <v>1641</v>
+        <v>1627</v>
       </c>
       <c r="F578" s="1"/>
       <c r="G578" s="1" t="s">
-        <v>1642</v>
+        <v>1628</v>
       </c>
       <c r="H578" s="1" t="s">
-        <v>1647</v>
+        <v>1634</v>
       </c>
       <c r="I578" s="1" t="s">
-        <v>378</v>
+        <v>36</v>
       </c>
       <c r="J578" s="1" t="s">
-        <v>573</v>
+        <v>448</v>
       </c>
       <c r="K578" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L578" s="1">
-        <v>9789087223205</v>
+        <v>9789087223434</v>
       </c>
       <c r="M578" s="1">
-        <v>352</v>
+        <v>534</v>
       </c>
       <c r="N578" s="1" t="s">
-        <v>452</v>
+        <v>521</v>
       </c>
       <c r="O578" s="1" t="s">
-        <v>146</v>
+        <v>1630</v>
       </c>
       <c r="P578" s="1" t="s">
-        <v>1644</v>
+        <v>1631</v>
       </c>
       <c r="Q578" s="1"/>
       <c r="R578" s="1" t="s">
-        <v>1645</v>
+        <v>1632</v>
       </c>
     </row>
     <row r="579" spans="1:18">
       <c r="A579" s="1" t="s">
-        <v>1648</v>
+        <v>1635</v>
       </c>
       <c r="B579" s="1" t="s">
-        <v>1649</v>
+        <v>1636</v>
       </c>
       <c r="C579" s="1" t="s">
-        <v>30</v>
+        <v>847</v>
       </c>
       <c r="D579" s="1" t="s">
-        <v>1650</v>
-[...4 lines deleted...]
-      <c r="F579" s="1"/>
+        <v>1582</v>
+      </c>
+      <c r="E579" s="1"/>
+      <c r="F579" s="1" t="s">
+        <v>1637</v>
+      </c>
       <c r="G579" s="1" t="s">
-        <v>1652</v>
+        <v>1638</v>
       </c>
       <c r="H579" s="1" t="s">
-        <v>1653</v>
+        <v>1639</v>
       </c>
       <c r="I579" s="1" t="s">
-        <v>309</v>
+        <v>852</v>
       </c>
       <c r="J579" s="1" t="s">
-        <v>599</v>
+        <v>134</v>
       </c>
       <c r="K579" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L579" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="L579" s="1">
+        <v>9789087223342</v>
+      </c>
       <c r="M579" s="1">
-        <v>820</v>
+        <v>344</v>
       </c>
       <c r="N579" s="1" t="s">
-        <v>1654</v>
+        <v>473</v>
       </c>
       <c r="O579" s="1" t="s">
-        <v>1655</v>
+        <v>733</v>
       </c>
       <c r="P579" s="1"/>
       <c r="Q579" s="1"/>
       <c r="R579" s="1" t="s">
-        <v>1656</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="580" spans="1:18">
       <c r="A580" s="1" t="s">
-        <v>1657</v>
+        <v>1641</v>
       </c>
       <c r="B580" s="1" t="s">
-        <v>1658</v>
+        <v>1642</v>
       </c>
       <c r="C580" s="1" t="s">
-        <v>117</v>
+        <v>75</v>
       </c>
       <c r="D580" s="1" t="s">
-        <v>1659</v>
+        <v>1093</v>
       </c>
       <c r="E580" s="1"/>
       <c r="F580" s="1" t="s">
-        <v>1660</v>
+        <v>76</v>
       </c>
       <c r="G580" s="1" t="s">
-        <v>1652</v>
+        <v>1638</v>
       </c>
       <c r="H580" s="1" t="s">
-        <v>1661</v>
+        <v>1643</v>
       </c>
       <c r="I580" s="1" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="J580" s="1" t="s">
-        <v>144</v>
+        <v>538</v>
       </c>
       <c r="K580" s="1" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="L580" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="L580" s="1">
+        <v>9789087223281</v>
+      </c>
       <c r="M580" s="1">
-        <v>680</v>
+        <v>632</v>
       </c>
       <c r="N580" s="1" t="s">
-        <v>472</v>
+        <v>521</v>
       </c>
       <c r="O580" s="1" t="s">
-        <v>969</v>
+        <v>1134</v>
       </c>
       <c r="P580" s="1"/>
       <c r="Q580" s="1"/>
       <c r="R580" s="1" t="s">
-        <v>1662</v>
+        <v>1644</v>
       </c>
     </row>
     <row r="581" spans="1:18">
       <c r="A581" s="1" t="s">
-        <v>1663</v>
+        <v>1635</v>
       </c>
       <c r="B581" s="1" t="s">
-        <v>1664</v>
-[...2 lines deleted...]
-      <c r="D581" s="1"/>
+        <v>1636</v>
+      </c>
+      <c r="C581" s="1" t="s">
+        <v>847</v>
+      </c>
+      <c r="D581" s="1" t="s">
+        <v>1582</v>
+      </c>
       <c r="E581" s="1"/>
       <c r="F581" s="1" t="s">
-        <v>1665</v>
+        <v>1637</v>
       </c>
       <c r="G581" s="1" t="s">
-        <v>1652</v>
+        <v>1638</v>
       </c>
       <c r="H581" s="1" t="s">
-        <v>1666</v>
+        <v>1645</v>
       </c>
       <c r="I581" s="1" t="s">
-        <v>1667</v>
+        <v>866</v>
       </c>
       <c r="J581" s="1" t="s">
-        <v>1668</v>
+        <v>43</v>
       </c>
       <c r="K581" s="1" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L581" s="1"/>
       <c r="M581" s="1">
-        <v>552</v>
+        <v>344</v>
       </c>
       <c r="N581" s="1" t="s">
-        <v>452</v>
+        <v>473</v>
       </c>
       <c r="O581" s="1" t="s">
-        <v>1669</v>
+        <v>733</v>
       </c>
       <c r="P581" s="1"/>
       <c r="Q581" s="1"/>
       <c r="R581" s="1" t="s">
-        <v>1670</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="582" spans="1:18">
       <c r="A582" s="1" t="s">
-        <v>1663</v>
+        <v>1641</v>
       </c>
       <c r="B582" s="1" t="s">
-        <v>1664</v>
-[...2 lines deleted...]
-      <c r="D582" s="1"/>
+        <v>1642</v>
+      </c>
+      <c r="C582" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="D582" s="1" t="s">
+        <v>1093</v>
+      </c>
       <c r="E582" s="1"/>
       <c r="F582" s="1" t="s">
-        <v>1665</v>
+        <v>76</v>
       </c>
       <c r="G582" s="1" t="s">
-        <v>1652</v>
+        <v>1638</v>
       </c>
       <c r="H582" s="1" t="s">
-        <v>1671</v>
+        <v>1646</v>
       </c>
       <c r="I582" s="1" t="s">
-        <v>1672</v>
+        <v>172</v>
       </c>
       <c r="J582" s="1" t="s">
-        <v>764</v>
+        <v>534</v>
       </c>
       <c r="K582" s="1" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="L582" s="1">
-        <v>9789087223038</v>
+        <v>9789087223274</v>
       </c>
       <c r="M582" s="1">
-        <v>552</v>
+        <v>632</v>
       </c>
       <c r="N582" s="1" t="s">
-        <v>452</v>
+        <v>521</v>
       </c>
       <c r="O582" s="1" t="s">
-        <v>1669</v>
+        <v>1134</v>
       </c>
       <c r="P582" s="1"/>
       <c r="Q582" s="1"/>
       <c r="R582" s="1" t="s">
-        <v>1670</v>
+        <v>1644</v>
       </c>
     </row>
     <row r="583" spans="1:18">
       <c r="A583" s="1" t="s">
-        <v>1648</v>
+        <v>1635</v>
       </c>
       <c r="B583" s="1" t="s">
-        <v>1649</v>
+        <v>1636</v>
       </c>
       <c r="C583" s="1" t="s">
-        <v>30</v>
+        <v>847</v>
       </c>
       <c r="D583" s="1" t="s">
-        <v>1650</v>
-[...4 lines deleted...]
-      <c r="F583" s="1"/>
+        <v>1582</v>
+      </c>
+      <c r="E583" s="1"/>
+      <c r="F583" s="1" t="s">
+        <v>1637</v>
+      </c>
       <c r="G583" s="1" t="s">
-        <v>1652</v>
+        <v>1638</v>
       </c>
       <c r="H583" s="1" t="s">
-        <v>1673</v>
+        <v>1647</v>
       </c>
       <c r="I583" s="1" t="s">
-        <v>594</v>
+        <v>866</v>
       </c>
       <c r="J583" s="1" t="s">
-        <v>595</v>
+        <v>43</v>
       </c>
       <c r="K583" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L583" s="1">
-        <v>9789087223229</v>
+        <v>9789087223335</v>
       </c>
       <c r="M583" s="1">
-        <v>820</v>
+        <v>344</v>
       </c>
       <c r="N583" s="1" t="s">
-        <v>1654</v>
+        <v>473</v>
       </c>
       <c r="O583" s="1" t="s">
-        <v>1655</v>
+        <v>733</v>
       </c>
       <c r="P583" s="1"/>
       <c r="Q583" s="1"/>
       <c r="R583" s="1" t="s">
-        <v>1656</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="584" spans="1:18">
       <c r="A584" s="1" t="s">
         <v>1648</v>
       </c>
       <c r="B584" s="1" t="s">
         <v>1649</v>
       </c>
       <c r="C584" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D584" s="1" t="s">
         <v>1650</v>
       </c>
       <c r="E584" s="1" t="s">
         <v>1651</v>
       </c>
       <c r="F584" s="1"/>
       <c r="G584" s="1" t="s">
         <v>1652</v>
       </c>
       <c r="H584" s="1" t="s">
-        <v>1674</v>
+        <v>1653</v>
       </c>
       <c r="I584" s="1" t="s">
-        <v>309</v>
+        <v>145</v>
       </c>
       <c r="J584" s="1" t="s">
-        <v>599</v>
+        <v>538</v>
       </c>
       <c r="K584" s="1" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="L584" s="1">
-        <v>9789087223212</v>
+        <v>9789087223304</v>
       </c>
       <c r="M584" s="1">
-        <v>820</v>
+        <v>354</v>
       </c>
       <c r="N584" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="O584" s="1" t="s">
         <v>1654</v>
-      </c>
-[...1 lines deleted...]
-        <v>1655</v>
       </c>
       <c r="P584" s="1"/>
       <c r="Q584" s="1"/>
       <c r="R584" s="1" t="s">
-        <v>1656</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="585" spans="1:18">
       <c r="A585" s="1" t="s">
-        <v>1675</v>
+        <v>1648</v>
       </c>
       <c r="B585" s="1" t="s">
-        <v>1676</v>
+        <v>1649</v>
       </c>
       <c r="C585" s="1" t="s">
-        <v>117</v>
+        <v>33</v>
       </c>
       <c r="D585" s="1" t="s">
-        <v>828</v>
-[...4 lines deleted...]
-      </c>
+        <v>1650</v>
+      </c>
+      <c r="E585" s="1" t="s">
+        <v>1651</v>
+      </c>
+      <c r="F585" s="1"/>
       <c r="G585" s="1" t="s">
-        <v>1677</v>
+        <v>1652</v>
       </c>
       <c r="H585" s="1" t="s">
-        <v>1678</v>
+        <v>1656</v>
       </c>
       <c r="I585" s="1" t="s">
-        <v>143</v>
+        <v>172</v>
       </c>
       <c r="J585" s="1" t="s">
-        <v>144</v>
+        <v>534</v>
       </c>
       <c r="K585" s="1" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="L585" s="1"/>
+        <v>38</v>
+      </c>
+      <c r="L585" s="1">
+        <v>9789087223298</v>
+      </c>
       <c r="M585" s="1">
-        <v>334</v>
+        <v>354</v>
       </c>
       <c r="N585" s="1" t="s">
-        <v>472</v>
+        <v>521</v>
       </c>
       <c r="O585" s="1" t="s">
-        <v>146</v>
+        <v>1654</v>
       </c>
       <c r="P585" s="1"/>
       <c r="Q585" s="1"/>
       <c r="R585" s="1" t="s">
-        <v>1679</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="586" spans="1:18">
       <c r="A586" s="1" t="s">
-        <v>1680</v>
+        <v>1648</v>
       </c>
       <c r="B586" s="1" t="s">
-        <v>1681</v>
-[...6 lines deleted...]
-      </c>
+        <v>1649</v>
+      </c>
+      <c r="C586" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D586" s="1" t="s">
+        <v>1650</v>
+      </c>
+      <c r="E586" s="1" t="s">
+        <v>1651</v>
+      </c>
+      <c r="F586" s="1"/>
       <c r="G586" s="1" t="s">
-        <v>1683</v>
+        <v>1652</v>
       </c>
       <c r="H586" s="1" t="s">
-        <v>1684</v>
+        <v>1657</v>
       </c>
       <c r="I586" s="1" t="s">
-        <v>121</v>
+        <v>172</v>
       </c>
       <c r="J586" s="1" t="s">
-        <v>96</v>
+        <v>534</v>
       </c>
       <c r="K586" s="1" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L586" s="1"/>
       <c r="M586" s="1">
-        <v>544</v>
+        <v>354</v>
       </c>
       <c r="N586" s="1" t="s">
-        <v>1685</v>
-[...1 lines deleted...]
-      <c r="O586" s="1"/>
+        <v>521</v>
+      </c>
+      <c r="O586" s="1" t="s">
+        <v>1654</v>
+      </c>
       <c r="P586" s="1"/>
       <c r="Q586" s="1"/>
       <c r="R586" s="1" t="s">
-        <v>1686</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="587" spans="1:18">
       <c r="A587" s="1" t="s">
-        <v>1687</v>
+        <v>1658</v>
       </c>
       <c r="B587" s="1" t="s">
-        <v>1688</v>
-[...6 lines deleted...]
-      </c>
+        <v>1659</v>
+      </c>
+      <c r="C587" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D587" s="1" t="s">
+        <v>1660</v>
+      </c>
+      <c r="E587" s="1" t="s">
+        <v>1661</v>
+      </c>
+      <c r="F587" s="1"/>
       <c r="G587" s="1" t="s">
-        <v>1683</v>
+        <v>1662</v>
       </c>
       <c r="H587" s="1" t="s">
-        <v>1690</v>
+        <v>1663</v>
       </c>
       <c r="I587" s="1" t="s">
-        <v>1691</v>
+        <v>396</v>
       </c>
       <c r="J587" s="1" t="s">
-        <v>1692</v>
+        <v>331</v>
       </c>
       <c r="K587" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L587" s="1">
-        <v>9789087223021</v>
+        <v>9789087223199</v>
       </c>
       <c r="M587" s="1">
-        <v>288</v>
+        <v>352</v>
       </c>
       <c r="N587" s="1" t="s">
-        <v>452</v>
+        <v>473</v>
       </c>
       <c r="O587" s="1" t="s">
-        <v>1114</v>
-[...1 lines deleted...]
-      <c r="P587" s="1"/>
+        <v>167</v>
+      </c>
+      <c r="P587" s="1" t="s">
+        <v>1664</v>
+      </c>
       <c r="Q587" s="1"/>
       <c r="R587" s="1" t="s">
-        <v>1693</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="588" spans="1:18">
       <c r="A588" s="1" t="s">
-        <v>1680</v>
+        <v>1658</v>
       </c>
       <c r="B588" s="1" t="s">
-        <v>1681</v>
-[...6 lines deleted...]
-      </c>
+        <v>1659</v>
+      </c>
+      <c r="C588" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D588" s="1" t="s">
+        <v>1660</v>
+      </c>
+      <c r="E588" s="1" t="s">
+        <v>1661</v>
+      </c>
+      <c r="F588" s="1"/>
       <c r="G588" s="1" t="s">
-        <v>1683</v>
+        <v>1662</v>
       </c>
       <c r="H588" s="1" t="s">
-        <v>1694</v>
+        <v>1666</v>
       </c>
       <c r="I588" s="1" t="s">
-        <v>121</v>
+        <v>396</v>
       </c>
       <c r="J588" s="1" t="s">
-        <v>96</v>
+        <v>331</v>
       </c>
       <c r="K588" s="1" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="L588" s="1"/>
       <c r="M588" s="1">
-        <v>544</v>
+        <v>352</v>
       </c>
       <c r="N588" s="1" t="s">
-        <v>1685</v>
-[...2 lines deleted...]
-      <c r="P588" s="1"/>
+        <v>473</v>
+      </c>
+      <c r="O588" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="P588" s="1" t="s">
+        <v>1664</v>
+      </c>
       <c r="Q588" s="1"/>
       <c r="R588" s="1" t="s">
-        <v>1686</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="589" spans="1:18">
       <c r="A589" s="1" t="s">
-        <v>1687</v>
+        <v>1658</v>
       </c>
       <c r="B589" s="1" t="s">
-        <v>1688</v>
-[...6 lines deleted...]
-      </c>
+        <v>1659</v>
+      </c>
+      <c r="C589" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D589" s="1" t="s">
+        <v>1660</v>
+      </c>
+      <c r="E589" s="1" t="s">
+        <v>1661</v>
+      </c>
+      <c r="F589" s="1"/>
       <c r="G589" s="1" t="s">
-        <v>1683</v>
+        <v>1662</v>
       </c>
       <c r="H589" s="1" t="s">
-        <v>1695</v>
+        <v>1667</v>
       </c>
       <c r="I589" s="1" t="s">
-        <v>1696</v>
+        <v>399</v>
       </c>
       <c r="J589" s="1" t="s">
-        <v>1580</v>
+        <v>593</v>
       </c>
       <c r="K589" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L589" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="L589" s="1">
+        <v>9789087223205</v>
+      </c>
       <c r="M589" s="1">
-        <v>288</v>
+        <v>352</v>
       </c>
       <c r="N589" s="1" t="s">
-        <v>452</v>
+        <v>473</v>
       </c>
       <c r="O589" s="1" t="s">
-        <v>1114</v>
-[...1 lines deleted...]
-      <c r="P589" s="1"/>
+        <v>167</v>
+      </c>
+      <c r="P589" s="1" t="s">
+        <v>1664</v>
+      </c>
       <c r="Q589" s="1"/>
       <c r="R589" s="1" t="s">
-        <v>1693</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="590" spans="1:18">
       <c r="A590" s="1" t="s">
-        <v>1697</v>
+        <v>1668</v>
       </c>
       <c r="B590" s="1" t="s">
-        <v>1698</v>
+        <v>1669</v>
       </c>
       <c r="C590" s="1" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="D590" s="1"/>
+        <v>141</v>
+      </c>
+      <c r="D590" s="1" t="s">
+        <v>1670</v>
+      </c>
       <c r="E590" s="1"/>
       <c r="F590" s="1" t="s">
-        <v>1156</v>
+        <v>1671</v>
       </c>
       <c r="G590" s="1" t="s">
-        <v>1699</v>
+        <v>1672</v>
       </c>
       <c r="H590" s="1" t="s">
-        <v>1700</v>
+        <v>1673</v>
       </c>
       <c r="I590" s="1" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="J590" s="1" t="s">
-        <v>144</v>
+        <v>165</v>
       </c>
       <c r="K590" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L590" s="1"/>
-      <c r="M590" s="1"/>
-      <c r="N590" s="1"/>
+      <c r="M590" s="1">
+        <v>680</v>
+      </c>
+      <c r="N590" s="1" t="s">
+        <v>493</v>
+      </c>
       <c r="O590" s="1" t="s">
-        <v>582</v>
+        <v>989</v>
       </c>
       <c r="P590" s="1"/>
       <c r="Q590" s="1"/>
       <c r="R590" s="1" t="s">
-        <v>1701</v>
+        <v>1674</v>
       </c>
     </row>
     <row r="591" spans="1:18">
       <c r="A591" s="1" t="s">
-        <v>1702</v>
+        <v>1675</v>
       </c>
       <c r="B591" s="1" t="s">
-        <v>1703</v>
+        <v>1676</v>
       </c>
       <c r="C591" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D591" s="1" t="s">
-        <v>1704</v>
+        <v>1677</v>
       </c>
       <c r="E591" s="1" t="s">
-        <v>1705</v>
+        <v>1678</v>
       </c>
       <c r="F591" s="1"/>
       <c r="G591" s="1" t="s">
-        <v>1699</v>
+        <v>1672</v>
       </c>
       <c r="H591" s="1" t="s">
-        <v>1706</v>
+        <v>1679</v>
       </c>
       <c r="I591" s="1" t="s">
-        <v>143</v>
+        <v>325</v>
       </c>
       <c r="J591" s="1" t="s">
-        <v>144</v>
+        <v>619</v>
       </c>
       <c r="K591" s="1" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="L591" s="1"/>
       <c r="M591" s="1">
-        <v>827</v>
-[...2 lines deleted...]
-      <c r="O591" s="1"/>
+        <v>820</v>
+      </c>
+      <c r="N591" s="1" t="s">
+        <v>1680</v>
+      </c>
+      <c r="O591" s="1" t="s">
+        <v>1681</v>
+      </c>
       <c r="P591" s="1"/>
       <c r="Q591" s="1"/>
       <c r="R591" s="1" t="s">
-        <v>1707</v>
+        <v>1682</v>
       </c>
     </row>
     <row r="592" spans="1:18">
       <c r="A592" s="1" t="s">
-        <v>1708</v>
+        <v>1683</v>
       </c>
       <c r="B592" s="1" t="s">
-        <v>1709</v>
+        <v>1684</v>
       </c>
       <c r="C592" s="1"/>
       <c r="D592" s="1"/>
-      <c r="E592" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F592" s="1"/>
+      <c r="E592" s="1"/>
+      <c r="F592" s="1" t="s">
+        <v>1685</v>
+      </c>
       <c r="G592" s="1" t="s">
-        <v>1711</v>
+        <v>1672</v>
       </c>
       <c r="H592" s="1" t="s">
-        <v>1712</v>
+        <v>1686</v>
       </c>
       <c r="I592" s="1" t="s">
-        <v>112</v>
+        <v>1687</v>
       </c>
       <c r="J592" s="1" t="s">
-        <v>514</v>
+        <v>1688</v>
       </c>
       <c r="K592" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L592" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="L592" s="1">
+        <v>9789087223182</v>
+      </c>
       <c r="M592" s="1">
-        <v>432</v>
+        <v>552</v>
       </c>
       <c r="N592" s="1" t="s">
-        <v>452</v>
+        <v>473</v>
       </c>
       <c r="O592" s="1" t="s">
-        <v>429</v>
-[...3 lines deleted...]
-      </c>
+        <v>1689</v>
+      </c>
+      <c r="P592" s="1"/>
       <c r="Q592" s="1"/>
       <c r="R592" s="1" t="s">
-        <v>1714</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="593" spans="1:18">
       <c r="A593" s="1" t="s">
-        <v>1715</v>
+        <v>1683</v>
       </c>
       <c r="B593" s="1" t="s">
-        <v>1716</v>
-[...3 lines deleted...]
-      </c>
+        <v>1684</v>
+      </c>
+      <c r="C593" s="1"/>
       <c r="D593" s="1"/>
       <c r="E593" s="1"/>
       <c r="F593" s="1" t="s">
-        <v>1717</v>
+        <v>1685</v>
       </c>
       <c r="G593" s="1" t="s">
-        <v>1711</v>
+        <v>1672</v>
       </c>
       <c r="H593" s="1" t="s">
-        <v>1718</v>
+        <v>1691</v>
       </c>
       <c r="I593" s="1" t="s">
-        <v>143</v>
+        <v>1692</v>
       </c>
       <c r="J593" s="1" t="s">
-        <v>144</v>
+        <v>784</v>
       </c>
       <c r="K593" s="1" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="L593" s="1"/>
+        <v>38</v>
+      </c>
+      <c r="L593" s="1">
+        <v>9789087223038</v>
+      </c>
       <c r="M593" s="1">
-        <v>497</v>
+        <v>552</v>
       </c>
       <c r="N593" s="1" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="O593" s="1" t="s">
-        <v>582</v>
+        <v>1689</v>
       </c>
       <c r="P593" s="1"/>
       <c r="Q593" s="1"/>
       <c r="R593" s="1" t="s">
-        <v>1719</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="594" spans="1:18">
       <c r="A594" s="1" t="s">
-        <v>1708</v>
+        <v>1675</v>
       </c>
       <c r="B594" s="1" t="s">
-        <v>1709</v>
-[...2 lines deleted...]
-      <c r="D594" s="1"/>
+        <v>1676</v>
+      </c>
+      <c r="C594" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D594" s="1" t="s">
+        <v>1677</v>
+      </c>
       <c r="E594" s="1" t="s">
-        <v>1710</v>
+        <v>1678</v>
       </c>
       <c r="F594" s="1"/>
       <c r="G594" s="1" t="s">
-        <v>1711</v>
+        <v>1672</v>
       </c>
       <c r="H594" s="1" t="s">
-        <v>1720</v>
+        <v>1693</v>
       </c>
       <c r="I594" s="1" t="s">
-        <v>107</v>
+        <v>614</v>
       </c>
       <c r="J594" s="1" t="s">
-        <v>518</v>
+        <v>615</v>
       </c>
       <c r="K594" s="1" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="L594" s="1">
-        <v>9789087222581</v>
+        <v>9789087223229</v>
       </c>
       <c r="M594" s="1">
-        <v>432</v>
+        <v>820</v>
       </c>
       <c r="N594" s="1" t="s">
-        <v>452</v>
+        <v>1680</v>
       </c>
       <c r="O594" s="1" t="s">
-        <v>429</v>
-[...3 lines deleted...]
-      </c>
+        <v>1681</v>
+      </c>
+      <c r="P594" s="1"/>
       <c r="Q594" s="1"/>
       <c r="R594" s="1" t="s">
-        <v>1714</v>
+        <v>1682</v>
       </c>
     </row>
     <row r="595" spans="1:18">
       <c r="A595" s="1" t="s">
-        <v>1708</v>
+        <v>1675</v>
       </c>
       <c r="B595" s="1" t="s">
-        <v>1709</v>
-[...2 lines deleted...]
-      <c r="D595" s="1"/>
+        <v>1676</v>
+      </c>
+      <c r="C595" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D595" s="1" t="s">
+        <v>1677</v>
+      </c>
       <c r="E595" s="1" t="s">
-        <v>1710</v>
+        <v>1678</v>
       </c>
       <c r="F595" s="1"/>
       <c r="G595" s="1" t="s">
-        <v>1711</v>
+        <v>1672</v>
       </c>
       <c r="H595" s="1" t="s">
-        <v>1721</v>
+        <v>1694</v>
       </c>
       <c r="I595" s="1" t="s">
-        <v>112</v>
+        <v>325</v>
       </c>
       <c r="J595" s="1" t="s">
-        <v>514</v>
+        <v>619</v>
       </c>
       <c r="K595" s="1" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="L595" s="1">
-        <v>9789087222574</v>
+        <v>9789087223212</v>
       </c>
       <c r="M595" s="1">
-        <v>432</v>
+        <v>820</v>
       </c>
       <c r="N595" s="1" t="s">
-        <v>452</v>
+        <v>1680</v>
       </c>
       <c r="O595" s="1" t="s">
-        <v>429</v>
-[...3 lines deleted...]
-      </c>
+        <v>1681</v>
+      </c>
+      <c r="P595" s="1"/>
       <c r="Q595" s="1"/>
       <c r="R595" s="1" t="s">
-        <v>1714</v>
+        <v>1682</v>
       </c>
     </row>
     <row r="596" spans="1:18">
       <c r="A596" s="1" t="s">
-        <v>1722</v>
+        <v>1695</v>
       </c>
       <c r="B596" s="1" t="s">
-        <v>1723</v>
-[...2 lines deleted...]
-      <c r="D596" s="1"/>
+        <v>1696</v>
+      </c>
+      <c r="C596" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="D596" s="1" t="s">
+        <v>848</v>
+      </c>
       <c r="E596" s="1"/>
       <c r="F596" s="1" t="s">
-        <v>130</v>
+        <v>1671</v>
       </c>
       <c r="G596" s="1" t="s">
-        <v>1724</v>
+        <v>1697</v>
       </c>
       <c r="H596" s="1" t="s">
-        <v>1725</v>
+        <v>1698</v>
       </c>
       <c r="I596" s="1" t="s">
-        <v>24</v>
+        <v>164</v>
       </c>
       <c r="J596" s="1" t="s">
-        <v>310</v>
+        <v>165</v>
       </c>
       <c r="K596" s="1" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="L596" s="1"/>
       <c r="M596" s="1">
-        <v>604</v>
+        <v>334</v>
       </c>
       <c r="N596" s="1" t="s">
-        <v>1327</v>
+        <v>493</v>
       </c>
       <c r="O596" s="1" t="s">
-        <v>1726</v>
-[...3 lines deleted...]
-      </c>
+        <v>167</v>
+      </c>
+      <c r="P596" s="1"/>
       <c r="Q596" s="1"/>
       <c r="R596" s="1" t="s">
-        <v>1728</v>
+        <v>1699</v>
       </c>
     </row>
     <row r="597" spans="1:18">
       <c r="A597" s="1" t="s">
-        <v>1722</v>
+        <v>1700</v>
       </c>
       <c r="B597" s="1" t="s">
-        <v>1723</v>
+        <v>1701</v>
       </c>
       <c r="C597" s="1"/>
       <c r="D597" s="1"/>
       <c r="E597" s="1"/>
       <c r="F597" s="1" t="s">
-        <v>130</v>
+        <v>1702</v>
       </c>
       <c r="G597" s="1" t="s">
-        <v>1724</v>
+        <v>1703</v>
       </c>
       <c r="H597" s="1" t="s">
-        <v>1729</v>
+        <v>1704</v>
       </c>
       <c r="I597" s="1" t="s">
-        <v>83</v>
+        <v>172</v>
       </c>
       <c r="J597" s="1" t="s">
-        <v>1001</v>
+        <v>121</v>
       </c>
       <c r="K597" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L597" s="1">
-        <v>9789087222567</v>
+        <v>9789087223045</v>
       </c>
       <c r="M597" s="1">
-        <v>604</v>
+        <v>544</v>
       </c>
       <c r="N597" s="1" t="s">
-        <v>1327</v>
-[...6 lines deleted...]
-      </c>
+        <v>1705</v>
+      </c>
+      <c r="O597" s="1"/>
+      <c r="P597" s="1"/>
       <c r="Q597" s="1"/>
       <c r="R597" s="1" t="s">
-        <v>1728</v>
+        <v>1706</v>
       </c>
     </row>
     <row r="598" spans="1:18">
       <c r="A598" s="1" t="s">
-        <v>1722</v>
+        <v>1707</v>
       </c>
       <c r="B598" s="1" t="s">
-        <v>1723</v>
+        <v>1708</v>
       </c>
       <c r="C598" s="1"/>
       <c r="D598" s="1"/>
       <c r="E598" s="1"/>
       <c r="F598" s="1" t="s">
-        <v>130</v>
+        <v>1709</v>
       </c>
       <c r="G598" s="1" t="s">
-        <v>1724</v>
+        <v>1703</v>
       </c>
       <c r="H598" s="1" t="s">
-        <v>1730</v>
+        <v>1710</v>
       </c>
       <c r="I598" s="1" t="s">
-        <v>24</v>
+        <v>1711</v>
       </c>
       <c r="J598" s="1" t="s">
-        <v>310</v>
+        <v>1712</v>
       </c>
       <c r="K598" s="1" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="L598" s="1">
-        <v>9789087222550</v>
+        <v>9789087223021</v>
       </c>
       <c r="M598" s="1">
-        <v>604</v>
+        <v>288</v>
       </c>
       <c r="N598" s="1" t="s">
-        <v>1327</v>
+        <v>473</v>
       </c>
       <c r="O598" s="1" t="s">
-        <v>1726</v>
-[...3 lines deleted...]
-      </c>
+        <v>1134</v>
+      </c>
+      <c r="P598" s="1"/>
       <c r="Q598" s="1"/>
       <c r="R598" s="1" t="s">
-        <v>1728</v>
+        <v>1713</v>
       </c>
     </row>
     <row r="599" spans="1:18">
       <c r="A599" s="1" t="s">
-        <v>1731</v>
+        <v>1700</v>
       </c>
       <c r="B599" s="1" t="s">
-        <v>1732</v>
-[...10 lines deleted...]
-      <c r="F599" s="1"/>
+        <v>1701</v>
+      </c>
+      <c r="C599" s="1"/>
+      <c r="D599" s="1"/>
+      <c r="E599" s="1"/>
+      <c r="F599" s="1" t="s">
+        <v>1702</v>
+      </c>
       <c r="G599" s="1" t="s">
-        <v>1733</v>
+        <v>1703</v>
       </c>
       <c r="H599" s="1" t="s">
-        <v>1734</v>
+        <v>1714</v>
       </c>
       <c r="I599" s="1" t="s">
-        <v>143</v>
+        <v>172</v>
       </c>
       <c r="J599" s="1" t="s">
-        <v>144</v>
+        <v>121</v>
       </c>
       <c r="K599" s="1" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="L599" s="1"/>
       <c r="M599" s="1">
-        <v>637</v>
+        <v>544</v>
       </c>
       <c r="N599" s="1" t="s">
-        <v>1735</v>
-[...6 lines deleted...]
-      </c>
+        <v>1705</v>
+      </c>
+      <c r="O599" s="1"/>
+      <c r="P599" s="1"/>
       <c r="Q599" s="1"/>
       <c r="R599" s="1" t="s">
-        <v>1737</v>
+        <v>1706</v>
       </c>
     </row>
     <row r="600" spans="1:18">
       <c r="A600" s="1" t="s">
-        <v>1738</v>
+        <v>1707</v>
       </c>
       <c r="B600" s="1" t="s">
-        <v>1739</v>
-[...1 lines deleted...]
-      <c r="C600" s="1" t="s">
+        <v>1708</v>
+      </c>
+      <c r="C600" s="1"/>
+      <c r="D600" s="1"/>
+      <c r="E600" s="1"/>
+      <c r="F600" s="1" t="s">
+        <v>1709</v>
+      </c>
+      <c r="G600" s="1" t="s">
+        <v>1703</v>
+      </c>
+      <c r="H600" s="1" t="s">
+        <v>1715</v>
+      </c>
+      <c r="I600" s="1" t="s">
+        <v>1716</v>
+      </c>
+      <c r="J600" s="1" t="s">
+        <v>1600</v>
+      </c>
+      <c r="K600" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="D600" s="1" t="s">
-[...20 lines deleted...]
-      </c>
       <c r="L600" s="1"/>
-      <c r="M600" s="1"/>
-[...1 lines deleted...]
-      <c r="O600" s="1"/>
+      <c r="M600" s="1">
+        <v>288</v>
+      </c>
+      <c r="N600" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="O600" s="1" t="s">
+        <v>1134</v>
+      </c>
       <c r="P600" s="1"/>
       <c r="Q600" s="1"/>
       <c r="R600" s="1" t="s">
-        <v>1744</v>
+        <v>1713</v>
       </c>
     </row>
     <row r="601" spans="1:18">
       <c r="A601" s="1" t="s">
-        <v>1745</v>
+        <v>1717</v>
       </c>
       <c r="B601" s="1" t="s">
-        <v>1746</v>
-[...1 lines deleted...]
-      <c r="C601" s="1"/>
+        <v>1718</v>
+      </c>
+      <c r="C601" s="1" t="s">
+        <v>114</v>
+      </c>
       <c r="D601" s="1"/>
       <c r="E601" s="1"/>
       <c r="F601" s="1" t="s">
-        <v>1747</v>
+        <v>1176</v>
       </c>
       <c r="G601" s="1" t="s">
-        <v>1748</v>
+        <v>1719</v>
       </c>
       <c r="H601" s="1" t="s">
-        <v>1749</v>
+        <v>1720</v>
       </c>
       <c r="I601" s="1" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="J601" s="1" t="s">
-        <v>144</v>
+        <v>165</v>
       </c>
       <c r="K601" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L601" s="1"/>
-      <c r="M601" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="M601" s="1"/>
+      <c r="N601" s="1"/>
       <c r="O601" s="1" t="s">
-        <v>453</v>
+        <v>602</v>
       </c>
       <c r="P601" s="1"/>
       <c r="Q601" s="1"/>
       <c r="R601" s="1" t="s">
-        <v>1751</v>
+        <v>1721</v>
       </c>
     </row>
     <row r="602" spans="1:18">
       <c r="A602" s="1" t="s">
-        <v>1752</v>
+        <v>1722</v>
       </c>
       <c r="B602" s="1" t="s">
-        <v>1753</v>
+        <v>1723</v>
       </c>
       <c r="C602" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D602" s="1" t="s">
-        <v>1754</v>
+        <v>1724</v>
       </c>
       <c r="E602" s="1" t="s">
-        <v>1755</v>
+        <v>1725</v>
       </c>
       <c r="F602" s="1"/>
       <c r="G602" s="1" t="s">
-        <v>1748</v>
+        <v>1719</v>
       </c>
       <c r="H602" s="1" t="s">
-        <v>1756</v>
+        <v>1726</v>
       </c>
       <c r="I602" s="1" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="J602" s="1" t="s">
-        <v>144</v>
+        <v>165</v>
       </c>
       <c r="K602" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L602" s="1"/>
       <c r="M602" s="1">
-        <v>897</v>
+        <v>827</v>
       </c>
       <c r="N602" s="1"/>
       <c r="O602" s="1"/>
       <c r="P602" s="1"/>
       <c r="Q602" s="1"/>
       <c r="R602" s="1" t="s">
-        <v>1757</v>
+        <v>1727</v>
       </c>
     </row>
     <row r="603" spans="1:18">
       <c r="A603" s="1" t="s">
-        <v>1758</v>
+        <v>1728</v>
       </c>
       <c r="B603" s="1" t="s">
-        <v>1759</v>
+        <v>1729</v>
       </c>
       <c r="C603" s="1" t="s">
-        <v>250</v>
+        <v>266</v>
       </c>
       <c r="D603" s="1"/>
       <c r="E603" s="1"/>
       <c r="F603" s="1" t="s">
-        <v>1760</v>
+        <v>1730</v>
       </c>
       <c r="G603" s="1" t="s">
-        <v>1761</v>
+        <v>1731</v>
       </c>
       <c r="H603" s="1" t="s">
-        <v>1762</v>
+        <v>1732</v>
       </c>
       <c r="I603" s="1" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="J603" s="1" t="s">
-        <v>144</v>
+        <v>165</v>
       </c>
       <c r="K603" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L603" s="1"/>
       <c r="M603" s="1">
-        <v>331</v>
+        <v>497</v>
       </c>
       <c r="N603" s="1" t="s">
-        <v>428</v>
+        <v>493</v>
       </c>
       <c r="O603" s="1" t="s">
-        <v>582</v>
+        <v>602</v>
       </c>
       <c r="P603" s="1"/>
       <c r="Q603" s="1"/>
       <c r="R603" s="1" t="s">
-        <v>1763</v>
+        <v>1733</v>
       </c>
     </row>
     <row r="604" spans="1:18">
       <c r="A604" s="1" t="s">
-        <v>1764</v>
+        <v>1734</v>
       </c>
       <c r="B604" s="1" t="s">
-        <v>1765</v>
+        <v>1735</v>
       </c>
       <c r="C604" s="1"/>
       <c r="D604" s="1"/>
-      <c r="E604" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="E604" s="1" t="s">
+        <v>1736</v>
+      </c>
+      <c r="F604" s="1"/>
       <c r="G604" s="1" t="s">
-        <v>1767</v>
+        <v>1731</v>
       </c>
       <c r="H604" s="1" t="s">
-        <v>1768</v>
+        <v>1737</v>
       </c>
       <c r="I604" s="1" t="s">
-        <v>143</v>
+        <v>42</v>
       </c>
       <c r="J604" s="1" t="s">
-        <v>144</v>
+        <v>534</v>
       </c>
       <c r="K604" s="1" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="L604" s="1"/>
-      <c r="M604" s="1"/>
+      <c r="M604" s="1">
+        <v>432</v>
+      </c>
       <c r="N604" s="1" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="O604" s="1" t="s">
-        <v>1769</v>
-[...1 lines deleted...]
-      <c r="P604" s="1"/>
+        <v>450</v>
+      </c>
+      <c r="P604" s="1" t="s">
+        <v>1738</v>
+      </c>
       <c r="Q604" s="1"/>
       <c r="R604" s="1" t="s">
-        <v>1770</v>
+        <v>1739</v>
       </c>
     </row>
     <row r="605" spans="1:18">
       <c r="A605" s="1" t="s">
-        <v>1771</v>
+        <v>1734</v>
       </c>
       <c r="B605" s="1" t="s">
-        <v>1772</v>
+        <v>1735</v>
       </c>
       <c r="C605" s="1"/>
       <c r="D605" s="1"/>
       <c r="E605" s="1" t="s">
-        <v>1773</v>
+        <v>1736</v>
       </c>
       <c r="F605" s="1"/>
       <c r="G605" s="1" t="s">
-        <v>1767</v>
+        <v>1731</v>
       </c>
       <c r="H605" s="1" t="s">
-        <v>1774</v>
+        <v>1740</v>
       </c>
       <c r="I605" s="1" t="s">
-        <v>143</v>
+        <v>133</v>
       </c>
       <c r="J605" s="1" t="s">
-        <v>144</v>
+        <v>538</v>
       </c>
       <c r="K605" s="1" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="L605" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="L605" s="1">
+        <v>9789087222581</v>
+      </c>
       <c r="M605" s="1">
-        <v>467</v>
+        <v>432</v>
       </c>
       <c r="N605" s="1" t="s">
-        <v>501</v>
+        <v>473</v>
       </c>
       <c r="O605" s="1" t="s">
-        <v>1775</v>
-[...1 lines deleted...]
-      <c r="P605" s="1"/>
+        <v>450</v>
+      </c>
+      <c r="P605" s="1" t="s">
+        <v>1738</v>
+      </c>
       <c r="Q605" s="1"/>
       <c r="R605" s="1" t="s">
-        <v>1776</v>
+        <v>1739</v>
       </c>
     </row>
     <row r="606" spans="1:18">
       <c r="A606" s="1" t="s">
-        <v>1777</v>
+        <v>1734</v>
       </c>
       <c r="B606" s="1" t="s">
-        <v>1778</v>
-[...3 lines deleted...]
-      </c>
+        <v>1735</v>
+      </c>
+      <c r="C606" s="1"/>
       <c r="D606" s="1"/>
-      <c r="E606" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="E606" s="1" t="s">
+        <v>1736</v>
+      </c>
+      <c r="F606" s="1"/>
       <c r="G606" s="1" t="s">
-        <v>1779</v>
+        <v>1731</v>
       </c>
       <c r="H606" s="1" t="s">
-        <v>1780</v>
+        <v>1741</v>
       </c>
       <c r="I606" s="1" t="s">
-        <v>580</v>
+        <v>42</v>
       </c>
       <c r="J606" s="1" t="s">
-        <v>108</v>
+        <v>534</v>
       </c>
       <c r="K606" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L606" s="1">
-        <v>9789087222161</v>
+        <v>9789087222574</v>
       </c>
       <c r="M606" s="1">
-        <v>382</v>
-[...1 lines deleted...]
-      <c r="N606" s="1"/>
+        <v>432</v>
+      </c>
+      <c r="N606" s="1" t="s">
+        <v>473</v>
+      </c>
       <c r="O606" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="P606" s="1"/>
+        <v>450</v>
+      </c>
+      <c r="P606" s="1" t="s">
+        <v>1738</v>
+      </c>
       <c r="Q606" s="1"/>
       <c r="R606" s="1" t="s">
-        <v>1781</v>
+        <v>1739</v>
       </c>
     </row>
     <row r="607" spans="1:18">
       <c r="A607" s="1" t="s">
-        <v>1777</v>
+        <v>1742</v>
       </c>
       <c r="B607" s="1" t="s">
-        <v>1778</v>
-[...3 lines deleted...]
-      </c>
+        <v>1743</v>
+      </c>
+      <c r="C607" s="1"/>
       <c r="D607" s="1"/>
       <c r="E607" s="1"/>
       <c r="F607" s="1" t="s">
-        <v>725</v>
+        <v>151</v>
       </c>
       <c r="G607" s="1" t="s">
-        <v>1779</v>
+        <v>1744</v>
       </c>
       <c r="H607" s="1" t="s">
-        <v>1782</v>
+        <v>1745</v>
       </c>
       <c r="I607" s="1" t="s">
-        <v>603</v>
+        <v>55</v>
       </c>
       <c r="J607" s="1" t="s">
-        <v>113</v>
+        <v>326</v>
       </c>
       <c r="K607" s="1" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="L607" s="1"/>
       <c r="M607" s="1">
-        <v>382</v>
-[...1 lines deleted...]
-      <c r="N607" s="1"/>
+        <v>604</v>
+      </c>
+      <c r="N607" s="1" t="s">
+        <v>1346</v>
+      </c>
       <c r="O607" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="P607" s="1"/>
+        <v>1746</v>
+      </c>
+      <c r="P607" s="1" t="s">
+        <v>1747</v>
+      </c>
       <c r="Q607" s="1"/>
       <c r="R607" s="1" t="s">
-        <v>1781</v>
+        <v>1748</v>
       </c>
     </row>
     <row r="608" spans="1:18">
       <c r="A608" s="1" t="s">
-        <v>1783</v>
+        <v>1742</v>
       </c>
       <c r="B608" s="1" t="s">
-        <v>1784</v>
-[...6 lines deleted...]
-      </c>
+        <v>1743</v>
+      </c>
+      <c r="C608" s="1"/>
+      <c r="D608" s="1"/>
       <c r="E608" s="1"/>
       <c r="F608" s="1" t="s">
-        <v>46</v>
+        <v>151</v>
       </c>
       <c r="G608" s="1" t="s">
-        <v>1785</v>
+        <v>1744</v>
       </c>
       <c r="H608" s="1" t="s">
-        <v>1786</v>
+        <v>1749</v>
       </c>
       <c r="I608" s="1" t="s">
-        <v>143</v>
+        <v>102</v>
       </c>
       <c r="J608" s="1" t="s">
-        <v>144</v>
+        <v>1021</v>
       </c>
       <c r="K608" s="1" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="L608" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="L608" s="1">
+        <v>9789087222567</v>
+      </c>
       <c r="M608" s="1">
-        <v>1341</v>
-[...3 lines deleted...]
-      <c r="P608" s="1"/>
+        <v>604</v>
+      </c>
+      <c r="N608" s="1" t="s">
+        <v>1346</v>
+      </c>
+      <c r="O608" s="1" t="s">
+        <v>1746</v>
+      </c>
+      <c r="P608" s="1" t="s">
+        <v>1747</v>
+      </c>
       <c r="Q608" s="1"/>
       <c r="R608" s="1" t="s">
-        <v>1787</v>
+        <v>1748</v>
       </c>
     </row>
     <row r="609" spans="1:18">
       <c r="A609" s="1" t="s">
-        <v>1788</v>
+        <v>1742</v>
       </c>
       <c r="B609" s="1" t="s">
-        <v>1789</v>
-[...6 lines deleted...]
-      </c>
+        <v>1743</v>
+      </c>
+      <c r="C609" s="1"/>
+      <c r="D609" s="1"/>
       <c r="E609" s="1"/>
       <c r="F609" s="1" t="s">
-        <v>1790</v>
+        <v>151</v>
       </c>
       <c r="G609" s="1" t="s">
-        <v>1791</v>
+        <v>1744</v>
       </c>
       <c r="H609" s="1" t="s">
-        <v>1792</v>
+        <v>1750</v>
       </c>
       <c r="I609" s="1" t="s">
-        <v>378</v>
+        <v>55</v>
       </c>
       <c r="J609" s="1" t="s">
-        <v>227</v>
+        <v>326</v>
       </c>
       <c r="K609" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L609" s="1">
-        <v>9789087222079</v>
+        <v>9789087222550</v>
       </c>
       <c r="M609" s="1">
-        <v>378</v>
+        <v>604</v>
       </c>
       <c r="N609" s="1" t="s">
-        <v>472</v>
-[...2 lines deleted...]
-      <c r="P609" s="1"/>
+        <v>1346</v>
+      </c>
+      <c r="O609" s="1" t="s">
+        <v>1746</v>
+      </c>
+      <c r="P609" s="1" t="s">
+        <v>1747</v>
+      </c>
       <c r="Q609" s="1"/>
       <c r="R609" s="1" t="s">
-        <v>1793</v>
+        <v>1748</v>
       </c>
     </row>
     <row r="610" spans="1:18">
       <c r="A610" s="1" t="s">
-        <v>1794</v>
+        <v>1751</v>
       </c>
       <c r="B610" s="1" t="s">
-        <v>1795</v>
+        <v>1752</v>
       </c>
       <c r="C610" s="1" t="s">
-        <v>827</v>
+        <v>75</v>
       </c>
       <c r="D610" s="1" t="s">
-        <v>1640</v>
-[...4 lines deleted...]
-      </c>
+        <v>1670</v>
+      </c>
+      <c r="E610" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="F610" s="1"/>
       <c r="G610" s="1" t="s">
-        <v>1797</v>
+        <v>1753</v>
       </c>
       <c r="H610" s="1" t="s">
-        <v>1798</v>
+        <v>1754</v>
       </c>
       <c r="I610" s="1" t="s">
-        <v>440</v>
+        <v>164</v>
       </c>
       <c r="J610" s="1" t="s">
-        <v>742</v>
+        <v>165</v>
       </c>
       <c r="K610" s="1" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="L610" s="1"/>
       <c r="M610" s="1">
-        <v>366</v>
+        <v>637</v>
       </c>
       <c r="N610" s="1" t="s">
-        <v>452</v>
+        <v>1755</v>
       </c>
       <c r="O610" s="1" t="s">
-        <v>1655</v>
+        <v>989</v>
       </c>
       <c r="P610" s="1" t="s">
-        <v>1799</v>
+        <v>1756</v>
       </c>
       <c r="Q610" s="1"/>
       <c r="R610" s="1" t="s">
-        <v>1800</v>
+        <v>1757</v>
       </c>
     </row>
     <row r="611" spans="1:18">
       <c r="A611" s="1" t="s">
-        <v>1794</v>
+        <v>1758</v>
       </c>
       <c r="B611" s="1" t="s">
-        <v>1795</v>
+        <v>1759</v>
       </c>
       <c r="C611" s="1" t="s">
-        <v>827</v>
+        <v>33</v>
       </c>
       <c r="D611" s="1" t="s">
-        <v>1640</v>
-[...4 lines deleted...]
-      </c>
+        <v>1760</v>
+      </c>
+      <c r="E611" s="1" t="s">
+        <v>1761</v>
+      </c>
+      <c r="F611" s="1"/>
       <c r="G611" s="1" t="s">
-        <v>1797</v>
+        <v>1762</v>
       </c>
       <c r="H611" s="1" t="s">
-        <v>1801</v>
+        <v>1763</v>
       </c>
       <c r="I611" s="1" t="s">
-        <v>440</v>
+        <v>164</v>
       </c>
       <c r="J611" s="1" t="s">
-        <v>742</v>
+        <v>165</v>
       </c>
       <c r="K611" s="1" t="s">
-        <v>50</v>
-[...15 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="L611" s="1"/>
+      <c r="M611" s="1"/>
+      <c r="N611" s="1"/>
+      <c r="O611" s="1"/>
+      <c r="P611" s="1"/>
       <c r="Q611" s="1"/>
       <c r="R611" s="1" t="s">
-        <v>1800</v>
+        <v>1764</v>
       </c>
     </row>
     <row r="612" spans="1:18">
       <c r="A612" s="1" t="s">
-        <v>1802</v>
+        <v>1765</v>
       </c>
       <c r="B612" s="1" t="s">
-        <v>1803</v>
+        <v>1766</v>
       </c>
       <c r="C612" s="1"/>
       <c r="D612" s="1"/>
-      <c r="E612" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F612" s="1"/>
+      <c r="E612" s="1"/>
+      <c r="F612" s="1" t="s">
+        <v>1767</v>
+      </c>
       <c r="G612" s="1" t="s">
-        <v>1797</v>
+        <v>1768</v>
       </c>
       <c r="H612" s="1" t="s">
-        <v>1805</v>
+        <v>1769</v>
       </c>
       <c r="I612" s="1" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="J612" s="1" t="s">
-        <v>144</v>
+        <v>165</v>
       </c>
       <c r="K612" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L612" s="1"/>
-      <c r="M612" s="1"/>
-[...1 lines deleted...]
-      <c r="O612" s="1"/>
+      <c r="M612" s="1">
+        <v>741</v>
+      </c>
+      <c r="N612" s="1" t="s">
+        <v>1770</v>
+      </c>
+      <c r="O612" s="1" t="s">
+        <v>474</v>
+      </c>
       <c r="P612" s="1"/>
       <c r="Q612" s="1"/>
       <c r="R612" s="1" t="s">
-        <v>1806</v>
+        <v>1771</v>
       </c>
     </row>
     <row r="613" spans="1:18">
       <c r="A613" s="1" t="s">
-        <v>1794</v>
+        <v>1772</v>
       </c>
       <c r="B613" s="1" t="s">
-        <v>1795</v>
+        <v>1773</v>
       </c>
       <c r="C613" s="1" t="s">
-        <v>827</v>
+        <v>33</v>
       </c>
       <c r="D613" s="1" t="s">
-        <v>1640</v>
-[...4 lines deleted...]
-      </c>
+        <v>1774</v>
+      </c>
+      <c r="E613" s="1" t="s">
+        <v>1775</v>
+      </c>
+      <c r="F613" s="1"/>
       <c r="G613" s="1" t="s">
-        <v>1797</v>
+        <v>1768</v>
       </c>
       <c r="H613" s="1" t="s">
-        <v>1807</v>
+        <v>1776</v>
       </c>
       <c r="I613" s="1" t="s">
-        <v>443</v>
+        <v>164</v>
       </c>
       <c r="J613" s="1" t="s">
-        <v>746</v>
+        <v>165</v>
       </c>
       <c r="K613" s="1" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="L613" s="1"/>
       <c r="M613" s="1">
-        <v>366</v>
-[...9 lines deleted...]
-      </c>
+        <v>897</v>
+      </c>
+      <c r="N613" s="1"/>
+      <c r="O613" s="1"/>
+      <c r="P613" s="1"/>
       <c r="Q613" s="1"/>
       <c r="R613" s="1" t="s">
-        <v>1800</v>
+        <v>1777</v>
       </c>
     </row>
     <row r="614" spans="1:18">
       <c r="A614" s="1" t="s">
-        <v>1808</v>
+        <v>1778</v>
       </c>
       <c r="B614" s="1" t="s">
-        <v>1809</v>
+        <v>1779</v>
       </c>
       <c r="C614" s="1" t="s">
-        <v>30</v>
-[...7 lines deleted...]
-      <c r="F614" s="1"/>
+        <v>266</v>
+      </c>
+      <c r="D614" s="1"/>
+      <c r="E614" s="1"/>
+      <c r="F614" s="1" t="s">
+        <v>1780</v>
+      </c>
       <c r="G614" s="1" t="s">
-        <v>1812</v>
+        <v>1781</v>
       </c>
       <c r="H614" s="1" t="s">
-        <v>1813</v>
+        <v>1782</v>
       </c>
       <c r="I614" s="1" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="J614" s="1" t="s">
-        <v>144</v>
+        <v>165</v>
       </c>
       <c r="K614" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L614" s="1"/>
       <c r="M614" s="1">
-        <v>339</v>
+        <v>331</v>
       </c>
       <c r="N614" s="1" t="s">
-        <v>1479</v>
+        <v>449</v>
       </c>
       <c r="O614" s="1" t="s">
-        <v>841</v>
+        <v>602</v>
       </c>
       <c r="P614" s="1"/>
       <c r="Q614" s="1"/>
       <c r="R614" s="1" t="s">
-        <v>1814</v>
+        <v>1783</v>
       </c>
     </row>
     <row r="615" spans="1:18">
       <c r="A615" s="1" t="s">
-        <v>1815</v>
+        <v>1784</v>
       </c>
       <c r="B615" s="1" t="s">
-        <v>1816</v>
+        <v>1785</v>
       </c>
       <c r="C615" s="1"/>
       <c r="D615" s="1"/>
-      <c r="E615" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="E615" s="1" t="s">
+        <v>1786</v>
+      </c>
+      <c r="F615" s="1"/>
       <c r="G615" s="1" t="s">
-        <v>1812</v>
+        <v>1787</v>
       </c>
       <c r="H615" s="1" t="s">
-        <v>1818</v>
+        <v>1788</v>
       </c>
       <c r="I615" s="1" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="J615" s="1" t="s">
-        <v>144</v>
+        <v>165</v>
       </c>
       <c r="K615" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L615" s="1"/>
       <c r="M615" s="1">
-        <v>389</v>
-[...2 lines deleted...]
-      <c r="O615" s="1"/>
+        <v>467</v>
+      </c>
+      <c r="N615" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="O615" s="1" t="s">
+        <v>1789</v>
+      </c>
       <c r="P615" s="1"/>
       <c r="Q615" s="1"/>
       <c r="R615" s="1" t="s">
-        <v>1819</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="616" spans="1:18">
       <c r="A616" s="1" t="s">
-        <v>1820</v>
+        <v>1791</v>
       </c>
       <c r="B616" s="1" t="s">
-        <v>1821</v>
-[...6 lines deleted...]
-      </c>
+        <v>1792</v>
+      </c>
+      <c r="C616" s="1"/>
+      <c r="D616" s="1"/>
       <c r="E616" s="1"/>
       <c r="F616" s="1" t="s">
-        <v>1822</v>
+        <v>1793</v>
       </c>
       <c r="G616" s="1" t="s">
-        <v>1812</v>
+        <v>1787</v>
       </c>
       <c r="H616" s="1" t="s">
-        <v>1823</v>
+        <v>1794</v>
       </c>
       <c r="I616" s="1" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="J616" s="1" t="s">
-        <v>144</v>
+        <v>165</v>
       </c>
       <c r="K616" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L616" s="1"/>
-      <c r="M616" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="M616" s="1"/>
       <c r="N616" s="1" t="s">
-        <v>1296</v>
+        <v>493</v>
       </c>
       <c r="O616" s="1" t="s">
-        <v>582</v>
+        <v>1795</v>
       </c>
       <c r="P616" s="1"/>
       <c r="Q616" s="1"/>
       <c r="R616" s="1" t="s">
-        <v>1824</v>
+        <v>1796</v>
       </c>
     </row>
     <row r="617" spans="1:18">
       <c r="A617" s="1" t="s">
-        <v>1825</v>
+        <v>1797</v>
       </c>
       <c r="B617" s="1" t="s">
-        <v>1826</v>
+        <v>1798</v>
       </c>
       <c r="C617" s="1" t="s">
-        <v>117</v>
-[...3 lines deleted...]
-      </c>
+        <v>114</v>
+      </c>
+      <c r="D617" s="1"/>
       <c r="E617" s="1"/>
       <c r="F617" s="1" t="s">
-        <v>1827</v>
+        <v>745</v>
       </c>
       <c r="G617" s="1" t="s">
-        <v>1812</v>
+        <v>1799</v>
       </c>
       <c r="H617" s="1" t="s">
-        <v>1828</v>
+        <v>1800</v>
       </c>
       <c r="I617" s="1" t="s">
-        <v>143</v>
+        <v>600</v>
       </c>
       <c r="J617" s="1" t="s">
-        <v>144</v>
+        <v>134</v>
       </c>
       <c r="K617" s="1" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="L617" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="L617" s="1">
+        <v>9789087222161</v>
+      </c>
       <c r="M617" s="1">
-        <v>319</v>
-[...3 lines deleted...]
-      </c>
+        <v>382</v>
+      </c>
+      <c r="N617" s="1"/>
       <c r="O617" s="1" t="s">
-        <v>582</v>
+        <v>602</v>
       </c>
       <c r="P617" s="1"/>
       <c r="Q617" s="1"/>
       <c r="R617" s="1" t="s">
-        <v>1829</v>
+        <v>1801</v>
       </c>
     </row>
     <row r="618" spans="1:18">
       <c r="A618" s="1" t="s">
-        <v>1808</v>
+        <v>1797</v>
       </c>
       <c r="B618" s="1" t="s">
-        <v>1809</v>
+        <v>1798</v>
       </c>
       <c r="C618" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="D618" s="1"/>
+      <c r="E618" s="1"/>
+      <c r="F618" s="1" t="s">
+        <v>745</v>
+      </c>
+      <c r="G618" s="1" t="s">
+        <v>1799</v>
+      </c>
+      <c r="H618" s="1" t="s">
+        <v>1802</v>
+      </c>
+      <c r="I618" s="1" t="s">
+        <v>623</v>
+      </c>
+      <c r="J618" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="K618" s="1" t="s">
         <v>30</v>
-      </c>
-[...20 lines deleted...]
-        <v>55</v>
       </c>
       <c r="L618" s="1"/>
       <c r="M618" s="1">
-        <v>338</v>
-[...3 lines deleted...]
-      </c>
+        <v>382</v>
+      </c>
+      <c r="N618" s="1"/>
       <c r="O618" s="1" t="s">
-        <v>841</v>
+        <v>602</v>
       </c>
       <c r="P618" s="1"/>
       <c r="Q618" s="1"/>
       <c r="R618" s="1" t="s">
-        <v>1814</v>
+        <v>1801</v>
       </c>
     </row>
     <row r="619" spans="1:18">
       <c r="A619" s="1" t="s">
-        <v>1831</v>
+        <v>1803</v>
       </c>
       <c r="B619" s="1" t="s">
-        <v>1832</v>
-[...6 lines deleted...]
-      <c r="F619" s="1"/>
+        <v>1804</v>
+      </c>
+      <c r="C619" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="D619" s="1" t="s">
+        <v>1295</v>
+      </c>
+      <c r="E619" s="1"/>
+      <c r="F619" s="1" t="s">
+        <v>76</v>
+      </c>
       <c r="G619" s="1" t="s">
-        <v>1834</v>
+        <v>1805</v>
       </c>
       <c r="H619" s="1" t="s">
-        <v>1835</v>
+        <v>1806</v>
       </c>
       <c r="I619" s="1" t="s">
-        <v>112</v>
+        <v>164</v>
       </c>
       <c r="J619" s="1" t="s">
-        <v>514</v>
+        <v>165</v>
       </c>
       <c r="K619" s="1" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="L619" s="1"/>
       <c r="M619" s="1">
-        <v>368</v>
+        <v>1341</v>
       </c>
       <c r="N619" s="1"/>
-      <c r="O619" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="O619" s="1"/>
       <c r="P619" s="1"/>
       <c r="Q619" s="1"/>
       <c r="R619" s="1" t="s">
-        <v>1836</v>
+        <v>1807</v>
       </c>
     </row>
     <row r="620" spans="1:18">
       <c r="A620" s="1" t="s">
-        <v>1831</v>
+        <v>1808</v>
       </c>
       <c r="B620" s="1" t="s">
-        <v>1832</v>
-[...6 lines deleted...]
-      <c r="F620" s="1"/>
+        <v>1809</v>
+      </c>
+      <c r="C620" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="D620" s="1" t="s">
+        <v>1322</v>
+      </c>
+      <c r="E620" s="1"/>
+      <c r="F620" s="1" t="s">
+        <v>1810</v>
+      </c>
       <c r="G620" s="1" t="s">
-        <v>1834</v>
+        <v>1811</v>
       </c>
       <c r="H620" s="1" t="s">
-        <v>1837</v>
+        <v>1812</v>
       </c>
       <c r="I620" s="1" t="s">
-        <v>107</v>
+        <v>399</v>
       </c>
       <c r="J620" s="1" t="s">
-        <v>518</v>
+        <v>248</v>
       </c>
       <c r="K620" s="1" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="L620" s="1">
-        <v>9789087221850</v>
+        <v>9789087222079</v>
       </c>
       <c r="M620" s="1">
-        <v>368</v>
-[...4 lines deleted...]
-      </c>
+        <v>378</v>
+      </c>
+      <c r="N620" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="O620" s="1"/>
       <c r="P620" s="1"/>
       <c r="Q620" s="1"/>
       <c r="R620" s="1" t="s">
-        <v>1836</v>
+        <v>1813</v>
       </c>
     </row>
     <row r="621" spans="1:18">
       <c r="A621" s="1" t="s">
-        <v>1838</v>
+        <v>1814</v>
       </c>
       <c r="B621" s="1" t="s">
-        <v>1839</v>
+        <v>1815</v>
       </c>
       <c r="C621" s="1" t="s">
+        <v>847</v>
+      </c>
+      <c r="D621" s="1" t="s">
+        <v>1660</v>
+      </c>
+      <c r="E621" s="1"/>
+      <c r="F621" s="1" t="s">
+        <v>1816</v>
+      </c>
+      <c r="G621" s="1" t="s">
+        <v>1817</v>
+      </c>
+      <c r="H621" s="1" t="s">
+        <v>1818</v>
+      </c>
+      <c r="I621" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="J621" s="1" t="s">
+        <v>762</v>
+      </c>
+      <c r="K621" s="1" t="s">
         <v>30</v>
-      </c>
-[...20 lines deleted...]
-        <v>55</v>
       </c>
       <c r="L621" s="1"/>
       <c r="M621" s="1">
-        <v>472</v>
+        <v>366</v>
       </c>
       <c r="N621" s="1" t="s">
-        <v>428</v>
+        <v>473</v>
       </c>
       <c r="O621" s="1" t="s">
-        <v>429</v>
-[...1 lines deleted...]
-      <c r="P621" s="1"/>
+        <v>1681</v>
+      </c>
+      <c r="P621" s="1" t="s">
+        <v>1819</v>
+      </c>
       <c r="Q621" s="1"/>
       <c r="R621" s="1" t="s">
-        <v>1844</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="622" spans="1:18">
       <c r="A622" s="1" t="s">
-        <v>1838</v>
+        <v>1814</v>
       </c>
       <c r="B622" s="1" t="s">
-        <v>1839</v>
+        <v>1815</v>
       </c>
       <c r="C622" s="1" t="s">
-        <v>30</v>
+        <v>847</v>
       </c>
       <c r="D622" s="1" t="s">
-        <v>1840</v>
-[...4 lines deleted...]
-      <c r="F622" s="1"/>
+        <v>1660</v>
+      </c>
+      <c r="E622" s="1"/>
+      <c r="F622" s="1" t="s">
+        <v>1816</v>
+      </c>
       <c r="G622" s="1" t="s">
-        <v>1842</v>
+        <v>1817</v>
       </c>
       <c r="H622" s="1" t="s">
-        <v>1845</v>
+        <v>1821</v>
       </c>
       <c r="I622" s="1" t="s">
-        <v>143</v>
+        <v>461</v>
       </c>
       <c r="J622" s="1" t="s">
-        <v>144</v>
+        <v>762</v>
       </c>
       <c r="K622" s="1" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="L622" s="1"/>
+        <v>38</v>
+      </c>
+      <c r="L622" s="1">
+        <v>9789087221898</v>
+      </c>
       <c r="M622" s="1">
-        <v>493</v>
+        <v>366</v>
       </c>
       <c r="N622" s="1" t="s">
-        <v>428</v>
+        <v>473</v>
       </c>
       <c r="O622" s="1" t="s">
-        <v>429</v>
-[...1 lines deleted...]
-      <c r="P622" s="1"/>
+        <v>1681</v>
+      </c>
+      <c r="P622" s="1" t="s">
+        <v>1819</v>
+      </c>
       <c r="Q622" s="1"/>
       <c r="R622" s="1" t="s">
-        <v>1844</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="623" spans="1:18">
       <c r="A623" s="1" t="s">
-        <v>1846</v>
+        <v>1814</v>
       </c>
       <c r="B623" s="1" t="s">
-        <v>1847</v>
-[...2 lines deleted...]
-      <c r="D623" s="1"/>
+        <v>1815</v>
+      </c>
+      <c r="C623" s="1" t="s">
+        <v>847</v>
+      </c>
+      <c r="D623" s="1" t="s">
+        <v>1660</v>
+      </c>
       <c r="E623" s="1"/>
       <c r="F623" s="1" t="s">
-        <v>1848</v>
+        <v>1816</v>
       </c>
       <c r="G623" s="1" t="s">
-        <v>1849</v>
+        <v>1817</v>
       </c>
       <c r="H623" s="1" t="s">
-        <v>1850</v>
+        <v>1822</v>
       </c>
       <c r="I623" s="1" t="s">
-        <v>143</v>
+        <v>464</v>
       </c>
       <c r="J623" s="1" t="s">
-        <v>144</v>
+        <v>766</v>
       </c>
       <c r="K623" s="1" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="L623" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="L623" s="1">
+        <v>9789087221904</v>
+      </c>
       <c r="M623" s="1">
-        <v>261</v>
-[...3 lines deleted...]
-      <c r="P623" s="1"/>
+        <v>366</v>
+      </c>
+      <c r="N623" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="O623" s="1" t="s">
+        <v>1681</v>
+      </c>
+      <c r="P623" s="1" t="s">
+        <v>1819</v>
+      </c>
       <c r="Q623" s="1"/>
       <c r="R623" s="1" t="s">
-        <v>1851</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="624" spans="1:18">
       <c r="A624" s="1" t="s">
-        <v>1852</v>
+        <v>1823</v>
       </c>
       <c r="B624" s="1" t="s">
-        <v>1853</v>
-[...6 lines deleted...]
-      </c>
+        <v>1824</v>
+      </c>
+      <c r="C624" s="1"/>
+      <c r="D624" s="1"/>
       <c r="E624" s="1" t="s">
-        <v>1854</v>
+        <v>1825</v>
       </c>
       <c r="F624" s="1"/>
       <c r="G624" s="1" t="s">
-        <v>1855</v>
+        <v>1817</v>
       </c>
       <c r="H624" s="1" t="s">
-        <v>1856</v>
+        <v>1826</v>
       </c>
       <c r="I624" s="1" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="J624" s="1" t="s">
-        <v>144</v>
+        <v>165</v>
       </c>
       <c r="K624" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L624" s="1"/>
-      <c r="M624" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="M624" s="1"/>
       <c r="N624" s="1"/>
       <c r="O624" s="1"/>
       <c r="P624" s="1"/>
       <c r="Q624" s="1"/>
       <c r="R624" s="1" t="s">
-        <v>1857</v>
+        <v>1827</v>
       </c>
     </row>
     <row r="625" spans="1:18">
       <c r="A625" s="1" t="s">
-        <v>1858</v>
+        <v>1828</v>
       </c>
       <c r="B625" s="1" t="s">
-        <v>1859</v>
+        <v>1829</v>
       </c>
       <c r="C625" s="1"/>
       <c r="D625" s="1"/>
       <c r="E625" s="1"/>
       <c r="F625" s="1" t="s">
-        <v>1860</v>
+        <v>1830</v>
       </c>
       <c r="G625" s="1" t="s">
-        <v>1861</v>
+        <v>1831</v>
       </c>
       <c r="H625" s="1" t="s">
-        <v>1862</v>
+        <v>1832</v>
       </c>
       <c r="I625" s="1" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="J625" s="1" t="s">
-        <v>144</v>
+        <v>165</v>
       </c>
       <c r="K625" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L625" s="1"/>
       <c r="M625" s="1">
-        <v>375</v>
+        <v>389</v>
       </c>
       <c r="N625" s="1"/>
       <c r="O625" s="1"/>
       <c r="P625" s="1"/>
       <c r="Q625" s="1"/>
       <c r="R625" s="1" t="s">
-        <v>1863</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="626" spans="1:18">
       <c r="A626" s="1" t="s">
-        <v>1864</v>
+        <v>1834</v>
       </c>
       <c r="B626" s="1" t="s">
-        <v>1865</v>
-[...6 lines deleted...]
-      <c r="F626" s="1"/>
+        <v>1835</v>
+      </c>
+      <c r="C626" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="D626" s="1" t="s">
+        <v>1322</v>
+      </c>
+      <c r="E626" s="1"/>
+      <c r="F626" s="1" t="s">
+        <v>1836</v>
+      </c>
       <c r="G626" s="1" t="s">
-        <v>1861</v>
+        <v>1831</v>
       </c>
       <c r="H626" s="1" t="s">
-        <v>1867</v>
+        <v>1837</v>
       </c>
       <c r="I626" s="1" t="s">
-        <v>73</v>
+        <v>164</v>
       </c>
       <c r="J626" s="1" t="s">
-        <v>213</v>
+        <v>165</v>
       </c>
       <c r="K626" s="1" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="L626" s="1"/>
       <c r="M626" s="1">
-        <v>378</v>
+        <v>425</v>
       </c>
       <c r="N626" s="1" t="s">
-        <v>472</v>
+        <v>1316</v>
       </c>
       <c r="O626" s="1" t="s">
-        <v>1868</v>
+        <v>602</v>
       </c>
       <c r="P626" s="1"/>
       <c r="Q626" s="1"/>
       <c r="R626" s="1" t="s">
-        <v>1869</v>
+        <v>1838</v>
       </c>
     </row>
     <row r="627" spans="1:18">
       <c r="A627" s="1" t="s">
-        <v>1864</v>
+        <v>1839</v>
       </c>
       <c r="B627" s="1" t="s">
-        <v>1865</v>
-[...6 lines deleted...]
-      <c r="F627" s="1"/>
+        <v>1840</v>
+      </c>
+      <c r="C627" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="D627" s="1" t="s">
+        <v>1295</v>
+      </c>
+      <c r="E627" s="1"/>
+      <c r="F627" s="1" t="s">
+        <v>1841</v>
+      </c>
       <c r="G627" s="1" t="s">
-        <v>1861</v>
+        <v>1831</v>
       </c>
       <c r="H627" s="1" t="s">
-        <v>1870</v>
+        <v>1842</v>
       </c>
       <c r="I627" s="1" t="s">
-        <v>99</v>
+        <v>164</v>
       </c>
       <c r="J627" s="1" t="s">
-        <v>222</v>
+        <v>165</v>
       </c>
       <c r="K627" s="1" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="L627" s="1"/>
       <c r="M627" s="1">
-        <v>378</v>
+        <v>319</v>
       </c>
       <c r="N627" s="1" t="s">
-        <v>472</v>
+        <v>1316</v>
       </c>
       <c r="O627" s="1" t="s">
-        <v>1868</v>
+        <v>602</v>
       </c>
       <c r="P627" s="1"/>
       <c r="Q627" s="1"/>
       <c r="R627" s="1" t="s">
-        <v>1869</v>
+        <v>1843</v>
       </c>
     </row>
     <row r="628" spans="1:18">
       <c r="A628" s="1" t="s">
-        <v>1871</v>
+        <v>1844</v>
       </c>
       <c r="B628" s="1" t="s">
-        <v>1872</v>
-[...6 lines deleted...]
-      </c>
+        <v>1845</v>
+      </c>
+      <c r="C628" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D628" s="1" t="s">
+        <v>1846</v>
+      </c>
+      <c r="E628" s="1" t="s">
+        <v>1847</v>
+      </c>
+      <c r="F628" s="1"/>
       <c r="G628" s="1" t="s">
-        <v>1873</v>
+        <v>1831</v>
       </c>
       <c r="H628" s="1" t="s">
-        <v>1874</v>
+        <v>1848</v>
       </c>
       <c r="I628" s="1" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="J628" s="1" t="s">
-        <v>144</v>
+        <v>165</v>
       </c>
       <c r="K628" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L628" s="1"/>
       <c r="M628" s="1">
-        <v>961</v>
-[...2 lines deleted...]
-      <c r="O628" s="1"/>
+        <v>339</v>
+      </c>
+      <c r="N628" s="1" t="s">
+        <v>1499</v>
+      </c>
+      <c r="O628" s="1" t="s">
+        <v>861</v>
+      </c>
       <c r="P628" s="1"/>
       <c r="Q628" s="1"/>
       <c r="R628" s="1" t="s">
-        <v>1875</v>
+        <v>1849</v>
       </c>
     </row>
     <row r="629" spans="1:18">
       <c r="A629" s="1" t="s">
-        <v>1876</v>
+        <v>1844</v>
       </c>
       <c r="B629" s="1" t="s">
-        <v>1877</v>
-[...6 lines deleted...]
-      </c>
+        <v>1845</v>
+      </c>
+      <c r="C629" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D629" s="1" t="s">
+        <v>1846</v>
+      </c>
+      <c r="E629" s="1" t="s">
+        <v>1847</v>
+      </c>
+      <c r="F629" s="1"/>
       <c r="G629" s="1" t="s">
-        <v>1879</v>
+        <v>1831</v>
       </c>
       <c r="H629" s="1" t="s">
-        <v>1880</v>
+        <v>1850</v>
       </c>
       <c r="I629" s="1" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="J629" s="1" t="s">
-        <v>144</v>
+        <v>165</v>
       </c>
       <c r="K629" s="1" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="L629" s="1"/>
       <c r="M629" s="1">
-        <v>227</v>
-[...2 lines deleted...]
-      <c r="O629" s="1"/>
+        <v>338</v>
+      </c>
+      <c r="N629" s="1" t="s">
+        <v>1499</v>
+      </c>
+      <c r="O629" s="1" t="s">
+        <v>861</v>
+      </c>
       <c r="P629" s="1"/>
       <c r="Q629" s="1"/>
       <c r="R629" s="1" t="s">
-        <v>1881</v>
+        <v>1849</v>
       </c>
     </row>
     <row r="630" spans="1:18">
       <c r="A630" s="1" t="s">
-        <v>1882</v>
+        <v>1851</v>
       </c>
       <c r="B630" s="1" t="s">
-        <v>1883</v>
-[...10 lines deleted...]
-      </c>
+        <v>1852</v>
+      </c>
+      <c r="C630" s="1"/>
+      <c r="D630" s="1"/>
+      <c r="E630" s="1" t="s">
+        <v>1853</v>
+      </c>
+      <c r="F630" s="1"/>
       <c r="G630" s="1" t="s">
-        <v>1879</v>
+        <v>1854</v>
       </c>
       <c r="H630" s="1" t="s">
-        <v>1884</v>
+        <v>1855</v>
       </c>
       <c r="I630" s="1" t="s">
-        <v>143</v>
+        <v>42</v>
       </c>
       <c r="J630" s="1" t="s">
-        <v>144</v>
+        <v>534</v>
       </c>
       <c r="K630" s="1" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="L630" s="1"/>
-      <c r="M630" s="1"/>
+      <c r="M630" s="1">
+        <v>368</v>
+      </c>
       <c r="N630" s="1"/>
-      <c r="O630" s="1"/>
+      <c r="O630" s="1" t="s">
+        <v>450</v>
+      </c>
       <c r="P630" s="1"/>
       <c r="Q630" s="1"/>
       <c r="R630" s="1" t="s">
-        <v>1885</v>
+        <v>1856</v>
       </c>
     </row>
     <row r="631" spans="1:18">
       <c r="A631" s="1" t="s">
-        <v>1886</v>
+        <v>1851</v>
       </c>
       <c r="B631" s="1" t="s">
-        <v>1887</v>
-[...10 lines deleted...]
-      </c>
+        <v>1852</v>
+      </c>
+      <c r="C631" s="1"/>
+      <c r="D631" s="1"/>
+      <c r="E631" s="1" t="s">
+        <v>1853</v>
+      </c>
+      <c r="F631" s="1"/>
       <c r="G631" s="1" t="s">
-        <v>1888</v>
+        <v>1854</v>
       </c>
       <c r="H631" s="1" t="s">
-        <v>1889</v>
+        <v>1857</v>
       </c>
       <c r="I631" s="1" t="s">
-        <v>143</v>
+        <v>133</v>
       </c>
       <c r="J631" s="1" t="s">
-        <v>144</v>
+        <v>538</v>
       </c>
       <c r="K631" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L631" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="L631" s="1">
+        <v>9789087221850</v>
+      </c>
       <c r="M631" s="1">
-        <v>434</v>
-[...3 lines deleted...]
-      </c>
+        <v>368</v>
+      </c>
+      <c r="N631" s="1"/>
       <c r="O631" s="1" t="s">
-        <v>1890</v>
+        <v>450</v>
       </c>
       <c r="P631" s="1"/>
       <c r="Q631" s="1"/>
       <c r="R631" s="1" t="s">
-        <v>1891</v>
+        <v>1856</v>
       </c>
     </row>
     <row r="632" spans="1:18">
       <c r="A632" s="1" t="s">
-        <v>1892</v>
+        <v>1858</v>
       </c>
       <c r="B632" s="1" t="s">
-        <v>1893</v>
-[...2 lines deleted...]
-      <c r="D632" s="1"/>
+        <v>1859</v>
+      </c>
+      <c r="C632" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D632" s="1" t="s">
+        <v>1860</v>
+      </c>
       <c r="E632" s="1" t="s">
-        <v>1894</v>
+        <v>1861</v>
       </c>
       <c r="F632" s="1"/>
       <c r="G632" s="1" t="s">
-        <v>1888</v>
+        <v>1862</v>
       </c>
       <c r="H632" s="1" t="s">
-        <v>1895</v>
+        <v>1863</v>
       </c>
       <c r="I632" s="1" t="s">
-        <v>1896</v>
+        <v>164</v>
       </c>
       <c r="J632" s="1" t="s">
-        <v>1897</v>
+        <v>165</v>
       </c>
       <c r="K632" s="1" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L632" s="1"/>
       <c r="M632" s="1">
-        <v>288</v>
+        <v>472</v>
       </c>
       <c r="N632" s="1" t="s">
-        <v>428</v>
+        <v>449</v>
       </c>
       <c r="O632" s="1" t="s">
-        <v>1898</v>
-[...3 lines deleted...]
-      </c>
+        <v>450</v>
+      </c>
+      <c r="P632" s="1"/>
       <c r="Q632" s="1"/>
       <c r="R632" s="1" t="s">
-        <v>1900</v>
+        <v>1864</v>
       </c>
     </row>
     <row r="633" spans="1:18">
       <c r="A633" s="1" t="s">
-        <v>1892</v>
+        <v>1858</v>
       </c>
       <c r="B633" s="1" t="s">
-        <v>1893</v>
-[...2 lines deleted...]
-      <c r="D633" s="1"/>
+        <v>1859</v>
+      </c>
+      <c r="C633" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D633" s="1" t="s">
+        <v>1860</v>
+      </c>
       <c r="E633" s="1" t="s">
-        <v>1894</v>
+        <v>1861</v>
       </c>
       <c r="F633" s="1"/>
       <c r="G633" s="1" t="s">
-        <v>1888</v>
+        <v>1862</v>
       </c>
       <c r="H633" s="1" t="s">
-        <v>1901</v>
+        <v>1865</v>
       </c>
       <c r="I633" s="1" t="s">
-        <v>1902</v>
+        <v>164</v>
       </c>
       <c r="J633" s="1" t="s">
-        <v>801</v>
+        <v>165</v>
       </c>
       <c r="K633" s="1" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="L633" s="1"/>
       <c r="M633" s="1">
-        <v>288</v>
+        <v>493</v>
       </c>
       <c r="N633" s="1" t="s">
-        <v>428</v>
+        <v>449</v>
       </c>
       <c r="O633" s="1" t="s">
-        <v>1898</v>
-[...3 lines deleted...]
-      </c>
+        <v>450</v>
+      </c>
+      <c r="P633" s="1"/>
       <c r="Q633" s="1"/>
       <c r="R633" s="1" t="s">
-        <v>1900</v>
+        <v>1864</v>
       </c>
     </row>
     <row r="634" spans="1:18">
       <c r="A634" s="1" t="s">
-        <v>1903</v>
+        <v>1866</v>
       </c>
       <c r="B634" s="1" t="s">
-        <v>1904</v>
-[...10 lines deleted...]
-      <c r="F634" s="1"/>
+        <v>1867</v>
+      </c>
+      <c r="C634" s="1"/>
+      <c r="D634" s="1"/>
+      <c r="E634" s="1"/>
+      <c r="F634" s="1" t="s">
+        <v>1868</v>
+      </c>
       <c r="G634" s="1" t="s">
-        <v>1906</v>
+        <v>1869</v>
       </c>
       <c r="H634" s="1" t="s">
-        <v>1907</v>
+        <v>1870</v>
       </c>
       <c r="I634" s="1" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="J634" s="1" t="s">
-        <v>144</v>
+        <v>165</v>
       </c>
       <c r="K634" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L634" s="1"/>
       <c r="M634" s="1">
-        <v>415</v>
-[...6 lines deleted...]
-      </c>
+        <v>261</v>
+      </c>
+      <c r="N634" s="1"/>
+      <c r="O634" s="1"/>
       <c r="P634" s="1"/>
       <c r="Q634" s="1"/>
       <c r="R634" s="1" t="s">
-        <v>1908</v>
+        <v>1871</v>
       </c>
     </row>
     <row r="635" spans="1:18">
       <c r="A635" s="1" t="s">
-        <v>1903</v>
+        <v>1872</v>
       </c>
       <c r="B635" s="1" t="s">
-        <v>1904</v>
+        <v>1873</v>
       </c>
       <c r="C635" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D635" s="1" t="s">
-        <v>718</v>
+        <v>575</v>
       </c>
       <c r="E635" s="1" t="s">
-        <v>1905</v>
+        <v>1874</v>
       </c>
       <c r="F635" s="1"/>
       <c r="G635" s="1" t="s">
-        <v>1906</v>
+        <v>1875</v>
       </c>
       <c r="H635" s="1" t="s">
-        <v>1909</v>
+        <v>1876</v>
       </c>
       <c r="I635" s="1" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="J635" s="1" t="s">
-        <v>144</v>
+        <v>165</v>
       </c>
       <c r="K635" s="1" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="L635" s="1"/>
       <c r="M635" s="1">
-        <v>396</v>
-[...6 lines deleted...]
-      </c>
+        <v>1151</v>
+      </c>
+      <c r="N635" s="1"/>
+      <c r="O635" s="1"/>
       <c r="P635" s="1"/>
       <c r="Q635" s="1"/>
       <c r="R635" s="1" t="s">
-        <v>1908</v>
+        <v>1877</v>
       </c>
     </row>
     <row r="636" spans="1:18">
       <c r="A636" s="1" t="s">
-        <v>1910</v>
+        <v>1878</v>
       </c>
       <c r="B636" s="1" t="s">
-        <v>1911</v>
-[...6 lines deleted...]
-      </c>
+        <v>1879</v>
+      </c>
+      <c r="C636" s="1"/>
+      <c r="D636" s="1"/>
       <c r="E636" s="1" t="s">
-        <v>1912</v>
+        <v>1880</v>
       </c>
       <c r="F636" s="1"/>
       <c r="G636" s="1" t="s">
-        <v>1913</v>
+        <v>1881</v>
       </c>
       <c r="H636" s="1" t="s">
-        <v>1914</v>
+        <v>1882</v>
       </c>
       <c r="I636" s="1" t="s">
-        <v>143</v>
+        <v>117</v>
       </c>
       <c r="J636" s="1" t="s">
-        <v>144</v>
+        <v>24</v>
       </c>
       <c r="K636" s="1" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="L636" s="1"/>
       <c r="M636" s="1">
-        <v>357</v>
+        <v>378</v>
       </c>
       <c r="N636" s="1" t="s">
-        <v>1915</v>
+        <v>493</v>
       </c>
       <c r="O636" s="1" t="s">
-        <v>1916</v>
+        <v>1883</v>
       </c>
       <c r="P636" s="1"/>
       <c r="Q636" s="1"/>
       <c r="R636" s="1" t="s">
-        <v>1917</v>
+        <v>1884</v>
       </c>
     </row>
     <row r="637" spans="1:18">
       <c r="A637" s="1" t="s">
-        <v>1910</v>
+        <v>1878</v>
       </c>
       <c r="B637" s="1" t="s">
-        <v>1911</v>
-[...6 lines deleted...]
-      </c>
+        <v>1879</v>
+      </c>
+      <c r="C637" s="1"/>
+      <c r="D637" s="1"/>
       <c r="E637" s="1" t="s">
-        <v>1912</v>
+        <v>1880</v>
       </c>
       <c r="F637" s="1"/>
       <c r="G637" s="1" t="s">
-        <v>1913</v>
+        <v>1881</v>
       </c>
       <c r="H637" s="1" t="s">
-        <v>1918</v>
+        <v>1885</v>
       </c>
       <c r="I637" s="1" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="J637" s="1" t="s">
-        <v>144</v>
+        <v>237</v>
       </c>
       <c r="K637" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L637" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="L637" s="1">
+        <v>9789087221584</v>
+      </c>
       <c r="M637" s="1">
-        <v>356</v>
+        <v>378</v>
       </c>
       <c r="N637" s="1" t="s">
-        <v>1915</v>
+        <v>493</v>
       </c>
       <c r="O637" s="1" t="s">
-        <v>1916</v>
+        <v>1883</v>
       </c>
       <c r="P637" s="1"/>
       <c r="Q637" s="1"/>
       <c r="R637" s="1" t="s">
-        <v>1917</v>
+        <v>1884</v>
       </c>
     </row>
     <row r="638" spans="1:18">
       <c r="A638" s="1" t="s">
-        <v>1919</v>
+        <v>1886</v>
       </c>
       <c r="B638" s="1" t="s">
-        <v>1920</v>
+        <v>1887</v>
       </c>
       <c r="C638" s="1"/>
       <c r="D638" s="1"/>
       <c r="E638" s="1"/>
       <c r="F638" s="1" t="s">
-        <v>1921</v>
+        <v>1888</v>
       </c>
       <c r="G638" s="1" t="s">
-        <v>1922</v>
+        <v>1881</v>
       </c>
       <c r="H638" s="1" t="s">
-        <v>1923</v>
+        <v>1889</v>
       </c>
       <c r="I638" s="1" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="J638" s="1" t="s">
-        <v>144</v>
+        <v>165</v>
       </c>
       <c r="K638" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L638" s="1"/>
       <c r="M638" s="1">
-        <v>797</v>
+        <v>375</v>
       </c>
       <c r="N638" s="1"/>
       <c r="O638" s="1"/>
       <c r="P638" s="1"/>
       <c r="Q638" s="1"/>
       <c r="R638" s="1" t="s">
-        <v>1924</v>
+        <v>1890</v>
       </c>
     </row>
     <row r="639" spans="1:18">
       <c r="A639" s="1" t="s">
-        <v>1925</v>
+        <v>1891</v>
       </c>
       <c r="B639" s="1" t="s">
-        <v>1926</v>
+        <v>1892</v>
       </c>
       <c r="C639" s="1"/>
       <c r="D639" s="1"/>
       <c r="E639" s="1"/>
       <c r="F639" s="1" t="s">
-        <v>1927</v>
+        <v>1709</v>
       </c>
       <c r="G639" s="1" t="s">
-        <v>1928</v>
+        <v>1893</v>
       </c>
       <c r="H639" s="1" t="s">
-        <v>1929</v>
+        <v>1894</v>
       </c>
       <c r="I639" s="1" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="J639" s="1" t="s">
-        <v>144</v>
+        <v>165</v>
       </c>
       <c r="K639" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L639" s="1"/>
-      <c r="M639" s="1"/>
+      <c r="M639" s="1">
+        <v>961</v>
+      </c>
       <c r="N639" s="1"/>
       <c r="O639" s="1"/>
-      <c r="P639" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P639" s="1"/>
       <c r="Q639" s="1"/>
       <c r="R639" s="1" t="s">
-        <v>1931</v>
+        <v>1895</v>
       </c>
     </row>
     <row r="640" spans="1:18">
       <c r="A640" s="1" t="s">
-        <v>1932</v>
+        <v>1896</v>
       </c>
       <c r="B640" s="1" t="s">
-        <v>1933</v>
-[...3 lines deleted...]
-      </c>
+        <v>1897</v>
+      </c>
+      <c r="C640" s="1"/>
       <c r="D640" s="1"/>
       <c r="E640" s="1"/>
       <c r="F640" s="1" t="s">
-        <v>1934</v>
+        <v>1898</v>
       </c>
       <c r="G640" s="1" t="s">
-        <v>1928</v>
+        <v>1899</v>
       </c>
       <c r="H640" s="1" t="s">
-        <v>1935</v>
+        <v>1900</v>
       </c>
       <c r="I640" s="1" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="J640" s="1" t="s">
-        <v>144</v>
+        <v>165</v>
       </c>
       <c r="K640" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L640" s="1"/>
       <c r="M640" s="1">
-        <v>581</v>
+        <v>227</v>
       </c>
       <c r="N640" s="1"/>
       <c r="O640" s="1"/>
       <c r="P640" s="1"/>
       <c r="Q640" s="1"/>
       <c r="R640" s="1" t="s">
-        <v>1936</v>
+        <v>1901</v>
       </c>
     </row>
     <row r="641" spans="1:18">
       <c r="A641" s="1" t="s">
-        <v>1937</v>
+        <v>1902</v>
       </c>
       <c r="B641" s="1" t="s">
-        <v>1938</v>
-[...2 lines deleted...]
-      <c r="D641" s="1"/>
+        <v>1903</v>
+      </c>
+      <c r="C641" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="D641" s="1" t="s">
+        <v>1390</v>
+      </c>
       <c r="E641" s="1"/>
       <c r="F641" s="1" t="s">
-        <v>1939</v>
+        <v>76</v>
       </c>
       <c r="G641" s="1" t="s">
-        <v>1940</v>
+        <v>1899</v>
       </c>
       <c r="H641" s="1" t="s">
-        <v>1941</v>
+        <v>1904</v>
       </c>
       <c r="I641" s="1" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="J641" s="1" t="s">
-        <v>144</v>
+        <v>165</v>
       </c>
       <c r="K641" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L641" s="1"/>
-      <c r="M641" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="M641" s="1"/>
       <c r="N641" s="1"/>
       <c r="O641" s="1"/>
       <c r="P641" s="1"/>
       <c r="Q641" s="1"/>
       <c r="R641" s="1" t="s">
-        <v>1942</v>
+        <v>1905</v>
       </c>
     </row>
     <row r="642" spans="1:18">
       <c r="A642" s="1" t="s">
-        <v>1943</v>
+        <v>1906</v>
       </c>
       <c r="B642" s="1" t="s">
-        <v>1944</v>
-[...6 lines deleted...]
-      <c r="F642" s="1"/>
+        <v>1907</v>
+      </c>
+      <c r="C642" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D642" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="E642" s="1"/>
+      <c r="F642" s="1" t="s">
+        <v>1042</v>
+      </c>
       <c r="G642" s="1" t="s">
-        <v>1940</v>
+        <v>1908</v>
       </c>
       <c r="H642" s="1" t="s">
-        <v>1946</v>
+        <v>1909</v>
       </c>
       <c r="I642" s="1" t="s">
-        <v>1947</v>
+        <v>164</v>
       </c>
       <c r="J642" s="1" t="s">
-        <v>1897</v>
+        <v>165</v>
       </c>
       <c r="K642" s="1" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="L642" s="1"/>
       <c r="M642" s="1">
-        <v>228</v>
+        <v>434</v>
       </c>
       <c r="N642" s="1" t="s">
-        <v>501</v>
+        <v>812</v>
       </c>
       <c r="O642" s="1" t="s">
-        <v>1948</v>
+        <v>1910</v>
       </c>
       <c r="P642" s="1"/>
       <c r="Q642" s="1"/>
       <c r="R642" s="1" t="s">
-        <v>1949</v>
+        <v>1911</v>
       </c>
     </row>
     <row r="643" spans="1:18">
       <c r="A643" s="1" t="s">
-        <v>1950</v>
+        <v>1912</v>
       </c>
       <c r="B643" s="1" t="s">
-        <v>1951</v>
+        <v>1913</v>
       </c>
       <c r="C643" s="1"/>
       <c r="D643" s="1"/>
-      <c r="E643" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="E643" s="1" t="s">
+        <v>1914</v>
+      </c>
+      <c r="F643" s="1"/>
       <c r="G643" s="1" t="s">
-        <v>1953</v>
+        <v>1908</v>
       </c>
       <c r="H643" s="1" t="s">
-        <v>1954</v>
+        <v>1915</v>
       </c>
       <c r="I643" s="1" t="s">
-        <v>526</v>
+        <v>1916</v>
       </c>
       <c r="J643" s="1" t="s">
-        <v>1246</v>
+        <v>1917</v>
       </c>
       <c r="K643" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L643" s="1"/>
+        <v>38</v>
+      </c>
+      <c r="L643" s="1">
+        <v>9789087221294</v>
+      </c>
       <c r="M643" s="1">
-        <v>802</v>
+        <v>288</v>
       </c>
       <c r="N643" s="1" t="s">
-        <v>1571</v>
+        <v>449</v>
       </c>
       <c r="O643" s="1" t="s">
-        <v>1955</v>
+        <v>1918</v>
       </c>
       <c r="P643" s="1" t="s">
-        <v>1956</v>
+        <v>1919</v>
       </c>
       <c r="Q643" s="1"/>
       <c r="R643" s="1" t="s">
-        <v>1957</v>
+        <v>1920</v>
       </c>
     </row>
     <row r="644" spans="1:18">
       <c r="A644" s="1" t="s">
-        <v>1958</v>
+        <v>1912</v>
       </c>
       <c r="B644" s="1" t="s">
-        <v>1959</v>
+        <v>1913</v>
       </c>
       <c r="C644" s="1"/>
       <c r="D644" s="1"/>
       <c r="E644" s="1" t="s">
-        <v>1960</v>
+        <v>1914</v>
       </c>
       <c r="F644" s="1"/>
       <c r="G644" s="1" t="s">
-        <v>1953</v>
+        <v>1908</v>
       </c>
       <c r="H644" s="1" t="s">
-        <v>1961</v>
+        <v>1921</v>
       </c>
       <c r="I644" s="1" t="s">
-        <v>499</v>
+        <v>1922</v>
       </c>
       <c r="J644" s="1" t="s">
-        <v>1962</v>
+        <v>821</v>
       </c>
       <c r="K644" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L644" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="L644" s="1">
+        <v>9789087221300</v>
+      </c>
       <c r="M644" s="1">
-        <v>456</v>
+        <v>288</v>
       </c>
       <c r="N644" s="1" t="s">
-        <v>428</v>
+        <v>449</v>
       </c>
       <c r="O644" s="1" t="s">
-        <v>1898</v>
-[...1 lines deleted...]
-      <c r="P644" s="1"/>
+        <v>1918</v>
+      </c>
+      <c r="P644" s="1" t="s">
+        <v>1919</v>
+      </c>
       <c r="Q644" s="1"/>
       <c r="R644" s="1" t="s">
-        <v>1963</v>
+        <v>1920</v>
       </c>
     </row>
     <row r="645" spans="1:18">
       <c r="A645" s="1" t="s">
-        <v>1958</v>
+        <v>1923</v>
       </c>
       <c r="B645" s="1" t="s">
-        <v>1959</v>
-[...2 lines deleted...]
-      <c r="D645" s="1"/>
+        <v>1924</v>
+      </c>
+      <c r="C645" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D645" s="1" t="s">
+        <v>738</v>
+      </c>
       <c r="E645" s="1" t="s">
-        <v>1960</v>
+        <v>1925</v>
       </c>
       <c r="F645" s="1"/>
       <c r="G645" s="1" t="s">
-        <v>1953</v>
+        <v>1926</v>
       </c>
       <c r="H645" s="1" t="s">
-        <v>1964</v>
+        <v>1927</v>
       </c>
       <c r="I645" s="1" t="s">
-        <v>499</v>
+        <v>164</v>
       </c>
       <c r="J645" s="1" t="s">
-        <v>1962</v>
+        <v>165</v>
       </c>
       <c r="K645" s="1" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="L645" s="1"/>
       <c r="M645" s="1">
-        <v>456</v>
+        <v>415</v>
       </c>
       <c r="N645" s="1" t="s">
-        <v>428</v>
+        <v>493</v>
       </c>
       <c r="O645" s="1" t="s">
-        <v>1898</v>
+        <v>1910</v>
       </c>
       <c r="P645" s="1"/>
       <c r="Q645" s="1"/>
       <c r="R645" s="1" t="s">
-        <v>1963</v>
+        <v>1928</v>
       </c>
     </row>
     <row r="646" spans="1:18">
       <c r="A646" s="1" t="s">
-        <v>1950</v>
+        <v>1923</v>
       </c>
       <c r="B646" s="1" t="s">
-        <v>1951</v>
-[...6 lines deleted...]
-      </c>
+        <v>1924</v>
+      </c>
+      <c r="C646" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D646" s="1" t="s">
+        <v>738</v>
+      </c>
+      <c r="E646" s="1" t="s">
+        <v>1925</v>
+      </c>
+      <c r="F646" s="1"/>
       <c r="G646" s="1" t="s">
-        <v>1953</v>
+        <v>1926</v>
       </c>
       <c r="H646" s="1" t="s">
-        <v>1965</v>
+        <v>1929</v>
       </c>
       <c r="I646" s="1" t="s">
-        <v>526</v>
+        <v>164</v>
       </c>
       <c r="J646" s="1" t="s">
-        <v>1246</v>
+        <v>165</v>
       </c>
       <c r="K646" s="1" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L646" s="1"/>
       <c r="M646" s="1">
-        <v>802</v>
+        <v>396</v>
       </c>
       <c r="N646" s="1" t="s">
-        <v>1571</v>
+        <v>493</v>
       </c>
       <c r="O646" s="1" t="s">
-        <v>1955</v>
-[...3 lines deleted...]
-      </c>
+        <v>1910</v>
+      </c>
+      <c r="P646" s="1"/>
       <c r="Q646" s="1"/>
       <c r="R646" s="1" t="s">
-        <v>1957</v>
+        <v>1928</v>
       </c>
     </row>
     <row r="647" spans="1:18">
       <c r="A647" s="1" t="s">
-        <v>1958</v>
+        <v>1930</v>
       </c>
       <c r="B647" s="1" t="s">
-        <v>1959</v>
-[...2 lines deleted...]
-      <c r="D647" s="1"/>
+        <v>1931</v>
+      </c>
+      <c r="C647" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D647" s="1" t="s">
+        <v>744</v>
+      </c>
       <c r="E647" s="1" t="s">
-        <v>1960</v>
+        <v>1932</v>
       </c>
       <c r="F647" s="1"/>
       <c r="G647" s="1" t="s">
-        <v>1953</v>
+        <v>1933</v>
       </c>
       <c r="H647" s="1" t="s">
-        <v>1966</v>
+        <v>1934</v>
       </c>
       <c r="I647" s="1" t="s">
-        <v>505</v>
+        <v>164</v>
       </c>
       <c r="J647" s="1" t="s">
-        <v>1967</v>
+        <v>165</v>
       </c>
       <c r="K647" s="1" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="L647" s="1"/>
       <c r="M647" s="1">
-        <v>456</v>
+        <v>357</v>
       </c>
       <c r="N647" s="1" t="s">
-        <v>428</v>
+        <v>1935</v>
       </c>
       <c r="O647" s="1" t="s">
-        <v>1898</v>
+        <v>1936</v>
       </c>
       <c r="P647" s="1"/>
       <c r="Q647" s="1"/>
       <c r="R647" s="1" t="s">
-        <v>1963</v>
+        <v>1937</v>
       </c>
     </row>
     <row r="648" spans="1:18">
       <c r="A648" s="1" t="s">
-        <v>1950</v>
+        <v>1930</v>
       </c>
       <c r="B648" s="1" t="s">
-        <v>1951</v>
-[...6 lines deleted...]
-      </c>
+        <v>1931</v>
+      </c>
+      <c r="C648" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D648" s="1" t="s">
+        <v>744</v>
+      </c>
+      <c r="E648" s="1" t="s">
+        <v>1932</v>
+      </c>
+      <c r="F648" s="1"/>
       <c r="G648" s="1" t="s">
-        <v>1953</v>
+        <v>1933</v>
       </c>
       <c r="H648" s="1" t="s">
-        <v>1968</v>
+        <v>1938</v>
       </c>
       <c r="I648" s="1" t="s">
-        <v>531</v>
+        <v>164</v>
       </c>
       <c r="J648" s="1" t="s">
-        <v>1240</v>
+        <v>165</v>
       </c>
       <c r="K648" s="1" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L648" s="1"/>
       <c r="M648" s="1">
-        <v>802</v>
+        <v>356</v>
       </c>
       <c r="N648" s="1" t="s">
-        <v>1571</v>
+        <v>1935</v>
       </c>
       <c r="O648" s="1" t="s">
-        <v>1955</v>
-[...3 lines deleted...]
-      </c>
+        <v>1936</v>
+      </c>
+      <c r="P648" s="1"/>
       <c r="Q648" s="1"/>
       <c r="R648" s="1" t="s">
-        <v>1957</v>
+        <v>1937</v>
       </c>
     </row>
     <row r="649" spans="1:18">
       <c r="A649" s="1" t="s">
-        <v>1969</v>
+        <v>1939</v>
       </c>
       <c r="B649" s="1" t="s">
-        <v>1970</v>
+        <v>1940</v>
       </c>
       <c r="C649" s="1"/>
       <c r="D649" s="1"/>
-      <c r="E649" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F649" s="1"/>
+      <c r="E649" s="1"/>
+      <c r="F649" s="1" t="s">
+        <v>1941</v>
+      </c>
       <c r="G649" s="1" t="s">
-        <v>1972</v>
+        <v>1942</v>
       </c>
       <c r="H649" s="1" t="s">
-        <v>1973</v>
+        <v>1943</v>
       </c>
       <c r="I649" s="1" t="s">
-        <v>121</v>
+        <v>164</v>
       </c>
       <c r="J649" s="1" t="s">
-        <v>427</v>
+        <v>165</v>
       </c>
       <c r="K649" s="1" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="L649" s="1"/>
       <c r="M649" s="1">
-        <v>498</v>
-[...6 lines deleted...]
-      </c>
+        <v>797</v>
+      </c>
+      <c r="N649" s="1"/>
+      <c r="O649" s="1"/>
       <c r="P649" s="1"/>
       <c r="Q649" s="1"/>
       <c r="R649" s="1" t="s">
-        <v>1974</v>
+        <v>1944</v>
       </c>
     </row>
     <row r="650" spans="1:18">
       <c r="A650" s="1" t="s">
-        <v>1975</v>
+        <v>1945</v>
       </c>
       <c r="B650" s="1" t="s">
-        <v>1976</v>
+        <v>1946</v>
       </c>
       <c r="C650" s="1"/>
       <c r="D650" s="1"/>
-      <c r="E650" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F650" s="1"/>
+      <c r="E650" s="1"/>
+      <c r="F650" s="1" t="s">
+        <v>1947</v>
+      </c>
       <c r="G650" s="1" t="s">
-        <v>1978</v>
+        <v>1948</v>
       </c>
       <c r="H650" s="1" t="s">
-        <v>1979</v>
+        <v>1949</v>
       </c>
       <c r="I650" s="1" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="J650" s="1" t="s">
-        <v>144</v>
+        <v>165</v>
       </c>
       <c r="K650" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L650" s="1"/>
-      <c r="M650" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="M650" s="1"/>
       <c r="N650" s="1"/>
       <c r="O650" s="1"/>
-      <c r="P650" s="1"/>
+      <c r="P650" s="1" t="s">
+        <v>1950</v>
+      </c>
       <c r="Q650" s="1"/>
       <c r="R650" s="1" t="s">
-        <v>1980</v>
+        <v>1951</v>
       </c>
     </row>
     <row r="651" spans="1:18">
       <c r="A651" s="1" t="s">
-        <v>1981</v>
+        <v>1952</v>
       </c>
       <c r="B651" s="1" t="s">
-        <v>1982</v>
-[...1 lines deleted...]
-      <c r="C651" s="1"/>
+        <v>1953</v>
+      </c>
+      <c r="C651" s="1" t="s">
+        <v>266</v>
+      </c>
       <c r="D651" s="1"/>
-      <c r="E651" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F651" s="1"/>
+      <c r="E651" s="1"/>
+      <c r="F651" s="1" t="s">
+        <v>1954</v>
+      </c>
       <c r="G651" s="1" t="s">
-        <v>1984</v>
+        <v>1948</v>
       </c>
       <c r="H651" s="1" t="s">
-        <v>1985</v>
+        <v>1955</v>
       </c>
       <c r="I651" s="1" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="J651" s="1" t="s">
-        <v>144</v>
+        <v>165</v>
       </c>
       <c r="K651" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L651" s="1"/>
       <c r="M651" s="1">
-        <v>281</v>
+        <v>581</v>
       </c>
       <c r="N651" s="1"/>
       <c r="O651" s="1"/>
       <c r="P651" s="1"/>
       <c r="Q651" s="1"/>
       <c r="R651" s="1" t="s">
-        <v>1986</v>
+        <v>1956</v>
       </c>
     </row>
     <row r="652" spans="1:18">
       <c r="A652" s="1" t="s">
-        <v>1987</v>
+        <v>1957</v>
       </c>
       <c r="B652" s="1" t="s">
-        <v>1988</v>
-[...10 lines deleted...]
-      <c r="F652" s="1"/>
+        <v>1958</v>
+      </c>
+      <c r="C652" s="1"/>
+      <c r="D652" s="1"/>
+      <c r="E652" s="1"/>
+      <c r="F652" s="1" t="s">
+        <v>1959</v>
+      </c>
       <c r="G652" s="1" t="s">
-        <v>1984</v>
+        <v>1960</v>
       </c>
       <c r="H652" s="1" t="s">
-        <v>1990</v>
+        <v>1961</v>
       </c>
       <c r="I652" s="1" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="J652" s="1" t="s">
-        <v>144</v>
+        <v>165</v>
       </c>
       <c r="K652" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L652" s="1"/>
       <c r="M652" s="1">
-        <v>925</v>
+        <v>385</v>
       </c>
       <c r="N652" s="1"/>
       <c r="O652" s="1"/>
-      <c r="P652" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P652" s="1"/>
       <c r="Q652" s="1"/>
       <c r="R652" s="1" t="s">
-        <v>1992</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="653" spans="1:18">
       <c r="A653" s="1" t="s">
-        <v>1993</v>
+        <v>1963</v>
       </c>
       <c r="B653" s="1" t="s">
-        <v>1994</v>
+        <v>1964</v>
       </c>
       <c r="C653" s="1"/>
       <c r="D653" s="1"/>
-      <c r="E653" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="E653" s="1" t="s">
+        <v>1965</v>
+      </c>
+      <c r="F653" s="1"/>
       <c r="G653" s="1" t="s">
-        <v>1996</v>
+        <v>1960</v>
       </c>
       <c r="H653" s="1" t="s">
-        <v>1997</v>
+        <v>1966</v>
       </c>
       <c r="I653" s="1" t="s">
-        <v>143</v>
+        <v>1967</v>
       </c>
       <c r="J653" s="1" t="s">
-        <v>144</v>
+        <v>1917</v>
       </c>
       <c r="K653" s="1" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="L653" s="1"/>
       <c r="M653" s="1">
-        <v>425</v>
-[...2 lines deleted...]
-      <c r="O653" s="1"/>
+        <v>228</v>
+      </c>
+      <c r="N653" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="O653" s="1" t="s">
+        <v>1968</v>
+      </c>
       <c r="P653" s="1"/>
       <c r="Q653" s="1"/>
       <c r="R653" s="1" t="s">
-        <v>1998</v>
+        <v>1969</v>
       </c>
     </row>
     <row r="654" spans="1:18">
       <c r="A654" s="1" t="s">
-        <v>1999</v>
+        <v>1970</v>
       </c>
       <c r="B654" s="1" t="s">
-        <v>2000</v>
-[...10 lines deleted...]
-      <c r="F654" s="1"/>
+        <v>1971</v>
+      </c>
+      <c r="C654" s="1"/>
+      <c r="D654" s="1"/>
+      <c r="E654" s="1"/>
+      <c r="F654" s="1" t="s">
+        <v>1972</v>
+      </c>
       <c r="G654" s="1" t="s">
-        <v>2002</v>
+        <v>1973</v>
       </c>
       <c r="H654" s="1" t="s">
-        <v>2003</v>
+        <v>1974</v>
       </c>
       <c r="I654" s="1" t="s">
-        <v>143</v>
+        <v>546</v>
       </c>
       <c r="J654" s="1" t="s">
-        <v>144</v>
+        <v>1266</v>
       </c>
       <c r="K654" s="1" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="L654" s="1"/>
       <c r="M654" s="1">
-        <v>600</v>
+        <v>802</v>
       </c>
       <c r="N654" s="1" t="s">
-        <v>1479</v>
+        <v>1591</v>
       </c>
       <c r="O654" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="P654" s="1"/>
+        <v>1975</v>
+      </c>
+      <c r="P654" s="1" t="s">
+        <v>1976</v>
+      </c>
       <c r="Q654" s="1"/>
       <c r="R654" s="1" t="s">
-        <v>2004</v>
+        <v>1977</v>
       </c>
     </row>
     <row r="655" spans="1:18">
       <c r="A655" s="1" t="s">
-        <v>2005</v>
+        <v>1978</v>
       </c>
       <c r="B655" s="1" t="s">
-        <v>2006</v>
-[...6 lines deleted...]
-      </c>
+        <v>1979</v>
+      </c>
+      <c r="C655" s="1"/>
+      <c r="D655" s="1"/>
       <c r="E655" s="1" t="s">
-        <v>871</v>
+        <v>1980</v>
       </c>
       <c r="F655" s="1"/>
       <c r="G655" s="1" t="s">
-        <v>2007</v>
+        <v>1973</v>
       </c>
       <c r="H655" s="1" t="s">
-        <v>2008</v>
+        <v>1981</v>
       </c>
       <c r="I655" s="1" t="s">
-        <v>143</v>
+        <v>519</v>
       </c>
       <c r="J655" s="1" t="s">
-        <v>144</v>
+        <v>1982</v>
       </c>
       <c r="K655" s="1" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="L655" s="1"/>
       <c r="M655" s="1">
-        <v>284</v>
+        <v>456</v>
       </c>
       <c r="N655" s="1" t="s">
-        <v>2009</v>
+        <v>449</v>
       </c>
       <c r="O655" s="1" t="s">
-        <v>582</v>
+        <v>1918</v>
       </c>
       <c r="P655" s="1"/>
       <c r="Q655" s="1"/>
       <c r="R655" s="1" t="s">
-        <v>2010</v>
+        <v>1983</v>
       </c>
     </row>
     <row r="656" spans="1:18">
       <c r="A656" s="1" t="s">
-        <v>2011</v>
+        <v>1978</v>
       </c>
       <c r="B656" s="1" t="s">
-        <v>2012</v>
-[...10 lines deleted...]
-      </c>
+        <v>1979</v>
+      </c>
+      <c r="C656" s="1"/>
+      <c r="D656" s="1"/>
+      <c r="E656" s="1" t="s">
+        <v>1980</v>
+      </c>
+      <c r="F656" s="1"/>
       <c r="G656" s="1" t="s">
-        <v>2007</v>
+        <v>1973</v>
       </c>
       <c r="H656" s="1" t="s">
-        <v>2013</v>
+        <v>1984</v>
       </c>
       <c r="I656" s="1" t="s">
-        <v>143</v>
+        <v>519</v>
       </c>
       <c r="J656" s="1" t="s">
-        <v>144</v>
+        <v>1982</v>
       </c>
       <c r="K656" s="1" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="L656" s="1"/>
+        <v>38</v>
+      </c>
+      <c r="L656" s="1">
+        <v>9789087220983</v>
+      </c>
       <c r="M656" s="1">
-        <v>709</v>
-[...2 lines deleted...]
-      <c r="O656" s="1"/>
+        <v>456</v>
+      </c>
+      <c r="N656" s="1" t="s">
+        <v>449</v>
+      </c>
+      <c r="O656" s="1" t="s">
+        <v>1918</v>
+      </c>
       <c r="P656" s="1"/>
       <c r="Q656" s="1"/>
       <c r="R656" s="1" t="s">
-        <v>2014</v>
+        <v>1983</v>
       </c>
     </row>
     <row r="657" spans="1:18">
       <c r="A657" s="1" t="s">
-        <v>2015</v>
+        <v>1970</v>
       </c>
       <c r="B657" s="1" t="s">
-        <v>2016</v>
+        <v>1971</v>
       </c>
       <c r="C657" s="1"/>
       <c r="D657" s="1"/>
       <c r="E657" s="1"/>
       <c r="F657" s="1" t="s">
-        <v>2017</v>
+        <v>1972</v>
       </c>
       <c r="G657" s="1" t="s">
-        <v>2018</v>
+        <v>1973</v>
       </c>
       <c r="H657" s="1" t="s">
-        <v>2019</v>
+        <v>1985</v>
       </c>
       <c r="I657" s="1" t="s">
-        <v>24</v>
+        <v>546</v>
       </c>
       <c r="J657" s="1" t="s">
-        <v>599</v>
+        <v>1266</v>
       </c>
       <c r="K657" s="1" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="L657" s="1">
-        <v>9789087220709</v>
+        <v>9789087221003</v>
       </c>
       <c r="M657" s="1">
-        <v>498</v>
+        <v>802</v>
       </c>
       <c r="N657" s="1" t="s">
-        <v>2020</v>
+        <v>1591</v>
       </c>
       <c r="O657" s="1" t="s">
-        <v>2021</v>
+        <v>1975</v>
       </c>
       <c r="P657" s="1" t="s">
-        <v>2022</v>
+        <v>1976</v>
       </c>
       <c r="Q657" s="1"/>
       <c r="R657" s="1" t="s">
-        <v>2023</v>
+        <v>1977</v>
       </c>
     </row>
     <row r="658" spans="1:18">
       <c r="A658" s="1" t="s">
-        <v>2015</v>
+        <v>1978</v>
       </c>
       <c r="B658" s="1" t="s">
-        <v>2016</v>
+        <v>1979</v>
       </c>
       <c r="C658" s="1"/>
       <c r="D658" s="1"/>
-      <c r="E658" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="E658" s="1" t="s">
+        <v>1980</v>
+      </c>
+      <c r="F658" s="1"/>
       <c r="G658" s="1" t="s">
-        <v>2018</v>
+        <v>1973</v>
       </c>
       <c r="H658" s="1" t="s">
-        <v>2024</v>
+        <v>1986</v>
       </c>
       <c r="I658" s="1" t="s">
-        <v>83</v>
+        <v>525</v>
       </c>
       <c r="J658" s="1" t="s">
-        <v>595</v>
+        <v>1987</v>
       </c>
       <c r="K658" s="1" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="L658" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="L658" s="1">
+        <v>9789087221447</v>
+      </c>
       <c r="M658" s="1">
-        <v>498</v>
+        <v>456</v>
       </c>
       <c r="N658" s="1" t="s">
-        <v>2020</v>
+        <v>449</v>
       </c>
       <c r="O658" s="1" t="s">
-        <v>2021</v>
-[...3 lines deleted...]
-      </c>
+        <v>1918</v>
+      </c>
+      <c r="P658" s="1"/>
       <c r="Q658" s="1"/>
       <c r="R658" s="1" t="s">
-        <v>2023</v>
+        <v>1983</v>
       </c>
     </row>
     <row r="659" spans="1:18">
       <c r="A659" s="1" t="s">
-        <v>2015</v>
+        <v>1970</v>
       </c>
       <c r="B659" s="1" t="s">
-        <v>2016</v>
+        <v>1971</v>
       </c>
       <c r="C659" s="1"/>
       <c r="D659" s="1"/>
       <c r="E659" s="1"/>
       <c r="F659" s="1" t="s">
-        <v>2017</v>
+        <v>1972</v>
       </c>
       <c r="G659" s="1" t="s">
-        <v>2018</v>
+        <v>1973</v>
       </c>
       <c r="H659" s="1" t="s">
-        <v>2025</v>
+        <v>1988</v>
       </c>
       <c r="I659" s="1" t="s">
-        <v>24</v>
+        <v>551</v>
       </c>
       <c r="J659" s="1" t="s">
-        <v>599</v>
+        <v>1260</v>
       </c>
       <c r="K659" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L659" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="L659" s="1">
+        <v>9789087221454</v>
+      </c>
       <c r="M659" s="1">
-        <v>498</v>
+        <v>802</v>
       </c>
       <c r="N659" s="1" t="s">
-        <v>2020</v>
+        <v>1591</v>
       </c>
       <c r="O659" s="1" t="s">
-        <v>2021</v>
+        <v>1975</v>
       </c>
       <c r="P659" s="1" t="s">
-        <v>2022</v>
+        <v>1976</v>
       </c>
       <c r="Q659" s="1"/>
       <c r="R659" s="1" t="s">
-        <v>2023</v>
+        <v>1977</v>
       </c>
     </row>
     <row r="660" spans="1:18">
       <c r="A660" s="1" t="s">
-        <v>2026</v>
+        <v>1989</v>
       </c>
       <c r="B660" s="1" t="s">
-        <v>2027</v>
-[...6 lines deleted...]
-      </c>
+        <v>1990</v>
+      </c>
+      <c r="C660" s="1"/>
+      <c r="D660" s="1"/>
       <c r="E660" s="1" t="s">
-        <v>2028</v>
+        <v>1991</v>
       </c>
       <c r="F660" s="1"/>
       <c r="G660" s="1" t="s">
-        <v>2029</v>
+        <v>1992</v>
       </c>
       <c r="H660" s="1" t="s">
-        <v>2030</v>
+        <v>1993</v>
       </c>
       <c r="I660" s="1" t="s">
-        <v>143</v>
+        <v>172</v>
       </c>
       <c r="J660" s="1" t="s">
-        <v>144</v>
+        <v>448</v>
       </c>
       <c r="K660" s="1" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="L660" s="1"/>
       <c r="M660" s="1">
-        <v>925</v>
-[...2 lines deleted...]
-      <c r="O660" s="1"/>
+        <v>498</v>
+      </c>
+      <c r="N660" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="O660" s="1" t="s">
+        <v>1968</v>
+      </c>
       <c r="P660" s="1"/>
       <c r="Q660" s="1"/>
       <c r="R660" s="1" t="s">
-        <v>2031</v>
+        <v>1994</v>
       </c>
     </row>
     <row r="661" spans="1:18">
       <c r="A661" s="1" t="s">
-        <v>2032</v>
+        <v>1995</v>
       </c>
       <c r="B661" s="1" t="s">
-        <v>2033</v>
-[...6 lines deleted...]
-      </c>
+        <v>1996</v>
+      </c>
+      <c r="C661" s="1"/>
+      <c r="D661" s="1"/>
       <c r="E661" s="1" t="s">
-        <v>2034</v>
+        <v>1997</v>
       </c>
       <c r="F661" s="1"/>
       <c r="G661" s="1" t="s">
-        <v>2035</v>
+        <v>1998</v>
       </c>
       <c r="H661" s="1" t="s">
-        <v>2036</v>
+        <v>1999</v>
       </c>
       <c r="I661" s="1" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="J661" s="1" t="s">
-        <v>144</v>
+        <v>165</v>
       </c>
       <c r="K661" s="1" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="L661" s="1"/>
       <c r="M661" s="1">
-        <v>436</v>
-[...6 lines deleted...]
-      </c>
+        <v>405</v>
+      </c>
+      <c r="N661" s="1"/>
+      <c r="O661" s="1"/>
       <c r="P661" s="1"/>
       <c r="Q661" s="1"/>
       <c r="R661" s="1" t="s">
-        <v>2038</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="662" spans="1:18">
       <c r="A662" s="1" t="s">
-        <v>2039</v>
+        <v>2001</v>
       </c>
       <c r="B662" s="1" t="s">
-        <v>2040</v>
-[...3 lines deleted...]
-      </c>
+        <v>2002</v>
+      </c>
+      <c r="C662" s="1"/>
       <c r="D662" s="1"/>
-      <c r="E662" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="E662" s="1" t="s">
+        <v>2003</v>
+      </c>
+      <c r="F662" s="1"/>
       <c r="G662" s="1" t="s">
-        <v>2035</v>
+        <v>2004</v>
       </c>
       <c r="H662" s="1" t="s">
-        <v>2041</v>
+        <v>2005</v>
       </c>
       <c r="I662" s="1" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="J662" s="1" t="s">
-        <v>144</v>
+        <v>165</v>
       </c>
       <c r="K662" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L662" s="1"/>
       <c r="M662" s="1">
-        <v>573</v>
+        <v>281</v>
       </c>
       <c r="N662" s="1"/>
       <c r="O662" s="1"/>
       <c r="P662" s="1"/>
       <c r="Q662" s="1"/>
       <c r="R662" s="1" t="s">
-        <v>2042</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="663" spans="1:18">
       <c r="A663" s="1" t="s">
-        <v>2043</v>
+        <v>2007</v>
       </c>
       <c r="B663" s="1" t="s">
-        <v>2044</v>
-[...6 lines deleted...]
-      </c>
+        <v>2008</v>
+      </c>
+      <c r="C663" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D663" s="1" t="s">
+        <v>642</v>
+      </c>
+      <c r="E663" s="1" t="s">
+        <v>2009</v>
+      </c>
+      <c r="F663" s="1"/>
       <c r="G663" s="1" t="s">
-        <v>2035</v>
+        <v>2004</v>
       </c>
       <c r="H663" s="1" t="s">
-        <v>2046</v>
+        <v>2010</v>
       </c>
       <c r="I663" s="1" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="J663" s="1" t="s">
-        <v>144</v>
+        <v>165</v>
       </c>
       <c r="K663" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L663" s="1"/>
-      <c r="M663" s="1"/>
+      <c r="M663" s="1">
+        <v>925</v>
+      </c>
       <c r="N663" s="1"/>
       <c r="O663" s="1"/>
-      <c r="P663" s="1"/>
+      <c r="P663" s="1" t="s">
+        <v>2011</v>
+      </c>
       <c r="Q663" s="1"/>
       <c r="R663" s="1" t="s">
-        <v>2047</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="664" spans="1:18">
       <c r="A664" s="1" t="s">
-        <v>2032</v>
+        <v>2013</v>
       </c>
       <c r="B664" s="1" t="s">
-        <v>2033</v>
-[...10 lines deleted...]
-      <c r="F664" s="1"/>
+        <v>2014</v>
+      </c>
+      <c r="C664" s="1"/>
+      <c r="D664" s="1"/>
+      <c r="E664" s="1"/>
+      <c r="F664" s="1" t="s">
+        <v>2015</v>
+      </c>
       <c r="G664" s="1" t="s">
-        <v>2035</v>
+        <v>2016</v>
       </c>
       <c r="H664" s="1" t="s">
-        <v>2048</v>
+        <v>2017</v>
       </c>
       <c r="I664" s="1" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="J664" s="1" t="s">
-        <v>144</v>
+        <v>165</v>
       </c>
       <c r="K664" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L664" s="1"/>
       <c r="M664" s="1">
-        <v>461</v>
-[...6 lines deleted...]
-      </c>
+        <v>425</v>
+      </c>
+      <c r="N664" s="1"/>
+      <c r="O664" s="1"/>
       <c r="P664" s="1"/>
       <c r="Q664" s="1"/>
       <c r="R664" s="1" t="s">
-        <v>2038</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="665" spans="1:18">
       <c r="A665" s="1" t="s">
-        <v>2049</v>
+        <v>2019</v>
       </c>
       <c r="B665" s="1" t="s">
-        <v>2050</v>
-[...6 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="C665" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="D665" s="1" t="s">
+        <v>1390</v>
+      </c>
+      <c r="E665" s="1" t="s">
+        <v>2021</v>
+      </c>
+      <c r="F665" s="1"/>
       <c r="G665" s="1" t="s">
-        <v>2052</v>
+        <v>2022</v>
       </c>
       <c r="H665" s="1" t="s">
-        <v>2053</v>
+        <v>2023</v>
       </c>
       <c r="I665" s="1" t="s">
-        <v>24</v>
+        <v>164</v>
       </c>
       <c r="J665" s="1" t="s">
-        <v>599</v>
+        <v>165</v>
       </c>
       <c r="K665" s="1" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="L665" s="1"/>
       <c r="M665" s="1">
-        <v>662</v>
+        <v>600</v>
       </c>
       <c r="N665" s="1" t="s">
-        <v>2020</v>
+        <v>1499</v>
       </c>
       <c r="O665" s="1" t="s">
-        <v>2054</v>
-[...3 lines deleted...]
-      </c>
+        <v>602</v>
+      </c>
+      <c r="P665" s="1"/>
       <c r="Q665" s="1"/>
       <c r="R665" s="1" t="s">
-        <v>2056</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="666" spans="1:18">
       <c r="A666" s="1" t="s">
-        <v>2049</v>
+        <v>2025</v>
       </c>
       <c r="B666" s="1" t="s">
-        <v>2050</v>
-[...2 lines deleted...]
-      <c r="D666" s="1"/>
+        <v>2026</v>
+      </c>
+      <c r="C666" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="D666" s="1" t="s">
+        <v>1441</v>
+      </c>
       <c r="E666" s="1"/>
       <c r="F666" s="1" t="s">
-        <v>2051</v>
+        <v>76</v>
       </c>
       <c r="G666" s="1" t="s">
-        <v>2052</v>
+        <v>2027</v>
       </c>
       <c r="H666" s="1" t="s">
-        <v>2057</v>
+        <v>2028</v>
       </c>
       <c r="I666" s="1" t="s">
-        <v>24</v>
+        <v>164</v>
       </c>
       <c r="J666" s="1" t="s">
-        <v>599</v>
+        <v>165</v>
       </c>
       <c r="K666" s="1" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="L666" s="1"/>
       <c r="M666" s="1">
-        <v>662</v>
-[...9 lines deleted...]
-      </c>
+        <v>709</v>
+      </c>
+      <c r="N666" s="1"/>
+      <c r="O666" s="1"/>
+      <c r="P666" s="1"/>
       <c r="Q666" s="1"/>
       <c r="R666" s="1" t="s">
-        <v>2056</v>
+        <v>2029</v>
       </c>
     </row>
     <row r="667" spans="1:18">
       <c r="A667" s="1" t="s">
-        <v>2058</v>
+        <v>2030</v>
       </c>
       <c r="B667" s="1" t="s">
-        <v>2059</v>
+        <v>2031</v>
       </c>
       <c r="C667" s="1" t="s">
-        <v>45</v>
+        <v>141</v>
       </c>
       <c r="D667" s="1" t="s">
-        <v>1435</v>
-[...4 lines deleted...]
-      </c>
+        <v>1416</v>
+      </c>
+      <c r="E667" s="1" t="s">
+        <v>891</v>
+      </c>
+      <c r="F667" s="1"/>
       <c r="G667" s="1" t="s">
-        <v>2060</v>
+        <v>2027</v>
       </c>
       <c r="H667" s="1" t="s">
-        <v>2061</v>
+        <v>2032</v>
       </c>
       <c r="I667" s="1" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="J667" s="1" t="s">
-        <v>144</v>
+        <v>165</v>
       </c>
       <c r="K667" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L667" s="1"/>
       <c r="M667" s="1">
-        <v>969</v>
-[...2 lines deleted...]
-      <c r="O667" s="1"/>
+        <v>284</v>
+      </c>
+      <c r="N667" s="1" t="s">
+        <v>2033</v>
+      </c>
+      <c r="O667" s="1" t="s">
+        <v>602</v>
+      </c>
       <c r="P667" s="1"/>
       <c r="Q667" s="1"/>
       <c r="R667" s="1" t="s">
-        <v>2062</v>
+        <v>2034</v>
       </c>
     </row>
     <row r="668" spans="1:18">
       <c r="A668" s="1" t="s">
-        <v>2063</v>
+        <v>2035</v>
       </c>
       <c r="B668" s="1" t="s">
-        <v>2064</v>
+        <v>2036</v>
       </c>
       <c r="C668" s="1"/>
       <c r="D668" s="1"/>
       <c r="E668" s="1"/>
       <c r="F668" s="1" t="s">
-        <v>2065</v>
+        <v>2037</v>
       </c>
       <c r="G668" s="1" t="s">
-        <v>2066</v>
+        <v>2038</v>
       </c>
       <c r="H668" s="1" t="s">
-        <v>2067</v>
+        <v>2039</v>
       </c>
       <c r="I668" s="1" t="s">
-        <v>73</v>
+        <v>55</v>
       </c>
       <c r="J668" s="1" t="s">
-        <v>427</v>
+        <v>619</v>
       </c>
       <c r="K668" s="1" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="L668" s="1">
-        <v>9789087220556</v>
+        <v>9789087220709</v>
       </c>
       <c r="M668" s="1">
         <v>498</v>
       </c>
       <c r="N668" s="1" t="s">
-        <v>2068</v>
+        <v>2040</v>
       </c>
       <c r="O668" s="1" t="s">
-        <v>1955</v>
+        <v>2041</v>
       </c>
       <c r="P668" s="1" t="s">
-        <v>2069</v>
+        <v>2042</v>
       </c>
       <c r="Q668" s="1"/>
       <c r="R668" s="1" t="s">
-        <v>2070</v>
+        <v>2043</v>
       </c>
     </row>
     <row r="669" spans="1:18">
       <c r="A669" s="1" t="s">
-        <v>2071</v>
+        <v>2035</v>
       </c>
       <c r="B669" s="1" t="s">
-        <v>2072</v>
-[...10 lines deleted...]
-      <c r="F669" s="1"/>
+        <v>2036</v>
+      </c>
+      <c r="C669" s="1"/>
+      <c r="D669" s="1"/>
+      <c r="E669" s="1"/>
+      <c r="F669" s="1" t="s">
+        <v>2037</v>
+      </c>
       <c r="G669" s="1" t="s">
-        <v>2066</v>
+        <v>2038</v>
       </c>
       <c r="H669" s="1" t="s">
-        <v>2074</v>
+        <v>2044</v>
       </c>
       <c r="I669" s="1" t="s">
-        <v>143</v>
+        <v>102</v>
       </c>
       <c r="J669" s="1" t="s">
-        <v>144</v>
+        <v>615</v>
       </c>
       <c r="K669" s="1" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="L669" s="1"/>
       <c r="M669" s="1">
-        <v>355</v>
+        <v>498</v>
       </c>
       <c r="N669" s="1" t="s">
-        <v>1296</v>
+        <v>2040</v>
       </c>
       <c r="O669" s="1" t="s">
-        <v>2075</v>
-[...1 lines deleted...]
-      <c r="P669" s="1"/>
+        <v>2041</v>
+      </c>
+      <c r="P669" s="1" t="s">
+        <v>2042</v>
+      </c>
       <c r="Q669" s="1"/>
       <c r="R669" s="1" t="s">
-        <v>2076</v>
+        <v>2043</v>
       </c>
     </row>
     <row r="670" spans="1:18">
       <c r="A670" s="1" t="s">
-        <v>2071</v>
+        <v>2035</v>
       </c>
       <c r="B670" s="1" t="s">
-        <v>2072</v>
-[...1 lines deleted...]
-      <c r="C670" s="1" t="s">
+        <v>2036</v>
+      </c>
+      <c r="C670" s="1"/>
+      <c r="D670" s="1"/>
+      <c r="E670" s="1"/>
+      <c r="F670" s="1" t="s">
+        <v>2037</v>
+      </c>
+      <c r="G670" s="1" t="s">
+        <v>2038</v>
+      </c>
+      <c r="H670" s="1" t="s">
+        <v>2045</v>
+      </c>
+      <c r="I670" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="J670" s="1" t="s">
+        <v>619</v>
+      </c>
+      <c r="K670" s="1" t="s">
         <v>30</v>
-      </c>
-[...20 lines deleted...]
-        <v>55</v>
       </c>
       <c r="L670" s="1"/>
       <c r="M670" s="1">
-        <v>354</v>
+        <v>498</v>
       </c>
       <c r="N670" s="1" t="s">
-        <v>1296</v>
+        <v>2040</v>
       </c>
       <c r="O670" s="1" t="s">
-        <v>2075</v>
-[...1 lines deleted...]
-      <c r="P670" s="1"/>
+        <v>2041</v>
+      </c>
+      <c r="P670" s="1" t="s">
+        <v>2042</v>
+      </c>
       <c r="Q670" s="1"/>
       <c r="R670" s="1" t="s">
-        <v>2076</v>
+        <v>2043</v>
       </c>
     </row>
     <row r="671" spans="1:18">
       <c r="A671" s="1" t="s">
-        <v>2063</v>
+        <v>2046</v>
       </c>
       <c r="B671" s="1" t="s">
-        <v>2064</v>
-[...6 lines deleted...]
-      </c>
+        <v>2047</v>
+      </c>
+      <c r="C671" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D671" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="E671" s="1" t="s">
+        <v>2048</v>
+      </c>
+      <c r="F671" s="1"/>
       <c r="G671" s="1" t="s">
-        <v>2066</v>
+        <v>2049</v>
       </c>
       <c r="H671" s="1" t="s">
-        <v>2078</v>
+        <v>2050</v>
       </c>
       <c r="I671" s="1" t="s">
-        <v>73</v>
+        <v>164</v>
       </c>
       <c r="J671" s="1" t="s">
-        <v>427</v>
+        <v>165</v>
       </c>
       <c r="K671" s="1" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="L671" s="1"/>
       <c r="M671" s="1">
-        <v>498</v>
-[...9 lines deleted...]
-      </c>
+        <v>925</v>
+      </c>
+      <c r="N671" s="1"/>
+      <c r="O671" s="1"/>
+      <c r="P671" s="1"/>
       <c r="Q671" s="1"/>
       <c r="R671" s="1" t="s">
-        <v>2070</v>
+        <v>2051</v>
       </c>
     </row>
     <row r="672" spans="1:18">
       <c r="A672" s="1" t="s">
-        <v>2063</v>
+        <v>2052</v>
       </c>
       <c r="B672" s="1" t="s">
-        <v>2064</v>
-[...6 lines deleted...]
-      </c>
+        <v>2053</v>
+      </c>
+      <c r="C672" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D672" s="1" t="s">
+        <v>915</v>
+      </c>
+      <c r="E672" s="1" t="s">
+        <v>2054</v>
+      </c>
+      <c r="F672" s="1"/>
       <c r="G672" s="1" t="s">
-        <v>2066</v>
+        <v>2055</v>
       </c>
       <c r="H672" s="1" t="s">
-        <v>2079</v>
+        <v>2056</v>
       </c>
       <c r="I672" s="1" t="s">
-        <v>99</v>
+        <v>164</v>
       </c>
       <c r="J672" s="1" t="s">
-        <v>742</v>
+        <v>165</v>
       </c>
       <c r="K672" s="1" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="L672" s="1"/>
       <c r="M672" s="1">
-        <v>498</v>
+        <v>436</v>
       </c>
       <c r="N672" s="1" t="s">
-        <v>2068</v>
+        <v>2057</v>
       </c>
       <c r="O672" s="1" t="s">
-        <v>1955</v>
-[...3 lines deleted...]
-      </c>
+        <v>1681</v>
+      </c>
+      <c r="P672" s="1"/>
       <c r="Q672" s="1"/>
       <c r="R672" s="1" t="s">
-        <v>2070</v>
+        <v>2058</v>
       </c>
     </row>
     <row r="673" spans="1:18">
       <c r="A673" s="1" t="s">
-        <v>2080</v>
+        <v>2059</v>
       </c>
       <c r="B673" s="1" t="s">
-        <v>2081</v>
+        <v>2060</v>
       </c>
       <c r="C673" s="1" t="s">
-        <v>117</v>
-[...3 lines deleted...]
-      </c>
+        <v>266</v>
+      </c>
+      <c r="D673" s="1"/>
       <c r="E673" s="1"/>
       <c r="F673" s="1" t="s">
-        <v>2082</v>
+        <v>612</v>
       </c>
       <c r="G673" s="1" t="s">
-        <v>2083</v>
+        <v>2055</v>
       </c>
       <c r="H673" s="1" t="s">
-        <v>2084</v>
+        <v>2061</v>
       </c>
       <c r="I673" s="1" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="J673" s="1" t="s">
-        <v>144</v>
+        <v>165</v>
       </c>
       <c r="K673" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L673" s="1"/>
       <c r="M673" s="1">
-        <v>328</v>
-[...6 lines deleted...]
-      </c>
+        <v>573</v>
+      </c>
+      <c r="N673" s="1"/>
+      <c r="O673" s="1"/>
       <c r="P673" s="1"/>
       <c r="Q673" s="1"/>
       <c r="R673" s="1" t="s">
-        <v>2085</v>
+        <v>2062</v>
       </c>
     </row>
     <row r="674" spans="1:18">
       <c r="A674" s="1" t="s">
-        <v>2086</v>
+        <v>2063</v>
       </c>
       <c r="B674" s="1" t="s">
-        <v>2087</v>
-[...10 lines deleted...]
-      <c r="F674" s="1"/>
+        <v>2064</v>
+      </c>
+      <c r="C674" s="1"/>
+      <c r="D674" s="1"/>
+      <c r="E674" s="1"/>
+      <c r="F674" s="1" t="s">
+        <v>2065</v>
+      </c>
       <c r="G674" s="1" t="s">
-        <v>2089</v>
+        <v>2055</v>
       </c>
       <c r="H674" s="1" t="s">
-        <v>2090</v>
+        <v>2066</v>
       </c>
       <c r="I674" s="1" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="J674" s="1" t="s">
-        <v>144</v>
+        <v>165</v>
       </c>
       <c r="K674" s="1" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="L674" s="1"/>
-      <c r="M674" s="1">
-[...7 lines deleted...]
-      </c>
+      <c r="M674" s="1"/>
+      <c r="N674" s="1"/>
+      <c r="O674" s="1"/>
       <c r="P674" s="1"/>
       <c r="Q674" s="1"/>
       <c r="R674" s="1" t="s">
-        <v>2091</v>
+        <v>2067</v>
       </c>
     </row>
     <row r="675" spans="1:18">
       <c r="A675" s="1" t="s">
-        <v>2086</v>
+        <v>2052</v>
       </c>
       <c r="B675" s="1" t="s">
-        <v>2087</v>
+        <v>2053</v>
       </c>
       <c r="C675" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D675" s="1" t="s">
-        <v>995</v>
+        <v>915</v>
       </c>
       <c r="E675" s="1" t="s">
-        <v>2088</v>
+        <v>2054</v>
       </c>
       <c r="F675" s="1"/>
       <c r="G675" s="1" t="s">
-        <v>2089</v>
+        <v>2055</v>
       </c>
       <c r="H675" s="1" t="s">
-        <v>2092</v>
+        <v>2068</v>
       </c>
       <c r="I675" s="1" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="J675" s="1" t="s">
-        <v>144</v>
+        <v>165</v>
       </c>
       <c r="K675" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L675" s="1"/>
       <c r="M675" s="1">
-        <v>465</v>
+        <v>461</v>
       </c>
       <c r="N675" s="1" t="s">
-        <v>472</v>
+        <v>2057</v>
       </c>
       <c r="O675" s="1" t="s">
-        <v>1328</v>
+        <v>1681</v>
       </c>
       <c r="P675" s="1"/>
       <c r="Q675" s="1"/>
       <c r="R675" s="1" t="s">
-        <v>2091</v>
+        <v>2058</v>
       </c>
     </row>
     <row r="676" spans="1:18">
       <c r="A676" s="1" t="s">
-        <v>2093</v>
+        <v>2069</v>
       </c>
       <c r="B676" s="1" t="s">
-        <v>2094</v>
+        <v>2070</v>
       </c>
       <c r="C676" s="1"/>
       <c r="D676" s="1"/>
       <c r="E676" s="1"/>
       <c r="F676" s="1" t="s">
-        <v>2065</v>
+        <v>2071</v>
       </c>
       <c r="G676" s="1" t="s">
-        <v>2089</v>
+        <v>2072</v>
       </c>
       <c r="H676" s="1" t="s">
-        <v>2095</v>
+        <v>2073</v>
       </c>
       <c r="I676" s="1" t="s">
-        <v>143</v>
+        <v>55</v>
       </c>
       <c r="J676" s="1" t="s">
-        <v>144</v>
+        <v>619</v>
       </c>
       <c r="K676" s="1" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="L676" s="1"/>
+        <v>38</v>
+      </c>
+      <c r="L676" s="1">
+        <v>9789087220594</v>
+      </c>
       <c r="M676" s="1">
-        <v>517</v>
-[...3 lines deleted...]
-      <c r="P676" s="1"/>
+        <v>662</v>
+      </c>
+      <c r="N676" s="1" t="s">
+        <v>2040</v>
+      </c>
+      <c r="O676" s="1" t="s">
+        <v>2074</v>
+      </c>
+      <c r="P676" s="1" t="s">
+        <v>2075</v>
+      </c>
       <c r="Q676" s="1"/>
       <c r="R676" s="1" t="s">
-        <v>2096</v>
+        <v>2076</v>
       </c>
     </row>
     <row r="677" spans="1:18">
       <c r="A677" s="1" t="s">
-        <v>2097</v>
+        <v>2069</v>
       </c>
       <c r="B677" s="1" t="s">
-        <v>2098</v>
-[...3 lines deleted...]
-      </c>
+        <v>2070</v>
+      </c>
+      <c r="C677" s="1"/>
       <c r="D677" s="1"/>
-      <c r="E677" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F677" s="1"/>
+      <c r="E677" s="1"/>
+      <c r="F677" s="1" t="s">
+        <v>2071</v>
+      </c>
       <c r="G677" s="1" t="s">
-        <v>2100</v>
+        <v>2072</v>
       </c>
       <c r="H677" s="1" t="s">
-        <v>2101</v>
+        <v>2077</v>
       </c>
       <c r="I677" s="1" t="s">
-        <v>143</v>
+        <v>55</v>
       </c>
       <c r="J677" s="1" t="s">
-        <v>144</v>
+        <v>619</v>
       </c>
       <c r="K677" s="1" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="L677" s="1"/>
       <c r="M677" s="1">
-        <v>535</v>
-[...3 lines deleted...]
-      <c r="P677" s="1"/>
+        <v>662</v>
+      </c>
+      <c r="N677" s="1" t="s">
+        <v>2040</v>
+      </c>
+      <c r="O677" s="1" t="s">
+        <v>2074</v>
+      </c>
+      <c r="P677" s="1" t="s">
+        <v>2075</v>
+      </c>
       <c r="Q677" s="1"/>
       <c r="R677" s="1" t="s">
-        <v>2102</v>
+        <v>2076</v>
       </c>
     </row>
     <row r="678" spans="1:18">
       <c r="A678" s="1" t="s">
-        <v>2103</v>
+        <v>2078</v>
       </c>
       <c r="B678" s="1" t="s">
-        <v>2104</v>
-[...6 lines deleted...]
-      <c r="F678" s="1"/>
+        <v>2079</v>
+      </c>
+      <c r="C678" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="D678" s="1" t="s">
+        <v>1455</v>
+      </c>
+      <c r="E678" s="1"/>
+      <c r="F678" s="1" t="s">
+        <v>76</v>
+      </c>
       <c r="G678" s="1" t="s">
-        <v>2100</v>
+        <v>2080</v>
       </c>
       <c r="H678" s="1" t="s">
-        <v>2106</v>
+        <v>2081</v>
       </c>
       <c r="I678" s="1" t="s">
-        <v>309</v>
+        <v>164</v>
       </c>
       <c r="J678" s="1" t="s">
-        <v>332</v>
+        <v>165</v>
       </c>
       <c r="K678" s="1" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="L678" s="1"/>
       <c r="M678" s="1">
-        <v>480</v>
-[...9 lines deleted...]
-      </c>
+        <v>969</v>
+      </c>
+      <c r="N678" s="1"/>
+      <c r="O678" s="1"/>
+      <c r="P678" s="1"/>
       <c r="Q678" s="1"/>
       <c r="R678" s="1" t="s">
-        <v>2108</v>
+        <v>2082</v>
       </c>
     </row>
     <row r="679" spans="1:18">
       <c r="A679" s="1" t="s">
-        <v>2109</v>
+        <v>2083</v>
       </c>
       <c r="B679" s="1" t="s">
-        <v>2110</v>
-[...6 lines deleted...]
-      </c>
+        <v>2084</v>
+      </c>
+      <c r="C679" s="1"/>
+      <c r="D679" s="1"/>
       <c r="E679" s="1"/>
       <c r="F679" s="1" t="s">
-        <v>46</v>
+        <v>2085</v>
       </c>
       <c r="G679" s="1" t="s">
-        <v>2111</v>
+        <v>2086</v>
       </c>
       <c r="H679" s="1" t="s">
-        <v>2112</v>
+        <v>2087</v>
       </c>
       <c r="I679" s="1" t="s">
-        <v>143</v>
+        <v>117</v>
       </c>
       <c r="J679" s="1" t="s">
-        <v>144</v>
+        <v>448</v>
       </c>
       <c r="K679" s="1" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="L679" s="1"/>
+        <v>38</v>
+      </c>
+      <c r="L679" s="1">
+        <v>9789087220556</v>
+      </c>
       <c r="M679" s="1">
-        <v>593</v>
+        <v>498</v>
       </c>
       <c r="N679" s="1" t="s">
-        <v>2113</v>
+        <v>2088</v>
       </c>
       <c r="O679" s="1" t="s">
-        <v>2114</v>
-[...1 lines deleted...]
-      <c r="P679" s="1"/>
+        <v>1975</v>
+      </c>
+      <c r="P679" s="1" t="s">
+        <v>2089</v>
+      </c>
       <c r="Q679" s="1"/>
       <c r="R679" s="1" t="s">
-        <v>2115</v>
+        <v>2090</v>
       </c>
     </row>
     <row r="680" spans="1:18">
       <c r="A680" s="1" t="s">
-        <v>2116</v>
+        <v>2091</v>
       </c>
       <c r="B680" s="1" t="s">
-        <v>2117</v>
-[...6 lines deleted...]
-      </c>
+        <v>2092</v>
+      </c>
+      <c r="C680" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D680" s="1" t="s">
+        <v>908</v>
+      </c>
+      <c r="E680" s="1" t="s">
+        <v>2093</v>
+      </c>
+      <c r="F680" s="1"/>
       <c r="G680" s="1" t="s">
-        <v>2119</v>
+        <v>2086</v>
       </c>
       <c r="H680" s="1" t="s">
-        <v>2120</v>
+        <v>2094</v>
       </c>
       <c r="I680" s="1" t="s">
-        <v>112</v>
+        <v>164</v>
       </c>
       <c r="J680" s="1" t="s">
-        <v>96</v>
+        <v>165</v>
       </c>
       <c r="K680" s="1" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="L680" s="1"/>
       <c r="M680" s="1">
-        <v>282</v>
+        <v>355</v>
       </c>
       <c r="N680" s="1" t="s">
-        <v>501</v>
-[...4 lines deleted...]
-      </c>
+        <v>1316</v>
+      </c>
+      <c r="O680" s="1" t="s">
+        <v>2095</v>
+      </c>
+      <c r="P680" s="1"/>
       <c r="Q680" s="1"/>
       <c r="R680" s="1" t="s">
-        <v>2122</v>
+        <v>2096</v>
       </c>
     </row>
     <row r="681" spans="1:18">
       <c r="A681" s="1" t="s">
-        <v>2123</v>
+        <v>2091</v>
       </c>
       <c r="B681" s="1" t="s">
-        <v>2124</v>
-[...2 lines deleted...]
-      <c r="D681" s="1"/>
+        <v>2092</v>
+      </c>
+      <c r="C681" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D681" s="1" t="s">
+        <v>908</v>
+      </c>
       <c r="E681" s="1" t="s">
-        <v>2125</v>
+        <v>2093</v>
       </c>
       <c r="F681" s="1"/>
       <c r="G681" s="1" t="s">
-        <v>2126</v>
+        <v>2086</v>
       </c>
       <c r="H681" s="1" t="s">
-        <v>2127</v>
+        <v>2097</v>
       </c>
       <c r="I681" s="1" t="s">
-        <v>24</v>
+        <v>164</v>
       </c>
       <c r="J681" s="1" t="s">
-        <v>310</v>
+        <v>165</v>
       </c>
       <c r="K681" s="1" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="L681" s="1"/>
       <c r="M681" s="1">
-        <v>416</v>
+        <v>354</v>
       </c>
       <c r="N681" s="1" t="s">
-        <v>472</v>
+        <v>1316</v>
       </c>
       <c r="O681" s="1" t="s">
-        <v>1898</v>
-[...3 lines deleted...]
-      </c>
+        <v>2095</v>
+      </c>
+      <c r="P681" s="1"/>
       <c r="Q681" s="1"/>
       <c r="R681" s="1" t="s">
-        <v>2129</v>
+        <v>2096</v>
       </c>
     </row>
     <row r="682" spans="1:18">
       <c r="A682" s="1" t="s">
-        <v>2130</v>
+        <v>2083</v>
       </c>
       <c r="B682" s="1" t="s">
-        <v>2131</v>
-[...1 lines deleted...]
-      <c r="C682" s="1" t="s">
+        <v>2084</v>
+      </c>
+      <c r="C682" s="1"/>
+      <c r="D682" s="1"/>
+      <c r="E682" s="1"/>
+      <c r="F682" s="1" t="s">
+        <v>2085</v>
+      </c>
+      <c r="G682" s="1" t="s">
+        <v>2086</v>
+      </c>
+      <c r="H682" s="1" t="s">
+        <v>2098</v>
+      </c>
+      <c r="I682" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="J682" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="K682" s="1" t="s">
         <v>30</v>
-      </c>
-[...20 lines deleted...]
-        <v>26</v>
       </c>
       <c r="L682" s="1"/>
       <c r="M682" s="1">
-        <v>487</v>
-[...3 lines deleted...]
-      <c r="P682" s="1"/>
+        <v>498</v>
+      </c>
+      <c r="N682" s="1" t="s">
+        <v>2088</v>
+      </c>
+      <c r="O682" s="1" t="s">
+        <v>1975</v>
+      </c>
+      <c r="P682" s="1" t="s">
+        <v>2089</v>
+      </c>
       <c r="Q682" s="1"/>
       <c r="R682" s="1" t="s">
-        <v>2135</v>
+        <v>2090</v>
       </c>
     </row>
     <row r="683" spans="1:18">
       <c r="A683" s="1" t="s">
-        <v>2136</v>
+        <v>2083</v>
       </c>
       <c r="B683" s="1" t="s">
-        <v>2137</v>
+        <v>2084</v>
       </c>
       <c r="C683" s="1"/>
       <c r="D683" s="1"/>
-      <c r="E683" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F683" s="1"/>
+      <c r="E683" s="1"/>
+      <c r="F683" s="1" t="s">
+        <v>2085</v>
+      </c>
       <c r="G683" s="1" t="s">
-        <v>2139</v>
+        <v>2086</v>
       </c>
       <c r="H683" s="1" t="s">
-        <v>2140</v>
+        <v>2099</v>
       </c>
       <c r="I683" s="1" t="s">
-        <v>375</v>
+        <v>124</v>
       </c>
       <c r="J683" s="1" t="s">
-        <v>219</v>
+        <v>762</v>
       </c>
       <c r="K683" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L683" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="L683" s="1">
+        <v>9789087221805</v>
+      </c>
       <c r="M683" s="1">
-        <v>414</v>
-[...3 lines deleted...]
-      <c r="P683" s="1"/>
+        <v>498</v>
+      </c>
+      <c r="N683" s="1" t="s">
+        <v>2088</v>
+      </c>
+      <c r="O683" s="1" t="s">
+        <v>1975</v>
+      </c>
+      <c r="P683" s="1" t="s">
+        <v>2089</v>
+      </c>
       <c r="Q683" s="1"/>
       <c r="R683" s="1" t="s">
-        <v>2141</v>
+        <v>2090</v>
       </c>
     </row>
     <row r="684" spans="1:18">
       <c r="A684" s="1" t="s">
-        <v>2142</v>
+        <v>2100</v>
       </c>
       <c r="B684" s="1" t="s">
-        <v>2143</v>
-[...5 lines deleted...]
-      </c>
+        <v>2101</v>
+      </c>
+      <c r="C684" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="D684" s="1" t="s">
+        <v>1441</v>
+      </c>
+      <c r="E684" s="1"/>
       <c r="F684" s="1" t="s">
-        <v>2145</v>
+        <v>2102</v>
       </c>
       <c r="G684" s="1" t="s">
-        <v>2146</v>
+        <v>2103</v>
       </c>
       <c r="H684" s="1" t="s">
-        <v>2147</v>
+        <v>2104</v>
       </c>
       <c r="I684" s="1" t="s">
-        <v>24</v>
+        <v>164</v>
       </c>
       <c r="J684" s="1" t="s">
-        <v>1240</v>
+        <v>165</v>
       </c>
       <c r="K684" s="1" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="L684" s="1"/>
       <c r="M684" s="1">
-        <v>266</v>
+        <v>328</v>
       </c>
       <c r="N684" s="1" t="s">
-        <v>452</v>
+        <v>493</v>
       </c>
       <c r="O684" s="1" t="s">
-        <v>2148</v>
+        <v>450</v>
       </c>
       <c r="P684" s="1"/>
       <c r="Q684" s="1"/>
       <c r="R684" s="1" t="s">
-        <v>2149</v>
+        <v>2105</v>
       </c>
     </row>
     <row r="685" spans="1:18">
       <c r="A685" s="1" t="s">
-        <v>2150</v>
+        <v>2106</v>
       </c>
       <c r="B685" s="1" t="s">
-        <v>2151</v>
+        <v>2107</v>
       </c>
       <c r="C685" s="1" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="D685" s="1"/>
+        <v>33</v>
+      </c>
+      <c r="D685" s="1" t="s">
+        <v>1015</v>
+      </c>
       <c r="E685" s="1" t="s">
-        <v>1344</v>
-[...3 lines deleted...]
-      </c>
+        <v>2108</v>
+      </c>
+      <c r="F685" s="1"/>
       <c r="G685" s="1" t="s">
-        <v>2152</v>
+        <v>2109</v>
       </c>
       <c r="H685" s="1" t="s">
-        <v>2153</v>
+        <v>2110</v>
       </c>
       <c r="I685" s="1" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="J685" s="1" t="s">
-        <v>144</v>
+        <v>165</v>
       </c>
       <c r="K685" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L685" s="1"/>
       <c r="M685" s="1">
-        <v>435</v>
-[...2 lines deleted...]
-      <c r="O685" s="1"/>
+        <v>465</v>
+      </c>
+      <c r="N685" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="O685" s="1" t="s">
+        <v>1347</v>
+      </c>
       <c r="P685" s="1"/>
       <c r="Q685" s="1"/>
       <c r="R685" s="1" t="s">
-        <v>2154</v>
+        <v>2111</v>
       </c>
     </row>
     <row r="686" spans="1:18">
       <c r="A686" s="1" t="s">
-        <v>2155</v>
+        <v>2106</v>
       </c>
       <c r="B686" s="1" t="s">
-        <v>2156</v>
+        <v>2107</v>
       </c>
       <c r="C686" s="1" t="s">
-        <v>250</v>
-[...5 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="D686" s="1" t="s">
+        <v>1015</v>
+      </c>
+      <c r="E686" s="1" t="s">
+        <v>2108</v>
+      </c>
+      <c r="F686" s="1"/>
       <c r="G686" s="1" t="s">
-        <v>2157</v>
+        <v>2109</v>
       </c>
       <c r="H686" s="1" t="s">
-        <v>2158</v>
+        <v>2112</v>
       </c>
       <c r="I686" s="1" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="J686" s="1" t="s">
-        <v>144</v>
+        <v>165</v>
       </c>
       <c r="K686" s="1" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="L686" s="1"/>
       <c r="M686" s="1">
-        <v>462</v>
-[...2 lines deleted...]
-      <c r="O686" s="1"/>
+        <v>464</v>
+      </c>
+      <c r="N686" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="O686" s="1" t="s">
+        <v>1347</v>
+      </c>
       <c r="P686" s="1"/>
       <c r="Q686" s="1"/>
       <c r="R686" s="1" t="s">
-        <v>2159</v>
+        <v>2111</v>
       </c>
     </row>
     <row r="687" spans="1:18">
       <c r="A687" s="1" t="s">
-        <v>2160</v>
+        <v>2113</v>
       </c>
       <c r="B687" s="1" t="s">
-        <v>2161</v>
-[...10 lines deleted...]
-      <c r="F687" s="1"/>
+        <v>2114</v>
+      </c>
+      <c r="C687" s="1"/>
+      <c r="D687" s="1"/>
+      <c r="E687" s="1"/>
+      <c r="F687" s="1" t="s">
+        <v>2085</v>
+      </c>
       <c r="G687" s="1" t="s">
-        <v>2163</v>
+        <v>2109</v>
       </c>
       <c r="H687" s="1" t="s">
-        <v>2164</v>
+        <v>2115</v>
       </c>
       <c r="I687" s="1" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="J687" s="1" t="s">
-        <v>144</v>
+        <v>165</v>
       </c>
       <c r="K687" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L687" s="1"/>
       <c r="M687" s="1">
-        <v>177</v>
-[...6 lines deleted...]
-      </c>
+        <v>517</v>
+      </c>
+      <c r="N687" s="1"/>
+      <c r="O687" s="1"/>
       <c r="P687" s="1"/>
       <c r="Q687" s="1"/>
       <c r="R687" s="1" t="s">
-        <v>2165</v>
+        <v>2116</v>
       </c>
     </row>
     <row r="688" spans="1:18">
       <c r="A688" s="1" t="s">
-        <v>2166</v>
+        <v>2117</v>
       </c>
       <c r="B688" s="1" t="s">
-        <v>2167</v>
-[...6 lines deleted...]
-      </c>
+        <v>2118</v>
+      </c>
+      <c r="C688" s="1"/>
+      <c r="D688" s="1"/>
       <c r="E688" s="1" t="s">
-        <v>2168</v>
+        <v>2119</v>
       </c>
       <c r="F688" s="1"/>
       <c r="G688" s="1" t="s">
-        <v>2163</v>
+        <v>2120</v>
       </c>
       <c r="H688" s="1" t="s">
-        <v>2169</v>
+        <v>2121</v>
       </c>
       <c r="I688" s="1" t="s">
-        <v>143</v>
+        <v>325</v>
       </c>
       <c r="J688" s="1" t="s">
-        <v>144</v>
+        <v>29</v>
       </c>
       <c r="K688" s="1" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="L688" s="1"/>
       <c r="M688" s="1">
-        <v>1056</v>
+        <v>480</v>
       </c>
       <c r="N688" s="1" t="s">
-        <v>1182</v>
+        <v>493</v>
       </c>
       <c r="O688" s="1" t="s">
-        <v>2170</v>
-[...1 lines deleted...]
-      <c r="P688" s="1"/>
+        <v>928</v>
+      </c>
+      <c r="P688" s="1" t="s">
+        <v>2122</v>
+      </c>
       <c r="Q688" s="1"/>
       <c r="R688" s="1" t="s">
-        <v>2171</v>
+        <v>2123</v>
       </c>
     </row>
     <row r="689" spans="1:18">
       <c r="A689" s="1" t="s">
-        <v>2166</v>
+        <v>2124</v>
       </c>
       <c r="B689" s="1" t="s">
-        <v>2167</v>
+        <v>2125</v>
       </c>
       <c r="C689" s="1" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>266</v>
+      </c>
+      <c r="D689" s="1"/>
       <c r="E689" s="1" t="s">
-        <v>2168</v>
+        <v>2126</v>
       </c>
       <c r="F689" s="1"/>
       <c r="G689" s="1" t="s">
-        <v>2163</v>
+        <v>2120</v>
       </c>
       <c r="H689" s="1" t="s">
-        <v>2172</v>
+        <v>2127</v>
       </c>
       <c r="I689" s="1" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="J689" s="1" t="s">
-        <v>144</v>
+        <v>165</v>
       </c>
       <c r="K689" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L689" s="1"/>
       <c r="M689" s="1">
-        <v>1057</v>
-[...6 lines deleted...]
-      </c>
+        <v>535</v>
+      </c>
+      <c r="N689" s="1"/>
+      <c r="O689" s="1"/>
       <c r="P689" s="1"/>
       <c r="Q689" s="1"/>
       <c r="R689" s="1" t="s">
-        <v>2171</v>
+        <v>2128</v>
       </c>
     </row>
     <row r="690" spans="1:18">
       <c r="A690" s="1" t="s">
-        <v>2173</v>
+        <v>2129</v>
       </c>
       <c r="B690" s="1" t="s">
-        <v>2174</v>
+        <v>2130</v>
       </c>
       <c r="C690" s="1" t="s">
-        <v>117</v>
+        <v>75</v>
       </c>
       <c r="D690" s="1" t="s">
-        <v>1344</v>
+        <v>848</v>
       </c>
       <c r="E690" s="1"/>
       <c r="F690" s="1" t="s">
-        <v>2175</v>
+        <v>76</v>
       </c>
       <c r="G690" s="1" t="s">
-        <v>2163</v>
+        <v>2131</v>
       </c>
       <c r="H690" s="1" t="s">
-        <v>2176</v>
+        <v>2132</v>
       </c>
       <c r="I690" s="1" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="J690" s="1" t="s">
-        <v>144</v>
+        <v>165</v>
       </c>
       <c r="K690" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L690" s="1"/>
       <c r="M690" s="1">
-        <v>332</v>
+        <v>593</v>
       </c>
       <c r="N690" s="1" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="O690" s="1"/>
+        <v>2133</v>
+      </c>
+      <c r="O690" s="1" t="s">
+        <v>2134</v>
+      </c>
       <c r="P690" s="1"/>
       <c r="Q690" s="1"/>
       <c r="R690" s="1" t="s">
-        <v>2177</v>
+        <v>2135</v>
       </c>
     </row>
     <row r="691" spans="1:18">
       <c r="A691" s="1" t="s">
-        <v>2178</v>
+        <v>2136</v>
       </c>
       <c r="B691" s="1" t="s">
-        <v>2179</v>
-[...1 lines deleted...]
-      <c r="C691" s="1" t="s">
+        <v>2137</v>
+      </c>
+      <c r="C691" s="1"/>
+      <c r="D691" s="1"/>
+      <c r="E691" s="1"/>
+      <c r="F691" s="1" t="s">
+        <v>2138</v>
+      </c>
+      <c r="G691" s="1" t="s">
+        <v>2139</v>
+      </c>
+      <c r="H691" s="1" t="s">
+        <v>2140</v>
+      </c>
+      <c r="I691" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="J691" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="K691" s="1" t="s">
         <v>30</v>
-      </c>
-[...20 lines deleted...]
-        <v>55</v>
       </c>
       <c r="L691" s="1"/>
       <c r="M691" s="1">
-        <v>512</v>
+        <v>282</v>
       </c>
       <c r="N691" s="1" t="s">
-        <v>452</v>
-[...4 lines deleted...]
-      <c r="P691" s="1"/>
+        <v>521</v>
+      </c>
+      <c r="O691" s="1"/>
+      <c r="P691" s="1" t="s">
+        <v>2141</v>
+      </c>
       <c r="Q691" s="1"/>
       <c r="R691" s="1" t="s">
-        <v>2184</v>
+        <v>2142</v>
       </c>
     </row>
     <row r="692" spans="1:18">
       <c r="A692" s="1" t="s">
-        <v>2178</v>
+        <v>2143</v>
       </c>
       <c r="B692" s="1" t="s">
-        <v>2179</v>
-[...6 lines deleted...]
-      </c>
+        <v>2144</v>
+      </c>
+      <c r="C692" s="1"/>
+      <c r="D692" s="1"/>
       <c r="E692" s="1" t="s">
-        <v>2180</v>
+        <v>2145</v>
       </c>
       <c r="F692" s="1"/>
       <c r="G692" s="1" t="s">
-        <v>2181</v>
+        <v>2146</v>
       </c>
       <c r="H692" s="1" t="s">
-        <v>2185</v>
+        <v>2147</v>
       </c>
       <c r="I692" s="1" t="s">
-        <v>143</v>
+        <v>55</v>
       </c>
       <c r="J692" s="1" t="s">
-        <v>144</v>
+        <v>326</v>
       </c>
       <c r="K692" s="1" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="L692" s="1"/>
       <c r="M692" s="1">
-        <v>513</v>
+        <v>416</v>
       </c>
       <c r="N692" s="1" t="s">
-        <v>452</v>
+        <v>493</v>
       </c>
       <c r="O692" s="1" t="s">
-        <v>2183</v>
-[...1 lines deleted...]
-      <c r="P692" s="1"/>
+        <v>1918</v>
+      </c>
+      <c r="P692" s="1" t="s">
+        <v>2148</v>
+      </c>
       <c r="Q692" s="1"/>
       <c r="R692" s="1" t="s">
-        <v>2184</v>
+        <v>2149</v>
       </c>
     </row>
     <row r="693" spans="1:18">
       <c r="A693" s="1" t="s">
-        <v>2186</v>
+        <v>2150</v>
       </c>
       <c r="B693" s="1" t="s">
-        <v>2187</v>
+        <v>2151</v>
       </c>
       <c r="C693" s="1" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="D693" s="1" t="s">
-        <v>1562</v>
-[...4 lines deleted...]
-      </c>
+        <v>1049</v>
+      </c>
+      <c r="E693" s="1" t="s">
+        <v>2152</v>
+      </c>
+      <c r="F693" s="1"/>
       <c r="G693" s="1" t="s">
-        <v>2188</v>
+        <v>2153</v>
       </c>
       <c r="H693" s="1" t="s">
-        <v>2189</v>
+        <v>2154</v>
       </c>
       <c r="I693" s="1" t="s">
-        <v>440</v>
+        <v>164</v>
       </c>
       <c r="J693" s="1" t="s">
-        <v>432</v>
+        <v>165</v>
       </c>
       <c r="K693" s="1" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="L693" s="1"/>
       <c r="M693" s="1">
-        <v>416</v>
-[...6 lines deleted...]
-      </c>
+        <v>487</v>
+      </c>
+      <c r="N693" s="1"/>
+      <c r="O693" s="1"/>
       <c r="P693" s="1"/>
       <c r="Q693" s="1"/>
       <c r="R693" s="1" t="s">
-        <v>2190</v>
+        <v>2155</v>
       </c>
     </row>
     <row r="694" spans="1:18">
       <c r="A694" s="1" t="s">
-        <v>2191</v>
+        <v>2156</v>
       </c>
       <c r="B694" s="1" t="s">
-        <v>2192</v>
-[...6 lines deleted...]
-      </c>
+        <v>2157</v>
+      </c>
+      <c r="C694" s="1"/>
+      <c r="D694" s="1"/>
       <c r="E694" s="1" t="s">
-        <v>1660</v>
+        <v>2158</v>
       </c>
       <c r="F694" s="1"/>
       <c r="G694" s="1" t="s">
-        <v>2193</v>
+        <v>2159</v>
       </c>
       <c r="H694" s="1" t="s">
-        <v>2194</v>
+        <v>2160</v>
       </c>
       <c r="I694" s="1" t="s">
-        <v>143</v>
+        <v>396</v>
       </c>
       <c r="J694" s="1" t="s">
-        <v>144</v>
+        <v>245</v>
       </c>
       <c r="K694" s="1" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="L694" s="1"/>
       <c r="M694" s="1">
-        <v>332</v>
-[...3 lines deleted...]
-      </c>
+        <v>414</v>
+      </c>
+      <c r="N694" s="1"/>
       <c r="O694" s="1"/>
       <c r="P694" s="1"/>
       <c r="Q694" s="1"/>
       <c r="R694" s="1" t="s">
-        <v>2195</v>
+        <v>2161</v>
       </c>
     </row>
     <row r="695" spans="1:18">
       <c r="A695" s="1" t="s">
-        <v>2191</v>
+        <v>2162</v>
       </c>
       <c r="B695" s="1" t="s">
-        <v>2192</v>
-[...6 lines deleted...]
-      </c>
+        <v>2163</v>
+      </c>
+      <c r="C695" s="1"/>
+      <c r="D695" s="1"/>
       <c r="E695" s="1" t="s">
-        <v>1660</v>
-[...1 lines deleted...]
-      <c r="F695" s="1"/>
+        <v>2164</v>
+      </c>
+      <c r="F695" s="1" t="s">
+        <v>2165</v>
+      </c>
       <c r="G695" s="1" t="s">
-        <v>2193</v>
+        <v>2166</v>
       </c>
       <c r="H695" s="1" t="s">
-        <v>2196</v>
+        <v>2167</v>
       </c>
       <c r="I695" s="1" t="s">
-        <v>143</v>
+        <v>55</v>
       </c>
       <c r="J695" s="1" t="s">
-        <v>144</v>
+        <v>1260</v>
       </c>
       <c r="K695" s="1" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="L695" s="1"/>
+        <v>38</v>
+      </c>
+      <c r="L695" s="1">
+        <v>9789087220167</v>
+      </c>
       <c r="M695" s="1">
-        <v>333</v>
+        <v>266</v>
       </c>
       <c r="N695" s="1" t="s">
-        <v>472</v>
-[...1 lines deleted...]
-      <c r="O695" s="1"/>
+        <v>473</v>
+      </c>
+      <c r="O695" s="1" t="s">
+        <v>2168</v>
+      </c>
       <c r="P695" s="1"/>
       <c r="Q695" s="1"/>
       <c r="R695" s="1" t="s">
-        <v>2195</v>
+        <v>2169</v>
       </c>
     </row>
     <row r="696" spans="1:18">
       <c r="A696" s="1" t="s">
-        <v>2197</v>
+        <v>2170</v>
       </c>
       <c r="B696" s="1" t="s">
-        <v>2198</v>
-[...1 lines deleted...]
-      <c r="C696" s="1"/>
+        <v>2171</v>
+      </c>
+      <c r="C696" s="1" t="s">
+        <v>75</v>
+      </c>
       <c r="D696" s="1"/>
       <c r="E696" s="1" t="s">
-        <v>2145</v>
-[...1 lines deleted...]
-      <c r="F696" s="1"/>
+        <v>1364</v>
+      </c>
+      <c r="F696" s="1" t="s">
+        <v>76</v>
+      </c>
       <c r="G696" s="1" t="s">
-        <v>2199</v>
+        <v>2172</v>
       </c>
       <c r="H696" s="1" t="s">
-        <v>2200</v>
+        <v>2173</v>
       </c>
       <c r="I696" s="1" t="s">
-        <v>24</v>
+        <v>164</v>
       </c>
       <c r="J696" s="1" t="s">
-        <v>213</v>
+        <v>165</v>
       </c>
       <c r="K696" s="1" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="L696" s="1"/>
       <c r="M696" s="1">
-        <v>480</v>
-[...6 lines deleted...]
-      </c>
+        <v>435</v>
+      </c>
+      <c r="N696" s="1"/>
+      <c r="O696" s="1"/>
       <c r="P696" s="1"/>
       <c r="Q696" s="1"/>
       <c r="R696" s="1" t="s">
-        <v>2202</v>
+        <v>2174</v>
       </c>
     </row>
     <row r="697" spans="1:18">
       <c r="A697" s="1" t="s">
-        <v>2203</v>
+        <v>2175</v>
       </c>
       <c r="B697" s="1" t="s">
-        <v>2204</v>
+        <v>2176</v>
       </c>
       <c r="C697" s="1" t="s">
-        <v>30</v>
-[...7 lines deleted...]
-      <c r="F697" s="1"/>
+        <v>266</v>
+      </c>
+      <c r="D697" s="1"/>
+      <c r="E697" s="1"/>
+      <c r="F697" s="1" t="s">
+        <v>1730</v>
+      </c>
       <c r="G697" s="1" t="s">
-        <v>2206</v>
+        <v>2177</v>
       </c>
       <c r="H697" s="1" t="s">
-        <v>2207</v>
+        <v>2178</v>
       </c>
       <c r="I697" s="1" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="J697" s="1" t="s">
-        <v>144</v>
+        <v>165</v>
       </c>
       <c r="K697" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L697" s="1"/>
       <c r="M697" s="1">
-        <v>429</v>
+        <v>462</v>
       </c>
       <c r="N697" s="1"/>
       <c r="O697" s="1"/>
       <c r="P697" s="1"/>
       <c r="Q697" s="1"/>
       <c r="R697" s="1" t="s">
-        <v>2208</v>
+        <v>2179</v>
       </c>
     </row>
     <row r="698" spans="1:18">
       <c r="A698" s="1" t="s">
-        <v>2209</v>
+        <v>2180</v>
       </c>
       <c r="B698" s="1" t="s">
-        <v>2210</v>
+        <v>2181</v>
       </c>
       <c r="C698" s="1" t="s">
-        <v>45</v>
+        <v>141</v>
       </c>
       <c r="D698" s="1" t="s">
-        <v>1640</v>
-[...4 lines deleted...]
-      </c>
+        <v>1455</v>
+      </c>
+      <c r="E698" s="1" t="s">
+        <v>2182</v>
+      </c>
+      <c r="F698" s="1"/>
       <c r="G698" s="1" t="s">
-        <v>2211</v>
+        <v>2183</v>
       </c>
       <c r="H698" s="1" t="s">
-        <v>2212</v>
+        <v>2184</v>
       </c>
       <c r="I698" s="1" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="J698" s="1" t="s">
-        <v>144</v>
+        <v>165</v>
       </c>
       <c r="K698" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L698" s="1"/>
       <c r="M698" s="1">
-        <v>375</v>
+        <v>177</v>
       </c>
       <c r="N698" s="1" t="s">
-        <v>1479</v>
+        <v>493</v>
       </c>
       <c r="O698" s="1" t="s">
-        <v>582</v>
+        <v>1968</v>
       </c>
       <c r="P698" s="1"/>
       <c r="Q698" s="1"/>
       <c r="R698" s="1" t="s">
-        <v>2213</v>
+        <v>2185</v>
       </c>
     </row>
     <row r="699" spans="1:18">
       <c r="A699" s="1" t="s">
-        <v>2209</v>
+        <v>2186</v>
       </c>
       <c r="B699" s="1" t="s">
-        <v>2210</v>
+        <v>2187</v>
       </c>
       <c r="C699" s="1" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="D699" s="1" t="s">
-        <v>1640</v>
-[...4 lines deleted...]
-      </c>
+        <v>1093</v>
+      </c>
+      <c r="E699" s="1" t="s">
+        <v>2188</v>
+      </c>
+      <c r="F699" s="1"/>
       <c r="G699" s="1" t="s">
-        <v>2211</v>
+        <v>2183</v>
       </c>
       <c r="H699" s="1" t="s">
-        <v>2214</v>
+        <v>2189</v>
       </c>
       <c r="I699" s="1" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="J699" s="1" t="s">
-        <v>144</v>
+        <v>165</v>
       </c>
       <c r="K699" s="1" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="L699" s="1"/>
       <c r="M699" s="1">
-        <v>344</v>
+        <v>1057</v>
       </c>
       <c r="N699" s="1" t="s">
-        <v>1479</v>
+        <v>1202</v>
       </c>
       <c r="O699" s="1" t="s">
-        <v>582</v>
+        <v>2190</v>
       </c>
       <c r="P699" s="1"/>
       <c r="Q699" s="1"/>
       <c r="R699" s="1" t="s">
-        <v>2213</v>
+        <v>2191</v>
       </c>
     </row>
     <row r="700" spans="1:18">
       <c r="A700" s="1" t="s">
-        <v>2215</v>
+        <v>2186</v>
       </c>
       <c r="B700" s="1" t="s">
-        <v>2216</v>
+        <v>2187</v>
       </c>
       <c r="C700" s="1" t="s">
-        <v>117</v>
+        <v>33</v>
       </c>
       <c r="D700" s="1" t="s">
-        <v>1640</v>
-[...4 lines deleted...]
-      </c>
+        <v>1093</v>
+      </c>
+      <c r="E700" s="1" t="s">
+        <v>2188</v>
+      </c>
+      <c r="F700" s="1"/>
       <c r="G700" s="1" t="s">
-        <v>2218</v>
+        <v>2183</v>
       </c>
       <c r="H700" s="1" t="s">
-        <v>2219</v>
+        <v>2192</v>
       </c>
       <c r="I700" s="1" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="J700" s="1" t="s">
-        <v>144</v>
+        <v>165</v>
       </c>
       <c r="K700" s="1" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="L700" s="1"/>
       <c r="M700" s="1">
-        <v>364</v>
+        <v>1056</v>
       </c>
       <c r="N700" s="1" t="s">
-        <v>501</v>
+        <v>1202</v>
       </c>
       <c r="O700" s="1" t="s">
-        <v>582</v>
+        <v>2190</v>
       </c>
       <c r="P700" s="1"/>
       <c r="Q700" s="1"/>
       <c r="R700" s="1" t="s">
-        <v>2220</v>
+        <v>2191</v>
       </c>
     </row>
     <row r="701" spans="1:18">
       <c r="A701" s="1" t="s">
-        <v>2221</v>
+        <v>2193</v>
       </c>
       <c r="B701" s="1" t="s">
-        <v>2222</v>
-[...6 lines deleted...]
-      <c r="F701" s="1"/>
+        <v>2194</v>
+      </c>
+      <c r="C701" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="D701" s="1" t="s">
+        <v>1364</v>
+      </c>
+      <c r="E701" s="1"/>
+      <c r="F701" s="1" t="s">
+        <v>2195</v>
+      </c>
       <c r="G701" s="1" t="s">
-        <v>2218</v>
+        <v>2183</v>
       </c>
       <c r="H701" s="1" t="s">
-        <v>2224</v>
+        <v>2196</v>
       </c>
       <c r="I701" s="1" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="J701" s="1" t="s">
-        <v>144</v>
+        <v>165</v>
       </c>
       <c r="K701" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L701" s="1"/>
       <c r="M701" s="1">
-        <v>379</v>
+        <v>332</v>
       </c>
       <c r="N701" s="1" t="s">
-        <v>792</v>
+        <v>501</v>
       </c>
       <c r="O701" s="1"/>
-      <c r="P701" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P701" s="1"/>
       <c r="Q701" s="1"/>
       <c r="R701" s="1" t="s">
-        <v>2226</v>
+        <v>2197</v>
       </c>
     </row>
     <row r="702" spans="1:18">
       <c r="A702" s="1" t="s">
-        <v>2227</v>
+        <v>2198</v>
       </c>
       <c r="B702" s="1" t="s">
-        <v>2228</v>
-[...2 lines deleted...]
-      <c r="D702" s="1"/>
+        <v>2199</v>
+      </c>
+      <c r="C702" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D702" s="1" t="s">
+        <v>1670</v>
+      </c>
       <c r="E702" s="1" t="s">
-        <v>2229</v>
+        <v>2200</v>
       </c>
       <c r="F702" s="1"/>
       <c r="G702" s="1" t="s">
-        <v>2218</v>
+        <v>2201</v>
       </c>
       <c r="H702" s="1" t="s">
-        <v>2230</v>
+        <v>2202</v>
       </c>
       <c r="I702" s="1" t="s">
-        <v>2231</v>
+        <v>164</v>
       </c>
       <c r="J702" s="1" t="s">
-        <v>74</v>
+        <v>165</v>
       </c>
       <c r="K702" s="1" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="L702" s="1"/>
       <c r="M702" s="1">
-        <v>300</v>
+        <v>513</v>
       </c>
       <c r="N702" s="1" t="s">
-        <v>428</v>
+        <v>473</v>
       </c>
       <c r="O702" s="1" t="s">
-        <v>1898</v>
+        <v>2203</v>
       </c>
       <c r="P702" s="1"/>
       <c r="Q702" s="1"/>
       <c r="R702" s="1" t="s">
-        <v>2232</v>
+        <v>2204</v>
       </c>
     </row>
     <row r="703" spans="1:18">
       <c r="A703" s="1" t="s">
-        <v>2215</v>
+        <v>2198</v>
       </c>
       <c r="B703" s="1" t="s">
-        <v>2216</v>
+        <v>2199</v>
       </c>
       <c r="C703" s="1" t="s">
-        <v>117</v>
+        <v>33</v>
       </c>
       <c r="D703" s="1" t="s">
-        <v>1640</v>
-[...4 lines deleted...]
-      </c>
+        <v>1670</v>
+      </c>
+      <c r="E703" s="1" t="s">
+        <v>2200</v>
+      </c>
+      <c r="F703" s="1"/>
       <c r="G703" s="1" t="s">
-        <v>2218</v>
+        <v>2201</v>
       </c>
       <c r="H703" s="1" t="s">
-        <v>2233</v>
+        <v>2205</v>
       </c>
       <c r="I703" s="1" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="J703" s="1" t="s">
-        <v>144</v>
+        <v>165</v>
       </c>
       <c r="K703" s="1" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="L703" s="1"/>
       <c r="M703" s="1">
-        <v>364</v>
+        <v>512</v>
       </c>
       <c r="N703" s="1" t="s">
-        <v>501</v>
+        <v>473</v>
       </c>
       <c r="O703" s="1" t="s">
-        <v>582</v>
+        <v>2203</v>
       </c>
       <c r="P703" s="1"/>
       <c r="Q703" s="1"/>
       <c r="R703" s="1" t="s">
-        <v>2220</v>
+        <v>2204</v>
       </c>
     </row>
     <row r="704" spans="1:18">
       <c r="A704" s="1" t="s">
-        <v>2234</v>
+        <v>2206</v>
       </c>
       <c r="B704" s="1" t="s">
-        <v>2235</v>
+        <v>2207</v>
       </c>
       <c r="C704" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="D704" s="1" t="s">
+        <v>1582</v>
+      </c>
+      <c r="E704" s="1"/>
+      <c r="F704" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="G704" s="1" t="s">
+        <v>2208</v>
+      </c>
+      <c r="H704" s="1" t="s">
+        <v>2209</v>
+      </c>
+      <c r="I704" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="J704" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="K704" s="1" t="s">
         <v>30</v>
-      </c>
-[...20 lines deleted...]
-        <v>26</v>
       </c>
       <c r="L704" s="1"/>
       <c r="M704" s="1">
-        <v>425</v>
+        <v>416</v>
       </c>
       <c r="N704" s="1" t="s">
-        <v>472</v>
+        <v>1499</v>
       </c>
       <c r="O704" s="1" t="s">
-        <v>2239</v>
+        <v>602</v>
       </c>
       <c r="P704" s="1"/>
       <c r="Q704" s="1"/>
       <c r="R704" s="1" t="s">
-        <v>2240</v>
+        <v>2210</v>
       </c>
     </row>
     <row r="705" spans="1:18">
       <c r="A705" s="1" t="s">
-        <v>2234</v>
+        <v>2211</v>
       </c>
       <c r="B705" s="1" t="s">
-        <v>2235</v>
+        <v>2212</v>
       </c>
       <c r="C705" s="1" t="s">
-        <v>30</v>
+        <v>141</v>
       </c>
       <c r="D705" s="1" t="s">
-        <v>1370</v>
+        <v>1582</v>
       </c>
       <c r="E705" s="1" t="s">
-        <v>2236</v>
+        <v>1671</v>
       </c>
       <c r="F705" s="1"/>
       <c r="G705" s="1" t="s">
-        <v>2237</v>
+        <v>2213</v>
       </c>
       <c r="H705" s="1" t="s">
-        <v>2241</v>
+        <v>2214</v>
       </c>
       <c r="I705" s="1" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="J705" s="1" t="s">
-        <v>144</v>
+        <v>165</v>
       </c>
       <c r="K705" s="1" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="L705" s="1"/>
       <c r="M705" s="1">
-        <v>408</v>
+        <v>332</v>
       </c>
       <c r="N705" s="1" t="s">
-        <v>472</v>
-[...3 lines deleted...]
-      </c>
+        <v>493</v>
+      </c>
+      <c r="O705" s="1"/>
       <c r="P705" s="1"/>
       <c r="Q705" s="1"/>
       <c r="R705" s="1" t="s">
-        <v>2240</v>
+        <v>2215</v>
       </c>
     </row>
     <row r="706" spans="1:18">
       <c r="A706" s="1" t="s">
-        <v>2242</v>
+        <v>2211</v>
       </c>
       <c r="B706" s="1" t="s">
-        <v>2243</v>
-[...2 lines deleted...]
-      <c r="D706" s="1"/>
+        <v>2212</v>
+      </c>
+      <c r="C706" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="D706" s="1" t="s">
+        <v>1582</v>
+      </c>
       <c r="E706" s="1" t="s">
-        <v>2244</v>
+        <v>1671</v>
       </c>
       <c r="F706" s="1"/>
       <c r="G706" s="1" t="s">
-        <v>2245</v>
+        <v>2213</v>
       </c>
       <c r="H706" s="1" t="s">
-        <v>2246</v>
+        <v>2216</v>
       </c>
       <c r="I706" s="1" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="J706" s="1" t="s">
-        <v>144</v>
+        <v>165</v>
       </c>
       <c r="K706" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L706" s="1"/>
       <c r="M706" s="1">
-        <v>309</v>
-[...1 lines deleted...]
-      <c r="N706" s="1"/>
+        <v>333</v>
+      </c>
+      <c r="N706" s="1" t="s">
+        <v>493</v>
+      </c>
       <c r="O706" s="1"/>
       <c r="P706" s="1"/>
       <c r="Q706" s="1"/>
       <c r="R706" s="1" t="s">
-        <v>2247</v>
+        <v>2215</v>
       </c>
     </row>
     <row r="707" spans="1:18">
       <c r="A707" s="1" t="s">
-        <v>2248</v>
+        <v>2217</v>
       </c>
       <c r="B707" s="1" t="s">
-        <v>2249</v>
+        <v>2218</v>
       </c>
       <c r="C707" s="1"/>
       <c r="D707" s="1"/>
       <c r="E707" s="1" t="s">
-        <v>2250</v>
+        <v>2165</v>
       </c>
       <c r="F707" s="1"/>
       <c r="G707" s="1" t="s">
-        <v>2251</v>
+        <v>2219</v>
       </c>
       <c r="H707" s="1" t="s">
-        <v>2252</v>
+        <v>2220</v>
       </c>
       <c r="I707" s="1" t="s">
-        <v>375</v>
+        <v>55</v>
       </c>
       <c r="J707" s="1" t="s">
-        <v>506</v>
+        <v>24</v>
       </c>
       <c r="K707" s="1" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="L707" s="1"/>
       <c r="M707" s="1">
-        <v>1382</v>
+        <v>480</v>
       </c>
       <c r="N707" s="1" t="s">
-        <v>472</v>
+        <v>2221</v>
       </c>
       <c r="O707" s="1" t="s">
-        <v>1898</v>
+        <v>1746</v>
       </c>
       <c r="P707" s="1"/>
       <c r="Q707" s="1"/>
       <c r="R707" s="1" t="s">
-        <v>2253</v>
+        <v>2222</v>
       </c>
     </row>
     <row r="708" spans="1:18">
       <c r="A708" s="1" t="s">
-        <v>2254</v>
+        <v>2223</v>
       </c>
       <c r="B708" s="1" t="s">
-        <v>2255</v>
+        <v>2224</v>
       </c>
       <c r="C708" s="1" t="s">
-        <v>117</v>
-[...5 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="D708" s="1" t="s">
+        <v>1322</v>
+      </c>
+      <c r="E708" s="1" t="s">
+        <v>2225</v>
+      </c>
+      <c r="F708" s="1"/>
       <c r="G708" s="1" t="s">
-        <v>2257</v>
+        <v>2226</v>
       </c>
       <c r="H708" s="1" t="s">
-        <v>2258</v>
+        <v>2227</v>
       </c>
       <c r="I708" s="1" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="J708" s="1" t="s">
-        <v>144</v>
+        <v>165</v>
       </c>
       <c r="K708" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L708" s="1"/>
       <c r="M708" s="1">
-        <v>527</v>
+        <v>429</v>
       </c>
       <c r="N708" s="1"/>
-      <c r="O708" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="O708" s="1"/>
       <c r="P708" s="1"/>
       <c r="Q708" s="1"/>
       <c r="R708" s="1" t="s">
-        <v>2259</v>
+        <v>2228</v>
       </c>
     </row>
     <row r="709" spans="1:18">
       <c r="A709" s="1" t="s">
-        <v>2260</v>
+        <v>2229</v>
       </c>
       <c r="B709" s="1" t="s">
-        <v>2261</v>
-[...6 lines deleted...]
-      <c r="F709" s="1"/>
+        <v>2230</v>
+      </c>
+      <c r="C709" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="D709" s="1" t="s">
+        <v>1660</v>
+      </c>
+      <c r="E709" s="1"/>
+      <c r="F709" s="1" t="s">
+        <v>76</v>
+      </c>
       <c r="G709" s="1" t="s">
-        <v>2263</v>
+        <v>2231</v>
       </c>
       <c r="H709" s="1" t="s">
-        <v>2264</v>
+        <v>2232</v>
       </c>
       <c r="I709" s="1" t="s">
-        <v>2265</v>
+        <v>164</v>
       </c>
       <c r="J709" s="1" t="s">
-        <v>2266</v>
+        <v>165</v>
       </c>
       <c r="K709" s="1" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="L709" s="1"/>
       <c r="M709" s="1">
-        <v>368</v>
+        <v>375</v>
       </c>
       <c r="N709" s="1" t="s">
-        <v>452</v>
-[...1 lines deleted...]
-      <c r="O709" s="1"/>
+        <v>1499</v>
+      </c>
+      <c r="O709" s="1" t="s">
+        <v>602</v>
+      </c>
       <c r="P709" s="1"/>
       <c r="Q709" s="1"/>
       <c r="R709" s="1" t="s">
-        <v>2267</v>
+        <v>2233</v>
       </c>
     </row>
     <row r="710" spans="1:18">
       <c r="A710" s="1" t="s">
-        <v>2268</v>
+        <v>2229</v>
       </c>
       <c r="B710" s="1" t="s">
-        <v>2269</v>
+        <v>2230</v>
       </c>
       <c r="C710" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="D710" s="1" t="s">
+        <v>1660</v>
+      </c>
+      <c r="E710" s="1"/>
+      <c r="F710" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="G710" s="1" t="s">
+        <v>2231</v>
+      </c>
+      <c r="H710" s="1" t="s">
+        <v>2234</v>
+      </c>
+      <c r="I710" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="J710" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="K710" s="1" t="s">
         <v>30</v>
-      </c>
-[...20 lines deleted...]
-        <v>26</v>
       </c>
       <c r="L710" s="1"/>
       <c r="M710" s="1">
-        <v>573</v>
+        <v>344</v>
       </c>
       <c r="N710" s="1" t="s">
-        <v>1296</v>
+        <v>1499</v>
       </c>
       <c r="O710" s="1" t="s">
-        <v>2273</v>
-[...3 lines deleted...]
-      </c>
+        <v>602</v>
+      </c>
+      <c r="P710" s="1"/>
       <c r="Q710" s="1"/>
       <c r="R710" s="1" t="s">
-        <v>2275</v>
+        <v>2233</v>
       </c>
     </row>
     <row r="711" spans="1:18">
       <c r="A711" s="1" t="s">
-        <v>2268</v>
+        <v>2235</v>
       </c>
       <c r="B711" s="1" t="s">
-        <v>2269</v>
+        <v>2236</v>
       </c>
       <c r="C711" s="1" t="s">
-        <v>30</v>
+        <v>141</v>
       </c>
       <c r="D711" s="1" t="s">
-        <v>828</v>
-[...4 lines deleted...]
-      <c r="F711" s="1"/>
+        <v>1660</v>
+      </c>
+      <c r="E711" s="1"/>
+      <c r="F711" s="1" t="s">
+        <v>2237</v>
+      </c>
       <c r="G711" s="1" t="s">
-        <v>2271</v>
+        <v>2238</v>
       </c>
       <c r="H711" s="1" t="s">
-        <v>2276</v>
+        <v>2239</v>
       </c>
       <c r="I711" s="1" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="J711" s="1" t="s">
-        <v>144</v>
+        <v>165</v>
       </c>
       <c r="K711" s="1" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="L711" s="1"/>
       <c r="M711" s="1">
-        <v>544</v>
+        <v>364</v>
       </c>
       <c r="N711" s="1" t="s">
-        <v>1296</v>
+        <v>521</v>
       </c>
       <c r="O711" s="1" t="s">
-        <v>2273</v>
-[...3 lines deleted...]
-      </c>
+        <v>602</v>
+      </c>
+      <c r="P711" s="1"/>
       <c r="Q711" s="1"/>
       <c r="R711" s="1" t="s">
-        <v>2275</v>
+        <v>2240</v>
       </c>
     </row>
     <row r="712" spans="1:18">
       <c r="A712" s="1" t="s">
-        <v>2277</v>
+        <v>2241</v>
       </c>
       <c r="B712" s="1" t="s">
-        <v>2278</v>
+        <v>2242</v>
       </c>
       <c r="C712" s="1"/>
       <c r="D712" s="1"/>
       <c r="E712" s="1" t="s">
-        <v>2279</v>
+        <v>2243</v>
       </c>
       <c r="F712" s="1"/>
       <c r="G712" s="1" t="s">
-        <v>2280</v>
+        <v>2238</v>
       </c>
       <c r="H712" s="1" t="s">
-        <v>2281</v>
+        <v>2244</v>
       </c>
       <c r="I712" s="1" t="s">
-        <v>2231</v>
+        <v>164</v>
       </c>
       <c r="J712" s="1" t="s">
-        <v>74</v>
+        <v>165</v>
       </c>
       <c r="K712" s="1" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="L712" s="1"/>
       <c r="M712" s="1">
-        <v>442</v>
+        <v>379</v>
       </c>
       <c r="N712" s="1" t="s">
-        <v>428</v>
-[...3 lines deleted...]
-      </c>
+        <v>812</v>
+      </c>
+      <c r="O712" s="1"/>
       <c r="P712" s="1" t="s">
-        <v>2283</v>
+        <v>2245</v>
       </c>
       <c r="Q712" s="1"/>
       <c r="R712" s="1" t="s">
-        <v>2284</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="713" spans="1:18">
       <c r="A713" s="1" t="s">
-        <v>2285</v>
+        <v>2247</v>
       </c>
       <c r="B713" s="1" t="s">
-        <v>2286</v>
+        <v>2248</v>
       </c>
       <c r="C713" s="1"/>
       <c r="D713" s="1"/>
       <c r="E713" s="1" t="s">
-        <v>2287</v>
+        <v>2249</v>
       </c>
       <c r="F713" s="1"/>
       <c r="G713" s="1" t="s">
-        <v>2288</v>
+        <v>2238</v>
       </c>
       <c r="H713" s="1" t="s">
-        <v>2289</v>
+        <v>2250</v>
       </c>
       <c r="I713" s="1" t="s">
-        <v>2231</v>
+        <v>2251</v>
       </c>
       <c r="J713" s="1" t="s">
-        <v>742</v>
+        <v>118</v>
       </c>
       <c r="K713" s="1" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="L713" s="1"/>
       <c r="M713" s="1">
-        <v>320</v>
-[...2 lines deleted...]
-      <c r="O713" s="1"/>
+        <v>300</v>
+      </c>
+      <c r="N713" s="1" t="s">
+        <v>449</v>
+      </c>
+      <c r="O713" s="1" t="s">
+        <v>1918</v>
+      </c>
       <c r="P713" s="1"/>
       <c r="Q713" s="1"/>
       <c r="R713" s="1" t="s">
-        <v>2290</v>
+        <v>2252</v>
       </c>
     </row>
     <row r="714" spans="1:18">
       <c r="A714" s="1" t="s">
-        <v>2291</v>
+        <v>2235</v>
       </c>
       <c r="B714" s="1" t="s">
-        <v>2292</v>
-[...6 lines deleted...]
-      <c r="F714" s="1"/>
+        <v>2236</v>
+      </c>
+      <c r="C714" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="D714" s="1" t="s">
+        <v>1660</v>
+      </c>
+      <c r="E714" s="1"/>
+      <c r="F714" s="1" t="s">
+        <v>2237</v>
+      </c>
       <c r="G714" s="1" t="s">
-        <v>2288</v>
+        <v>2238</v>
       </c>
       <c r="H714" s="1" t="s">
-        <v>2294</v>
+        <v>2253</v>
       </c>
       <c r="I714" s="1" t="s">
-        <v>2231</v>
+        <v>164</v>
       </c>
       <c r="J714" s="1" t="s">
-        <v>74</v>
+        <v>165</v>
       </c>
       <c r="K714" s="1" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="L714" s="1"/>
       <c r="M714" s="1">
-        <v>492</v>
-[...2 lines deleted...]
-      <c r="O714" s="1"/>
+        <v>364</v>
+      </c>
+      <c r="N714" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="O714" s="1" t="s">
+        <v>602</v>
+      </c>
       <c r="P714" s="1"/>
       <c r="Q714" s="1"/>
       <c r="R714" s="1" t="s">
-        <v>2295</v>
+        <v>2240</v>
       </c>
     </row>
     <row r="715" spans="1:18">
       <c r="A715" s="1" t="s">
-        <v>2296</v>
+        <v>2254</v>
       </c>
       <c r="B715" s="1" t="s">
-        <v>2297</v>
-[...2 lines deleted...]
-      <c r="D715" s="1"/>
+        <v>2255</v>
+      </c>
+      <c r="C715" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D715" s="1" t="s">
+        <v>1390</v>
+      </c>
       <c r="E715" s="1" t="s">
-        <v>2298</v>
+        <v>2256</v>
       </c>
       <c r="F715" s="1"/>
       <c r="G715" s="1" t="s">
-        <v>2288</v>
+        <v>2257</v>
       </c>
       <c r="H715" s="1" t="s">
-        <v>2299</v>
+        <v>2258</v>
       </c>
       <c r="I715" s="1" t="s">
-        <v>121</v>
+        <v>164</v>
       </c>
       <c r="J715" s="1" t="s">
-        <v>219</v>
+        <v>165</v>
       </c>
       <c r="K715" s="1" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="L715" s="1"/>
       <c r="M715" s="1">
-        <v>280</v>
+        <v>425</v>
       </c>
       <c r="N715" s="1" t="s">
-        <v>1182</v>
+        <v>493</v>
       </c>
       <c r="O715" s="1" t="s">
-        <v>1655</v>
+        <v>2259</v>
       </c>
       <c r="P715" s="1"/>
       <c r="Q715" s="1"/>
       <c r="R715" s="1" t="s">
-        <v>2300</v>
+        <v>2260</v>
       </c>
     </row>
     <row r="716" spans="1:18">
       <c r="A716" s="1" t="s">
-        <v>2301</v>
+        <v>2254</v>
       </c>
       <c r="B716" s="1" t="s">
-        <v>2302</v>
+        <v>2255</v>
       </c>
       <c r="C716" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D716" s="1" t="s">
-        <v>1640</v>
+        <v>1390</v>
       </c>
       <c r="E716" s="1" t="s">
-        <v>2303</v>
+        <v>2256</v>
       </c>
       <c r="F716" s="1"/>
       <c r="G716" s="1" t="s">
-        <v>2304</v>
+        <v>2257</v>
       </c>
       <c r="H716" s="1" t="s">
-        <v>2305</v>
+        <v>2261</v>
       </c>
       <c r="I716" s="1" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="J716" s="1" t="s">
-        <v>144</v>
+        <v>165</v>
       </c>
       <c r="K716" s="1" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="L716" s="1"/>
       <c r="M716" s="1">
-        <v>637</v>
-[...5 lines deleted...]
-      </c>
+        <v>408</v>
+      </c>
+      <c r="N716" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="O716" s="1" t="s">
+        <v>2259</v>
+      </c>
+      <c r="P716" s="1"/>
       <c r="Q716" s="1"/>
       <c r="R716" s="1" t="s">
-        <v>2307</v>
+        <v>2260</v>
       </c>
     </row>
     <row r="717" spans="1:18">
       <c r="A717" s="1" t="s">
-        <v>2308</v>
+        <v>2262</v>
       </c>
       <c r="B717" s="1" t="s">
-        <v>2309</v>
-[...3 lines deleted...]
-      </c>
+        <v>2263</v>
+      </c>
+      <c r="C717" s="1"/>
       <c r="D717" s="1"/>
-      <c r="E717" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="E717" s="1" t="s">
+        <v>2264</v>
+      </c>
+      <c r="F717" s="1"/>
       <c r="G717" s="1" t="s">
-        <v>2310</v>
+        <v>2265</v>
       </c>
       <c r="H717" s="1" t="s">
-        <v>2311</v>
+        <v>2266</v>
       </c>
       <c r="I717" s="1" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="J717" s="1" t="s">
-        <v>144</v>
+        <v>165</v>
       </c>
       <c r="K717" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L717" s="1"/>
-      <c r="M717" s="1"/>
+      <c r="M717" s="1">
+        <v>309</v>
+      </c>
       <c r="N717" s="1"/>
       <c r="O717" s="1"/>
       <c r="P717" s="1"/>
       <c r="Q717" s="1"/>
       <c r="R717" s="1" t="s">
-        <v>2312</v>
+        <v>2267</v>
       </c>
     </row>
     <row r="718" spans="1:18">
       <c r="A718" s="1" t="s">
-        <v>2313</v>
+        <v>2268</v>
       </c>
       <c r="B718" s="1" t="s">
-        <v>2314</v>
-[...1 lines deleted...]
-      <c r="C718" s="1" t="s">
+        <v>2269</v>
+      </c>
+      <c r="C718" s="1"/>
+      <c r="D718" s="1"/>
+      <c r="E718" s="1" t="s">
+        <v>2270</v>
+      </c>
+      <c r="F718" s="1"/>
+      <c r="G718" s="1" t="s">
+        <v>2271</v>
+      </c>
+      <c r="H718" s="1" t="s">
+        <v>2272</v>
+      </c>
+      <c r="I718" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="J718" s="1" t="s">
+        <v>526</v>
+      </c>
+      <c r="K718" s="1" t="s">
         <v>30</v>
-      </c>
-[...18 lines deleted...]
-        <v>26</v>
       </c>
       <c r="L718" s="1"/>
       <c r="M718" s="1">
-        <v>317</v>
-[...2 lines deleted...]
-      <c r="O718" s="1"/>
+        <v>1382</v>
+      </c>
+      <c r="N718" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="O718" s="1" t="s">
+        <v>1918</v>
+      </c>
       <c r="P718" s="1"/>
       <c r="Q718" s="1"/>
       <c r="R718" s="1" t="s">
-        <v>2318</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="719" spans="1:18">
       <c r="A719" s="1" t="s">
-        <v>2319</v>
+        <v>2274</v>
       </c>
       <c r="B719" s="1" t="s">
-        <v>2320</v>
+        <v>2275</v>
       </c>
       <c r="C719" s="1" t="s">
-        <v>30</v>
-[...8 lines deleted...]
-      <c r="G719" s="1"/>
+        <v>141</v>
+      </c>
+      <c r="D719" s="1"/>
+      <c r="E719" s="1"/>
+      <c r="F719" s="1" t="s">
+        <v>2276</v>
+      </c>
+      <c r="G719" s="1" t="s">
+        <v>2277</v>
+      </c>
       <c r="H719" s="1" t="s">
-        <v>2323</v>
+        <v>2278</v>
       </c>
       <c r="I719" s="1" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="J719" s="1" t="s">
-        <v>144</v>
+        <v>165</v>
       </c>
       <c r="K719" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L719" s="1"/>
       <c r="M719" s="1">
-        <v>475</v>
+        <v>527</v>
       </c>
       <c r="N719" s="1"/>
-      <c r="O719" s="1"/>
+      <c r="O719" s="1" t="s">
+        <v>602</v>
+      </c>
       <c r="P719" s="1"/>
       <c r="Q719" s="1"/>
       <c r="R719" s="1" t="s">
+        <v>2279</v>
+      </c>
+    </row>
+    <row r="720" spans="1:18">
+      <c r="A720" s="1" t="s">
+        <v>2280</v>
+      </c>
+      <c r="B720" s="1" t="s">
+        <v>2281</v>
+      </c>
+      <c r="C720" s="1"/>
+      <c r="D720" s="1"/>
+      <c r="E720" s="1" t="s">
+        <v>2282</v>
+      </c>
+      <c r="F720" s="1"/>
+      <c r="G720" s="1" t="s">
+        <v>2283</v>
+      </c>
+      <c r="H720" s="1" t="s">
+        <v>2284</v>
+      </c>
+      <c r="I720" s="1" t="s">
+        <v>2285</v>
+      </c>
+      <c r="J720" s="1" t="s">
+        <v>2286</v>
+      </c>
+      <c r="K720" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="L720" s="1"/>
+      <c r="M720" s="1">
+        <v>368</v>
+      </c>
+      <c r="N720" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="O720" s="1"/>
+      <c r="P720" s="1"/>
+      <c r="Q720" s="1"/>
+      <c r="R720" s="1" t="s">
+        <v>2287</v>
+      </c>
+    </row>
+    <row r="721" spans="1:18">
+      <c r="A721" s="1" t="s">
+        <v>2288</v>
+      </c>
+      <c r="B721" s="1" t="s">
+        <v>2289</v>
+      </c>
+      <c r="C721" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D721" s="1" t="s">
+        <v>848</v>
+      </c>
+      <c r="E721" s="1" t="s">
+        <v>2290</v>
+      </c>
+      <c r="F721" s="1"/>
+      <c r="G721" s="1" t="s">
+        <v>2291</v>
+      </c>
+      <c r="H721" s="1" t="s">
+        <v>2292</v>
+      </c>
+      <c r="I721" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="J721" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="K721" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="L721" s="1"/>
+      <c r="M721" s="1">
+        <v>544</v>
+      </c>
+      <c r="N721" s="1" t="s">
+        <v>1316</v>
+      </c>
+      <c r="O721" s="1" t="s">
+        <v>2293</v>
+      </c>
+      <c r="P721" s="1" t="s">
+        <v>2294</v>
+      </c>
+      <c r="Q721" s="1"/>
+      <c r="R721" s="1" t="s">
+        <v>2295</v>
+      </c>
+    </row>
+    <row r="722" spans="1:18">
+      <c r="A722" s="1" t="s">
+        <v>2296</v>
+      </c>
+      <c r="B722" s="1" t="s">
+        <v>2297</v>
+      </c>
+      <c r="C722" s="1"/>
+      <c r="D722" s="1"/>
+      <c r="E722" s="1" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F722" s="1"/>
+      <c r="G722" s="1" t="s">
+        <v>2299</v>
+      </c>
+      <c r="H722" s="1" t="s">
+        <v>2300</v>
+      </c>
+      <c r="I722" s="1" t="s">
+        <v>2251</v>
+      </c>
+      <c r="J722" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="K722" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="L722" s="1"/>
+      <c r="M722" s="1">
+        <v>442</v>
+      </c>
+      <c r="N722" s="1" t="s">
+        <v>449</v>
+      </c>
+      <c r="O722" s="1" t="s">
+        <v>2301</v>
+      </c>
+      <c r="P722" s="1" t="s">
+        <v>2302</v>
+      </c>
+      <c r="Q722" s="1"/>
+      <c r="R722" s="1" t="s">
+        <v>2303</v>
+      </c>
+    </row>
+    <row r="723" spans="1:18">
+      <c r="A723" s="1" t="s">
+        <v>2304</v>
+      </c>
+      <c r="B723" s="1" t="s">
+        <v>2305</v>
+      </c>
+      <c r="C723" s="1"/>
+      <c r="D723" s="1"/>
+      <c r="E723" s="1" t="s">
+        <v>2306</v>
+      </c>
+      <c r="F723" s="1"/>
+      <c r="G723" s="1" t="s">
+        <v>2307</v>
+      </c>
+      <c r="H723" s="1" t="s">
+        <v>2308</v>
+      </c>
+      <c r="I723" s="1" t="s">
+        <v>2251</v>
+      </c>
+      <c r="J723" s="1" t="s">
+        <v>762</v>
+      </c>
+      <c r="K723" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="L723" s="1"/>
+      <c r="M723" s="1">
+        <v>320</v>
+      </c>
+      <c r="N723" s="1"/>
+      <c r="O723" s="1"/>
+      <c r="P723" s="1"/>
+      <c r="Q723" s="1"/>
+      <c r="R723" s="1" t="s">
+        <v>2309</v>
+      </c>
+    </row>
+    <row r="724" spans="1:18">
+      <c r="A724" s="1" t="s">
+        <v>2310</v>
+      </c>
+      <c r="B724" s="1" t="s">
+        <v>2311</v>
+      </c>
+      <c r="C724" s="1"/>
+      <c r="D724" s="1"/>
+      <c r="E724" s="1" t="s">
+        <v>2312</v>
+      </c>
+      <c r="F724" s="1"/>
+      <c r="G724" s="1" t="s">
+        <v>2307</v>
+      </c>
+      <c r="H724" s="1" t="s">
+        <v>2313</v>
+      </c>
+      <c r="I724" s="1" t="s">
+        <v>2251</v>
+      </c>
+      <c r="J724" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="K724" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="L724" s="1"/>
+      <c r="M724" s="1">
+        <v>492</v>
+      </c>
+      <c r="N724" s="1"/>
+      <c r="O724" s="1"/>
+      <c r="P724" s="1"/>
+      <c r="Q724" s="1"/>
+      <c r="R724" s="1" t="s">
+        <v>2314</v>
+      </c>
+    </row>
+    <row r="725" spans="1:18">
+      <c r="A725" s="1" t="s">
+        <v>2315</v>
+      </c>
+      <c r="B725" s="1" t="s">
+        <v>2316</v>
+      </c>
+      <c r="C725" s="1"/>
+      <c r="D725" s="1"/>
+      <c r="E725" s="1" t="s">
+        <v>2317</v>
+      </c>
+      <c r="F725" s="1"/>
+      <c r="G725" s="1" t="s">
+        <v>2307</v>
+      </c>
+      <c r="H725" s="1" t="s">
+        <v>2318</v>
+      </c>
+      <c r="I725" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="J725" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="K725" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="L725" s="1"/>
+      <c r="M725" s="1">
+        <v>280</v>
+      </c>
+      <c r="N725" s="1" t="s">
+        <v>1202</v>
+      </c>
+      <c r="O725" s="1" t="s">
+        <v>1681</v>
+      </c>
+      <c r="P725" s="1"/>
+      <c r="Q725" s="1"/>
+      <c r="R725" s="1" t="s">
+        <v>2319</v>
+      </c>
+    </row>
+    <row r="726" spans="1:18">
+      <c r="A726" s="1" t="s">
+        <v>2320</v>
+      </c>
+      <c r="B726" s="1" t="s">
+        <v>2321</v>
+      </c>
+      <c r="C726" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D726" s="1" t="s">
+        <v>1660</v>
+      </c>
+      <c r="E726" s="1" t="s">
+        <v>2322</v>
+      </c>
+      <c r="F726" s="1"/>
+      <c r="G726" s="1" t="s">
+        <v>2323</v>
+      </c>
+      <c r="H726" s="1" t="s">
         <v>2324</v>
+      </c>
+      <c r="I726" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="J726" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="K726" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="L726" s="1"/>
+      <c r="M726" s="1">
+        <v>637</v>
+      </c>
+      <c r="N726" s="1"/>
+      <c r="O726" s="1"/>
+      <c r="P726" s="1" t="s">
+        <v>2325</v>
+      </c>
+      <c r="Q726" s="1"/>
+      <c r="R726" s="1" t="s">
+        <v>2326</v>
+      </c>
+    </row>
+    <row r="727" spans="1:18">
+      <c r="A727" s="1" t="s">
+        <v>2327</v>
+      </c>
+      <c r="B727" s="1" t="s">
+        <v>2328</v>
+      </c>
+      <c r="C727" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="D727" s="1"/>
+      <c r="E727" s="1"/>
+      <c r="F727" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="G727" s="1" t="s">
+        <v>2329</v>
+      </c>
+      <c r="H727" s="1" t="s">
+        <v>2330</v>
+      </c>
+      <c r="I727" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="J727" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="K727" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="L727" s="1"/>
+      <c r="M727" s="1"/>
+      <c r="N727" s="1"/>
+      <c r="O727" s="1"/>
+      <c r="P727" s="1"/>
+      <c r="Q727" s="1"/>
+      <c r="R727" s="1" t="s">
+        <v>2331</v>
+      </c>
+    </row>
+    <row r="728" spans="1:18">
+      <c r="A728" s="1" t="s">
+        <v>2332</v>
+      </c>
+      <c r="B728" s="1" t="s">
+        <v>2333</v>
+      </c>
+      <c r="C728" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D728" s="1" t="s">
+        <v>2334</v>
+      </c>
+      <c r="E728" s="1" t="s">
+        <v>2335</v>
+      </c>
+      <c r="F728" s="1"/>
+      <c r="G728" s="1"/>
+      <c r="H728" s="1" t="s">
+        <v>2336</v>
+      </c>
+      <c r="I728" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="J728" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="K728" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="L728" s="1"/>
+      <c r="M728" s="1">
+        <v>317</v>
+      </c>
+      <c r="N728" s="1"/>
+      <c r="O728" s="1"/>
+      <c r="P728" s="1"/>
+      <c r="Q728" s="1"/>
+      <c r="R728" s="1" t="s">
+        <v>2337</v>
+      </c>
+    </row>
+    <row r="729" spans="1:18">
+      <c r="A729" s="1" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B729" s="1" t="s">
+        <v>2339</v>
+      </c>
+      <c r="C729" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D729" s="1" t="s">
+        <v>2340</v>
+      </c>
+      <c r="E729" s="1" t="s">
+        <v>2341</v>
+      </c>
+      <c r="F729" s="1"/>
+      <c r="G729" s="1"/>
+      <c r="H729" s="1" t="s">
+        <v>2342</v>
+      </c>
+      <c r="I729" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="J729" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="K729" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="L729" s="1"/>
+      <c r="M729" s="1">
+        <v>475</v>
+      </c>
+      <c r="N729" s="1"/>
+      <c r="O729" s="1"/>
+      <c r="P729" s="1"/>
+      <c r="Q729" s="1"/>
+      <c r="R729" s="1" t="s">
+        <v>2343</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>